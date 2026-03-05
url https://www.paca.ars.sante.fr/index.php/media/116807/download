--- v0 (2025-11-03)
+++ v1 (2026-03-05)
@@ -1,203 +1,204 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
-  <workbookPr defaultThemeVersion="202300"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\ORGANISATION\DSDP\COMMUN\5. OFFRE PREMIER RECOURS\CPTS\04 - Maillage + projets\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4A12B065-6DDF-4191-B6AA-A4601B577BA0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A03E7DEE-F455-4B13-ABCE-452B2F4089B6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{CC8D2A39-7201-4908-B7DD-49BB93BB184B}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{A1762F86-416B-425A-9B52-74FC21145913}"/>
   </bookViews>
   <sheets>
-    <sheet name="list publicat° valeur" sheetId="1" r:id="rId1"/>
+    <sheet name="list publicat°" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'list publicat° valeur'!$A$1:$G$911</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'list publicat°'!$A$2:$G$2</definedName>
     <definedName name="avis">'[1]listes deroulantes'!$A$13:$A$15</definedName>
     <definedName name="BASE_TOTALE">#REF!</definedName>
     <definedName name="niveau_maturité">'[1]listes deroulantes'!$A$3:$A$10</definedName>
     <definedName name="oui_non">'[1]listes deroulantes'!$A$17:$A$19</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5711" uniqueCount="1208">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5866" uniqueCount="1220">
   <si>
     <t>Nom CPTS</t>
   </si>
   <si>
     <t>Territoire CPTS</t>
   </si>
   <si>
     <t>dpt</t>
   </si>
   <si>
     <t>Président-e</t>
   </si>
   <si>
     <t>Coordonnateur-rice</t>
   </si>
   <si>
     <t>Contact de la CPTS</t>
   </si>
   <si>
     <t>Site Internet</t>
   </si>
   <si>
     <t>CPTS Actes Santé</t>
   </si>
   <si>
     <t>Marseille 14e Arrondissement</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Dr Carole MICHAILESCO</t>
   </si>
   <si>
-    <t>Mme Jessica LAVIGNE</t>
-[...4 lines deleted...]
-  <si>
     <t>actes-sante.fr</t>
   </si>
   <si>
     <t>Marseille 15e Arrondissement</t>
   </si>
   <si>
     <t>Marseille 16e Arrondissement</t>
   </si>
   <si>
     <t>CPTS Activ Santé (Marseille 4-5)</t>
   </si>
   <si>
     <t>Marseille 4e Arrondissement</t>
   </si>
   <si>
     <t>Dr Julie WEY / Nicole DEBONO</t>
   </si>
   <si>
     <t>Aurélie BIRON</t>
   </si>
   <si>
     <t>contact@activ-sante.fr</t>
   </si>
   <si>
     <t>Marseille 5e Arrondissement</t>
   </si>
   <si>
     <t>CPTS Aix Sainte Victoire</t>
   </si>
   <si>
     <t>Aix-en-Provence</t>
   </si>
   <si>
+    <t>Dr Gaetan GENTILE</t>
+  </si>
+  <si>
     <t>Audrey FERULLO</t>
   </si>
   <si>
     <t>cptsaixstevictoire@gmail.com</t>
   </si>
   <si>
     <t>cpts-aixsaintevictoire.fr</t>
   </si>
   <si>
     <t>Beaurecueil</t>
   </si>
   <si>
     <t>Le Tholonet</t>
   </si>
   <si>
     <t>Saint-Antonin-sur-Bayon</t>
   </si>
   <si>
     <t>Saint-Marc-Jaumegarde</t>
   </si>
   <si>
     <t>Venelles</t>
   </si>
   <si>
     <t>CPTS Alpes Bléone Durance</t>
   </si>
   <si>
     <t>Aiglun</t>
   </si>
   <si>
     <t>04</t>
   </si>
   <si>
     <t>Dr Raphael LEFEVRE</t>
   </si>
   <si>
+    <t>En cours de recrutement</t>
+  </si>
+  <si>
     <t>contact@cptsabd.fr</t>
   </si>
   <si>
     <t>https://cptsalpesbleonedurance.site-sante.fr</t>
   </si>
   <si>
     <t>Archail</t>
   </si>
   <si>
     <t>Auzet</t>
   </si>
   <si>
     <t>Barles</t>
   </si>
   <si>
     <t>Barras</t>
   </si>
   <si>
     <t>Beaujeu</t>
   </si>
   <si>
     <t>Beynes</t>
   </si>
   <si>
     <t>Bras-d Asse</t>
@@ -325,53 +326,50 @@
   <si>
     <t>Sophie HOAREAU</t>
   </si>
   <si>
     <t>cpts-antipolis@orange.fr</t>
   </si>
   <si>
     <t>Vallauris</t>
   </si>
   <si>
     <t xml:space="preserve">CPTS Buech-Devoluy </t>
   </si>
   <si>
     <t>Aspremont</t>
   </si>
   <si>
     <t>05</t>
   </si>
   <si>
     <t>Dr Françoise ROBACH / Patrick TABOURET</t>
   </si>
   <si>
     <t>Davide POMATO / Julie BOUTELET</t>
   </si>
   <si>
-    <t>cpts.buechdevoluy@orange.fr</t>
-[...1 lines deleted...]
-  <si>
     <t>Aspres-sur-Buëch</t>
   </si>
   <si>
     <t>Barret-sur-Méouge</t>
   </si>
   <si>
     <t>Bruis</t>
   </si>
   <si>
     <t>Chabestan</t>
   </si>
   <si>
     <t>Chanousse</t>
   </si>
   <si>
     <t>Châteauneuf-d Oze</t>
   </si>
   <si>
     <t>Dévoluy</t>
   </si>
   <si>
     <t>Eourres</t>
   </si>
   <si>
     <t>Etoile-Saint-Cyrice</t>
@@ -511,53 +509,50 @@
   <si>
     <t>Trescléoux</t>
   </si>
   <si>
     <t>Upaix</t>
   </si>
   <si>
     <t>Val Buëch-Méouge</t>
   </si>
   <si>
     <t>Ventavon</t>
   </si>
   <si>
     <t>Veynes</t>
   </si>
   <si>
     <t>CPTS Cerebellum Pays des Sorgues et Luberon</t>
   </si>
   <si>
     <t>Beaumettes</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>M. Jean-Thomas BAILLY</t>
-[...1 lines deleted...]
-  <si>
     <t>Iseline RIGE</t>
   </si>
   <si>
     <t>cpts.cerebellum.sudvaucluse@gmail.com; contact@cpts-cerebellum.fr</t>
   </si>
   <si>
     <t>cpts-cerebellum.fr/</t>
   </si>
   <si>
     <t>Cabrières-d Avignon</t>
   </si>
   <si>
     <t>Cavaillon</t>
   </si>
   <si>
     <t>Cheval-Blanc</t>
   </si>
   <si>
     <t>Fontaine-de-Vaucluse</t>
   </si>
   <si>
     <t>Gordes</t>
   </si>
   <si>
     <t>Goult</t>
@@ -583,53 +578,50 @@
   <si>
     <t>Robion</t>
   </si>
   <si>
     <t>Saint-Pantaléon</t>
   </si>
   <si>
     <t>Saumane-de-Vaucluse</t>
   </si>
   <si>
     <t>Taillades</t>
   </si>
   <si>
     <t>Velleron</t>
   </si>
   <si>
     <t>CPTS Champsaur-Valgaudemar</t>
   </si>
   <si>
     <t>Ancelle</t>
   </si>
   <si>
     <t>Dr Sophie SCHMITT</t>
   </si>
   <si>
-    <t>Hélène BEGUIN</t>
-[...1 lines deleted...]
-  <si>
     <t>contact@pscv.fr</t>
   </si>
   <si>
     <t>pscv.fr</t>
   </si>
   <si>
     <t>Aspres-lès-Corps</t>
   </si>
   <si>
     <t>Buissard</t>
   </si>
   <si>
     <t>Chabottes</t>
   </si>
   <si>
     <t>Champoléon</t>
   </si>
   <si>
     <t>Chauffayer</t>
   </si>
   <si>
     <t>Forest-Saint-Julien</t>
   </si>
   <si>
     <t>La Chapelle-en-Valgaudémar</t>
@@ -679,53 +671,50 @@
   <si>
     <t>Saint-Laurent-du-Cros</t>
   </si>
   <si>
     <t>Saint-Léger-les-Mélèzes</t>
   </si>
   <si>
     <t>Saint-Maurice-en-Valgodemard</t>
   </si>
   <si>
     <t>Saint-Michel-de-Chaillol</t>
   </si>
   <si>
     <t>Villar-Loubière</t>
   </si>
   <si>
     <t>CPTS Cœur du Var</t>
   </si>
   <si>
     <t>Besse-sur-Issole</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>M. Patrick BEGUIN</t>
-[...1 lines deleted...]
-  <si>
     <t>Agnès GRATEAU</t>
   </si>
   <si>
     <t>cpts-coeurduvar@orange.fr</t>
   </si>
   <si>
     <t>cptscoeurduvar.fr</t>
   </si>
   <si>
     <t>Cabasse</t>
   </si>
   <si>
     <t>Carnoules</t>
   </si>
   <si>
     <t>Flassans-sur-Issole</t>
   </si>
   <si>
     <t>Gonfaron</t>
   </si>
   <si>
     <t>Le Cannet-des-Maures</t>
   </si>
   <si>
     <t>Le Luc</t>
@@ -868,52 +857,51 @@
   <si>
     <t>Villes-sur-Auzon</t>
   </si>
   <si>
     <t>CPTS Coordination Santé Marseille 2 &amp; 3</t>
   </si>
   <si>
     <t>Marseille 2e Arrondissement</t>
   </si>
   <si>
     <t>Laurence MAESTRAGGI / Naouel HELLOUB</t>
   </si>
   <si>
     <t>cptsmarseille2et3eme@gmail.com</t>
   </si>
   <si>
     <t>Marseille 3e Arrondissement</t>
   </si>
   <si>
     <t>CPTS de la Riviera Française</t>
   </si>
   <si>
     <t>Beausoleil</t>
   </si>
   <si>
-    <t xml:space="preserve">Dr Jean-Louis GERSCHTEIN
-</t>
+    <t>Dr Jean-Louis GERSCHTEIN</t>
   </si>
   <si>
     <t>Kathleen WAEYTENS</t>
   </si>
   <si>
     <t>cptsdelarivierafrancaise@gmail.com</t>
   </si>
   <si>
     <t>Breil-sur-Roya</t>
   </si>
   <si>
     <t>Cap-d Ail</t>
   </si>
   <si>
     <t>Castellar</t>
   </si>
   <si>
     <t>Castillon</t>
   </si>
   <si>
     <t>Fontan</t>
   </si>
   <si>
     <t>Gorbio</t>
   </si>
@@ -998,53 +986,50 @@
   <si>
     <t>Gourdon</t>
   </si>
   <si>
     <t>Le Bar-sur-Loup</t>
   </si>
   <si>
     <t>Le Rouret</t>
   </si>
   <si>
     <t>Opio</t>
   </si>
   <si>
     <t>Roquefort-les-Pins</t>
   </si>
   <si>
     <t>Valbonne</t>
   </si>
   <si>
     <t>CPTS des villages de l'Arc</t>
   </si>
   <si>
     <t>Berre-l Etang</t>
   </si>
   <si>
-    <t>Mme Agnès PARISSE</t>
-[...1 lines deleted...]
-  <si>
     <t>Carole PIACENTINI</t>
   </si>
   <si>
     <t>cpts.villagesdelarc@gmail.com</t>
   </si>
   <si>
     <t>cptsvillagesdelarc.assoconnect.compage1662075-quesaco</t>
   </si>
   <si>
     <t>Coudoux</t>
   </si>
   <si>
     <t>Eguilles</t>
   </si>
   <si>
     <t>La Fare-les-Oliviers</t>
   </si>
   <si>
     <t>Rognac</t>
   </si>
   <si>
     <t>Velaux</t>
   </si>
   <si>
     <t>Ventabren</t>
@@ -1202,51 +1187,51 @@
   <si>
     <t>Duranus</t>
   </si>
   <si>
     <t>La Roquette-sur-Var</t>
   </si>
   <si>
     <t>Levens</t>
   </si>
   <si>
     <t>Saint-Blaise</t>
   </si>
   <si>
     <t>Saint-Martin-du-Var</t>
   </si>
   <si>
     <t>CPTS du Gapençais</t>
   </si>
   <si>
     <t>Avançon</t>
   </si>
   <si>
     <t>Dr Simon FILIPPI</t>
   </si>
   <si>
-    <t>cptsgapencais@gmail.com</t>
+    <t>En attente de recrutement</t>
   </si>
   <si>
     <t>Barcillonnette</t>
   </si>
   <si>
     <t>Bréziers</t>
   </si>
   <si>
     <t>Châteauvieux</t>
   </si>
   <si>
     <t>Chorges</t>
   </si>
   <si>
     <t>Claret</t>
   </si>
   <si>
     <t>Curbans</t>
   </si>
   <si>
     <t>Esparron</t>
   </si>
   <si>
     <t>Espinasses</t>
   </si>
@@ -1713,53 +1698,50 @@
   <si>
     <t>CPTS du Plateau</t>
   </si>
   <si>
     <t>Marseille 6e Arrondissement</t>
   </si>
   <si>
     <t>Dr Didier THERY</t>
   </si>
   <si>
     <t>Jacques DEVEZE</t>
   </si>
   <si>
     <t>cptsduplateau@gmail.com</t>
   </si>
   <si>
     <t>CPTS Durance-Haut Var</t>
   </si>
   <si>
     <t>Artigues</t>
   </si>
   <si>
     <t>Laure FABRE</t>
   </si>
   <si>
-    <t>M. Fabrice KEIL</t>
-[...1 lines deleted...]
-  <si>
     <t>cpts.dhv@gmail.com</t>
   </si>
   <si>
     <t>Ginasservis</t>
   </si>
   <si>
     <t>Jouques</t>
   </si>
   <si>
     <t>La Verdière</t>
   </si>
   <si>
     <t>Le Puy-Sainte-Réparade</t>
   </si>
   <si>
     <t>Meyrargues</t>
   </si>
   <si>
     <t>Peyrolles-en-Provence</t>
   </si>
   <si>
     <t>Rians</t>
   </si>
   <si>
     <t>Rognes</t>
@@ -1938,101 +1920,101 @@
   <si>
     <t>Saint-Apollinaire</t>
   </si>
   <si>
     <t>Saint-Clément-sur-Durance</t>
   </si>
   <si>
     <t>Saint-Crépin</t>
   </si>
   <si>
     <t>Saint-Sauveur</t>
   </si>
   <si>
     <t>Saint-Véran</t>
   </si>
   <si>
     <t>Savines-le-Lac</t>
   </si>
   <si>
     <t>Vars</t>
   </si>
   <si>
     <t>CPTS H3VE</t>
   </si>
   <si>
-    <t>M. Rodolphe BIZET</t>
-[...4 lines deleted...]
-  <si>
     <t>cptsh3ve@gmail.com</t>
   </si>
   <si>
     <t>Amirat</t>
   </si>
   <si>
     <t>Annot</t>
   </si>
   <si>
     <t>Ascros</t>
   </si>
   <si>
     <t>Auvare</t>
   </si>
   <si>
     <t>Beuil</t>
   </si>
   <si>
+    <t>Bonson</t>
+  </si>
+  <si>
     <t>Braux</t>
   </si>
   <si>
     <t>Castellet-lès-Sausses</t>
   </si>
   <si>
     <t>Châteauneuf-d Entraunes</t>
   </si>
   <si>
     <t>Collongues</t>
   </si>
   <si>
     <t>Conségudes</t>
   </si>
   <si>
     <t>Cuébris</t>
   </si>
   <si>
     <t>Daluis</t>
   </si>
   <si>
     <t>Entraunes</t>
   </si>
   <si>
     <t>Entrevaux</t>
   </si>
   <si>
+    <t>Gilette</t>
+  </si>
+  <si>
     <t>Guillaumes</t>
   </si>
   <si>
     <t>La Croix-sur-Roudoule</t>
   </si>
   <si>
     <t>La Penne</t>
   </si>
   <si>
     <t>La Roque-en-Provence</t>
   </si>
   <si>
     <t>Le Fugeret</t>
   </si>
   <si>
     <t>Les Mujouls</t>
   </si>
   <si>
     <t>Lieuche</t>
   </si>
   <si>
     <t>Malaussène</t>
   </si>
   <si>
     <t>Massoins</t>
@@ -2164,53 +2146,50 @@
     <t>Saint-Romain-en-Viennois</t>
   </si>
   <si>
     <t>Saint-Roman-de-Malegarde</t>
   </si>
   <si>
     <t>Séguret</t>
   </si>
   <si>
     <t>Travaillan</t>
   </si>
   <si>
     <t>Vaison-la-Romaine</t>
   </si>
   <si>
     <t>Villedieu</t>
   </si>
   <si>
     <t>Violès</t>
   </si>
   <si>
     <t>CPTS Hauts pays du Verdon et Monts d'Azur</t>
   </si>
   <si>
     <t>Allons</t>
-  </si>
-[...1 lines deleted...]
-    <t>Mme Nathalie BLANC</t>
   </si>
   <si>
     <t>Vincent Kaskarian</t>
   </si>
   <si>
     <t>cptschpv@gmail.com</t>
   </si>
   <si>
     <t>cpts-hpvma.site-sante.fr</t>
   </si>
   <si>
     <t>Allos</t>
   </si>
   <si>
     <t>Andon</t>
   </si>
   <si>
     <t>Angles</t>
   </si>
   <si>
     <t>Barrême</t>
   </si>
   <si>
     <t>Beauvezer</t>
   </si>
@@ -2389,53 +2368,50 @@
     <t>Dr Didier RONFLE</t>
   </si>
   <si>
     <t xml:space="preserve">Julie GHAZAROSSIAN 
 Johanna ZARATZIAN </t>
   </si>
   <si>
     <t>contact@cpts-itineraire-sante.fr</t>
   </si>
   <si>
     <t>cpts-itineraire-sante.fr</t>
   </si>
   <si>
     <t>Marseille 12e Arrondissement</t>
   </si>
   <si>
     <t>Marseille 13e Arrondissement</t>
   </si>
   <si>
     <t>CPTS La Caravelle</t>
   </si>
   <si>
     <t>Les Pennes-Mirabeau</t>
   </si>
   <si>
-    <t>Mme Marguerite CHENG</t>
-[...1 lines deleted...]
-  <si>
     <t>Jean-Pierre CALISSI</t>
   </si>
   <si>
     <t>cptslacaravelle@orange.fr</t>
   </si>
   <si>
     <t>Septèmes-les-Vallons</t>
   </si>
   <si>
     <t>CPTS La Poudrerie</t>
   </si>
   <si>
     <t>Miramas</t>
   </si>
   <si>
     <t>Dr Olivier GUERCIA</t>
   </si>
   <si>
     <t>Diane LAPRAS</t>
   </si>
   <si>
     <t>cpts.mirchamas@gmail.com</t>
   </si>
   <si>
     <t>Saint-Chamas</t>
@@ -2473,53 +2449,50 @@
   <si>
     <t>CPTS Littoral Sud (Marseille 8-9)</t>
   </si>
   <si>
     <t>Marseille 8e Arrondissement</t>
   </si>
   <si>
     <t>Dr France MARCHAND</t>
   </si>
   <si>
     <t>Maude DUPLAIN</t>
   </si>
   <si>
     <t>cpts.littoralsudmarseille@gmail.com</t>
   </si>
   <si>
     <t>Marseille 9e Arrondissement</t>
   </si>
   <si>
     <t>CPTS Marseille-7</t>
   </si>
   <si>
     <t>Marseille 7e Arrondissement</t>
   </si>
   <si>
-    <t>Mme Saida MEZI</t>
-[...1 lines deleted...]
-  <si>
     <t>Haizia MOULAI</t>
   </si>
   <si>
     <t>cpts13007@gmail.com</t>
   </si>
   <si>
     <t>CPTS Nice Centre - Nice Est</t>
   </si>
   <si>
     <t>Beaulieu-sur-Mer</t>
   </si>
   <si>
     <t>Dr Marc-André GUERVILLE</t>
   </si>
   <si>
     <t>Lilian ROUCHE</t>
   </si>
   <si>
     <t>contact@cpts-nice-centre-nice-est.fr</t>
   </si>
   <si>
     <t>Eze</t>
   </si>
   <si>
     <t>Nice</t>
@@ -2608,107 +2581,101 @@
   <si>
     <t>CPTS Ouest Etang de Berre</t>
   </si>
   <si>
     <t>Fos-sur-Mer</t>
   </si>
   <si>
     <t>Dr Aurélie PICARD GUINDON</t>
   </si>
   <si>
     <t>Tiffany PORTES</t>
   </si>
   <si>
     <t>cpts.ouest.etang.berre@gmail.com</t>
   </si>
   <si>
     <t>Istres</t>
   </si>
   <si>
     <t>Port-Saint-Louis-du-Rhône</t>
   </si>
   <si>
     <t>CPTS Pays d'Aubagne et de l'Etoile</t>
   </si>
   <si>
+    <t>Aubagne</t>
+  </si>
+  <si>
+    <t>Audrey GARIBBO</t>
+  </si>
+  <si>
+    <t>contact@cpts-etoile-aubagne.org</t>
+  </si>
+  <si>
+    <t>cpts-etoile-aubagne.fr</t>
+  </si>
+  <si>
     <t>Auriol</t>
   </si>
   <si>
-    <t>Mme Nathalie BONAVENTURE</t>
-[...10 lines deleted...]
-  <si>
     <t>Belcodène</t>
   </si>
   <si>
     <t>Cadolive</t>
   </si>
   <si>
+    <t>Cuges-les-Pins</t>
+  </si>
+  <si>
+    <t>Gémenos</t>
+  </si>
+  <si>
     <t>La Bouilladisse</t>
   </si>
   <si>
     <t>La Destrousse</t>
   </si>
   <si>
+    <t>La Penne-sur-Huveaune</t>
+  </si>
+  <si>
     <t>Peypin</t>
   </si>
   <si>
     <t>Plan-d Aups-Sainte-Baume</t>
   </si>
   <si>
     <t>Roquevaire</t>
   </si>
   <si>
     <t>Saint-Savournin</t>
   </si>
   <si>
     <t>Saint-Zacharie</t>
   </si>
   <si>
-    <t>CPTS Pays d'Aubagne et de l'Etoile (en cours d'intégration)</t>
-[...13 lines deleted...]
-  <si>
     <t>CPTS Pays de Martigues</t>
   </si>
   <si>
     <t>Carry-le-Rouet</t>
   </si>
   <si>
     <t>Dr Ettore MARZANO</t>
   </si>
   <si>
     <t>Rose-Marie DE LIMA</t>
   </si>
   <si>
     <t>contact@cpts-martigues.fr</t>
   </si>
   <si>
     <t>cpts-martigues.fr</t>
   </si>
   <si>
     <t>Châteauneuf-les-Martigues</t>
   </si>
   <si>
     <t>Ensuès-la-Redonne</t>
   </si>
   <si>
     <t>Martigues</t>
@@ -2782,119 +2749,101 @@
   <si>
     <t>Escragnolles</t>
   </si>
   <si>
     <t>Grasse</t>
   </si>
   <si>
     <t>Le Tignet</t>
   </si>
   <si>
     <t>Pégomas</t>
   </si>
   <si>
     <t>Peymeinade</t>
   </si>
   <si>
     <t>Saint-Cézaire-sur-Siagne</t>
   </si>
   <si>
     <t>Saint-Vallier-de-Thiey</t>
   </si>
   <si>
     <t>Spéracèdes</t>
   </si>
   <si>
-    <t>CPTS Pluri Santé Marseille 1er</t>
-[...10 lines deleted...]
-  <si>
     <t>CPTS Provence Santé</t>
   </si>
   <si>
     <t>Bouc-Bel-Air</t>
   </si>
   <si>
     <t>Dr Julie CURJOL-SOTO</t>
   </si>
   <si>
     <t>contact@cptsprovencesante.com</t>
   </si>
   <si>
     <t>Cabriès</t>
   </si>
   <si>
     <t>Châteauneuf-le-Rouge</t>
   </si>
   <si>
     <t>Fuveau</t>
   </si>
   <si>
     <t>Gardanne</t>
   </si>
   <si>
     <t>Gréasque</t>
   </si>
   <si>
     <t>Meyreuil</t>
   </si>
   <si>
     <t>Mimet</t>
   </si>
   <si>
     <t>Peynier</t>
   </si>
   <si>
+    <t>Puyloubier</t>
+  </si>
+  <si>
     <t>Simiane-Collongue</t>
   </si>
   <si>
     <t>Trets</t>
   </si>
   <si>
-    <t>CPTS Provence Santé (en cours d'intégration)</t>
-[...4 lines deleted...]
-  <si>
     <t>CPTS Provence Verte</t>
   </si>
   <si>
     <t>Barjols</t>
   </si>
   <si>
-    <t>M.Guillaume ESTUBLIER</t>
-[...1 lines deleted...]
-  <si>
     <t>Philippe ROGNONI  ; Angélique PALMERINI</t>
   </si>
   <si>
     <t xml:space="preserve">cptsprovenceverte@gmail.com </t>
   </si>
   <si>
     <t>cptsprovenceverte.com</t>
   </si>
   <si>
     <t>Bras</t>
   </si>
   <si>
     <t>Brignoles</t>
   </si>
   <si>
     <t>Brue-Auriac</t>
   </si>
   <si>
     <t>Camps-la-Source</t>
   </si>
   <si>
     <t>Carcès</t>
   </si>
   <si>
     <t>Châteauvert</t>
@@ -3202,50 +3151,53 @@
   <si>
     <t>Sigonce</t>
   </si>
   <si>
     <t>Simiane-la-Rotonde</t>
   </si>
   <si>
     <t>Vachères</t>
   </si>
   <si>
     <t>Villemus</t>
   </si>
   <si>
     <t>Villeneuve</t>
   </si>
   <si>
     <t>Volx</t>
   </si>
   <si>
     <t>CPTS Tinée Vésubie</t>
   </si>
   <si>
     <t>Bairols</t>
   </si>
   <si>
+    <t>Dr Marie DANDURAN</t>
+  </si>
+  <si>
     <t>Raphaëlle CASTAINGS</t>
   </si>
   <si>
     <t>secretariat@cptstineevesubie.fr</t>
   </si>
   <si>
     <t>cptsvesubievaldeblore.fr</t>
   </si>
   <si>
     <t>Belvédère</t>
   </si>
   <si>
     <t>Clans</t>
   </si>
   <si>
     <t>Ilonse</t>
   </si>
   <si>
     <t>Isola</t>
   </si>
   <si>
     <t>La Bollène-Vésubie</t>
   </si>
   <si>
     <t>La Tour</t>
@@ -3274,56 +3226,98 @@
   <si>
     <t>Saint-Etienne-de-Tinée</t>
   </si>
   <si>
     <t>Saint-Martin-Vésubie</t>
   </si>
   <si>
     <t>Saint-Sauveur-sur-Tinée</t>
   </si>
   <si>
     <t>Tournefort</t>
   </si>
   <si>
     <t>Utelle</t>
   </si>
   <si>
     <t>Valdeblore</t>
   </si>
   <si>
     <t>Venanson</t>
   </si>
   <si>
     <t>CPTS Toulon Littoral</t>
   </si>
   <si>
-    <t>M. Julien AUTHEMAN / Sarah MARINI</t>
-[...1 lines deleted...]
-  <si>
     <t>cpts.toulonlittoral@gmail.com</t>
   </si>
   <si>
+    <t>CPTS Ubaye Serre-Ponçon</t>
+  </si>
+  <si>
+    <t>Barcelonnette</t>
+  </si>
+  <si>
+    <t>Mathilde Dupont</t>
+  </si>
+  <si>
+    <t>Enchastrayes</t>
+  </si>
+  <si>
+    <t>Faucon-de-Barcelonnette</t>
+  </si>
+  <si>
+    <t>Jausiers</t>
+  </si>
+  <si>
+    <t>La Condamine-Châtelard</t>
+  </si>
+  <si>
+    <t>Le Lauzet-Ubaye</t>
+  </si>
+  <si>
+    <t>Les Thuiles</t>
+  </si>
+  <si>
+    <t>Méolans-Revel</t>
+  </si>
+  <si>
+    <t>Saint-Paul-sur-Ubaye</t>
+  </si>
+  <si>
+    <t>Saint-Pons</t>
+  </si>
+  <si>
+    <t>Ubaye-Serre-Ponèon</t>
+  </si>
+  <si>
+    <t>Uvernet-Fours</t>
+  </si>
+  <si>
+    <t>Val d Oronaye</t>
+  </si>
+  <si>
     <t>CPTS Val Durance</t>
   </si>
   <si>
     <t>Alleins</t>
   </si>
   <si>
     <t>Dr Guillaume MICHELON</t>
   </si>
   <si>
     <t xml:space="preserve">Frédéric BARAT CABAL </t>
   </si>
   <si>
     <t>cptsvaldurance@gmail.com</t>
   </si>
   <si>
     <t>Charleval</t>
   </si>
   <si>
     <t>Eyguières</t>
   </si>
   <si>
     <t>La Roque-d Anthéron</t>
   </si>
   <si>
     <t>Lamanon</t>
@@ -3412,164 +3406,149 @@
   <si>
     <t>Dr Matteo AVALLONE</t>
   </si>
   <si>
     <t>Vanessa FOURNIER</t>
   </si>
   <si>
     <t>La Farlède</t>
   </si>
   <si>
     <t>Solliès-Pont</t>
   </si>
   <si>
     <t>Solliès-Toucas</t>
   </si>
   <si>
     <t>Solliès-Ville</t>
   </si>
   <si>
     <t>CPTS Var Est Pays de Fayence</t>
   </si>
   <si>
     <t>Bagnols-en-Forêt</t>
   </si>
   <si>
-    <t>M. Patrick MAGNETTO</t>
-[...1 lines deleted...]
-  <si>
     <t>Rallia GRAOUDI</t>
   </si>
   <si>
     <t>cpts.fayence@gmail.com</t>
   </si>
   <si>
     <t>cptspaysdefayence.site-sante.fr</t>
   </si>
   <si>
     <t>Callian</t>
   </si>
   <si>
     <t>Fayence</t>
   </si>
   <si>
     <t>Mons</t>
   </si>
   <si>
     <t>Montauroux</t>
   </si>
   <si>
     <t>Saint-Paul-en-Forêt</t>
   </si>
   <si>
     <t>Seillans</t>
   </si>
   <si>
     <t>Tourrettes</t>
   </si>
   <si>
     <t>CPTS Var Estérel Méditerranée</t>
   </si>
   <si>
     <t>Fréjus</t>
   </si>
   <si>
-    <t>Dr Pierre GRAS / Mme Maria PERES</t>
-[...1 lines deleted...]
-  <si>
     <t>cptsvem@gmail.com</t>
   </si>
   <si>
     <t>cpts-vem.fr</t>
   </si>
   <si>
     <t>Les Adrets-de-l Estérel</t>
   </si>
   <si>
     <t>Puget-sur-Argens</t>
   </si>
   <si>
     <t>Roquebrune-sur-Argens</t>
   </si>
   <si>
     <t>Saint-Raphaël</t>
   </si>
   <si>
     <t>CPTS Var Ouest</t>
   </si>
   <si>
     <t>Bandol</t>
   </si>
   <si>
-    <t>M. Nicolas DURAND</t>
-[...1 lines deleted...]
-  <si>
     <t>Aurélie DEMIGUEL</t>
   </si>
   <si>
     <t>contact@cptsvarouest.com</t>
   </si>
   <si>
     <t>cptsvarouest.com</t>
   </si>
   <si>
     <t>Evenos</t>
   </si>
   <si>
     <t>La Cadière-d Azur</t>
   </si>
   <si>
     <t>Le Beausset</t>
   </si>
   <si>
     <t>Riboux</t>
   </si>
   <si>
     <t>Saint-Cyr-sur-Mer</t>
   </si>
   <si>
     <t>Sanary-sur-Mer</t>
   </si>
   <si>
     <t>Signes</t>
   </si>
   <si>
     <t>Six-Fours-les-Plages</t>
   </si>
   <si>
     <t>CPTS Var Provence Méditerranée</t>
   </si>
   <si>
     <t>Carqueiranne</t>
   </si>
   <si>
-    <t>Mme Sandrine GARNIER</t>
-[...4 lines deleted...]
-  <si>
     <t>cptsvpm@gmail.com</t>
   </si>
   <si>
     <t>cptsvarprovencemediterranee.com</t>
   </si>
   <si>
     <t>La Crau</t>
   </si>
   <si>
     <t>La Valette-du-Var</t>
   </si>
   <si>
     <t>Le Pradet</t>
   </si>
   <si>
     <t>CPTS Verdon</t>
   </si>
   <si>
     <t>Allemagne-en-Provence</t>
   </si>
   <si>
     <t>Jean SEITE et Vincent TRAMINI</t>
   </si>
   <si>
     <t>Laurence QUINTRIC</t>
@@ -3634,277 +3613,336 @@
   <si>
     <t>Angélique NATALI</t>
   </si>
   <si>
     <t>contact@cpts-vignes-calanques.fr</t>
   </si>
   <si>
     <t>Cassis</t>
   </si>
   <si>
     <t>Ceyreste</t>
   </si>
   <si>
     <t>La Ciotat</t>
   </si>
   <si>
     <t>Roquefort-la-Bédoule</t>
   </si>
   <si>
     <t>CPTS Vitale santé (Marseille 10)</t>
   </si>
   <si>
     <t>Marseille 10e Arrondissement</t>
   </si>
   <si>
-    <t>M. Alexandre MAURIN</t>
-[...1 lines deleted...]
-  <si>
     <t>Sylvain AZILAZIAN</t>
   </si>
   <si>
     <t>cpts.vitalesante10@gmail.com</t>
   </si>
   <si>
     <t>cptsvitalesante10.fr</t>
   </si>
   <si>
     <t xml:space="preserve">Drôme Provençale Enclave des Papes </t>
   </si>
   <si>
     <t>Grillon</t>
   </si>
   <si>
-    <t>M. BOUSSIRON</t>
-[...1 lines deleted...]
-  <si>
     <t>David AMSELEM</t>
   </si>
   <si>
     <t>cpts2684@gmail.com</t>
   </si>
   <si>
     <t>Richerenches</t>
   </si>
   <si>
     <t>Valréas</t>
   </si>
   <si>
     <t>Visan</t>
   </si>
   <si>
-    <t>Total général</t>
+    <t>contact@actes-sante.fr</t>
+  </si>
+  <si>
+    <t>contact@cptsbuechdevoluy.fr</t>
+  </si>
+  <si>
+    <t>Hélène BEGUIN (remplacée par Marion Lagniet jusqu'à 03/2026)</t>
+  </si>
+  <si>
+    <t>contact@cptsgapencais.com</t>
+  </si>
+  <si>
+    <t>Jessica LAVIGNE</t>
+  </si>
+  <si>
+    <t>Fabrice KEIL</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jean-Thomas BAILLY</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Patrick BEGUIN</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Rodolphe BIZET</t>
+  </si>
+  <si>
+    <t>Guillaume ESTUBLIER</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Julien AUTHEMAN / Sarah MARINI</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Patrick MAGNETTO</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Nicolas DURAND</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Alexandre MAURIN</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Agnès PARISSE</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Nathalie BLANC</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Marguerite CHENG</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Saida MEZI</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Nathalie BONAVENTURE</t>
+  </si>
+  <si>
+    <t>Dr Pierre GRAS /  Maria PERES</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sandrine GARNIER</t>
+  </si>
+  <si>
+    <t>Jean-Philippe BOUSSIRON</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="1"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
-      <name val="Aptos Narrow"/>
+      <name val="Cambria"/>
       <family val="1"/>
-      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Cambria"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
-      <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <name val="Cambria"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Cambria"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Cambria"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor theme="4" tint="0.79998168889431442"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="3">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="4" tint="0.39997558519241921"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...7 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="12">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///U:\ORGANISATION\DSDP\COMMUN\5.%20OFFRE%20PREMIER%20RECOURS\CPTS\04%20-%20Maillage%20+%20projets\2-_recensement_regional_cpts_2025%2006.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="2-_recensement_regional_cpts_2025%2006.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///U:\ORGANISATION\DSDP\COMMUN\5.%20OFFRE%20PREMIER%20RECOURS\CPTS\04%20-%20Maillage%20+%20projets\2-_recensement_regional_cpts_2025%2009.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="2-_recensement_regional_cpts_2025%2009.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="nb projet"/>
       <sheetName val="suivi projets"/>
       <sheetName val="territoire OK CCOPD -"/>
       <sheetName val="list publicat° - ne pas toucher"/>
       <sheetName val="list publicat° valeur"/>
       <sheetName val="TCD mail OK"/>
       <sheetName val="listes deroulantes"/>
       <sheetName val="@200525"/>
       <sheetName val="Feuil1"/>
       <sheetName val="dépot SSE"/>
       <sheetName val="justif €"/>
       <sheetName val="critères fragilités"/>
+      <sheetName val="TCD mail"/>
+      <sheetName val="listing@0925"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
-      <sheetData sheetId="3"/>
+      <sheetData sheetId="3">
+        <row r="1">
+          <cell r="A1" t="str">
+            <v>SIGNAT./PROJET/INITIAT.</v>
+          </cell>
+        </row>
+      </sheetData>
       <sheetData sheetId="4"/>
       <sheetData sheetId="5"/>
       <sheetData sheetId="6">
         <row r="3">
           <cell r="A3" t="str">
             <v>Initiative repérée</v>
           </cell>
         </row>
         <row r="4">
           <cell r="A4" t="str">
             <v>Projet de santé validé</v>
           </cell>
         </row>
         <row r="5">
           <cell r="A5" t="str">
             <v>Projet de santé déposé</v>
           </cell>
         </row>
         <row r="6">
           <cell r="A6" t="str">
             <v>Projet de santé non validé</v>
           </cell>
         </row>
         <row r="7">
           <cell r="A7" t="str">
@@ -3940,21050 +3978,21634 @@
           <cell r="A15" t="str">
             <v>défavorable</v>
           </cell>
         </row>
         <row r="17">
           <cell r="A17" t="str">
             <v>oui</v>
           </cell>
         </row>
         <row r="18">
           <cell r="A18" t="str">
             <v>non</v>
           </cell>
         </row>
         <row r="19">
           <cell r="A19" t="str">
             <v>projet à actualiser</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
       <sheetData sheetId="11"/>
+      <sheetData sheetId="12"/>
+      <sheetData sheetId="13"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr"/>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...19 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3310DF05-C0B2-4247-B7CB-B8AABE27CB9B}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B73DF655-944B-43EF-8BDA-83C42C2E28B5}">
   <sheetPr>
-    <tabColor theme="7" tint="0.79998168889431442"/>
+    <tabColor theme="8"/>
   </sheetPr>
-  <dimension ref="A1:G983"/>
+  <dimension ref="A1:G981"/>
   <sheetViews>
     <sheetView showZeros="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="D813" sqref="D813"/>
+      <selection activeCell="A926" sqref="A926:XFD926"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="61.5703125" style="10" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="34.28515625" style="11" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="35.5703125" style="9" customWidth="1"/>
+    <col min="2" max="2" width="34.28515625" style="10" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="6.7109375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="21.42578125" customWidth="1"/>
-    <col min="5" max="5" width="20.42578125" customWidth="1"/>
-    <col min="6" max="6" width="19.5703125" customWidth="1"/>
+    <col min="5" max="5" width="23.5703125" customWidth="1"/>
+    <col min="6" max="6" width="25.140625" customWidth="1"/>
     <col min="7" max="7" width="36.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B1" s="2" t="s">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1" s="4"/>
+      <c r="B1" s="5"/>
+      <c r="C1" s="6"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="2" t="s">
+      <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="3" t="s">
+      <c r="D2" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="3" t="s">
+      <c r="E2" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="3" t="s">
+      <c r="F2" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="3" t="s">
+      <c r="G2" s="3" t="s">
         <v>6</v>
-      </c>
-[...21 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" s="4" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
+        <v>1202</v>
+      </c>
+      <c r="F3" t="s">
+        <v>1198</v>
+      </c>
+      <c r="G3" t="s">
         <v>11</v>
       </c>
-      <c r="F3" t="s">
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A4" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="B4" s="5" t="s">
         <v>12</v>
-      </c>
-[...9 lines deleted...]
-        <v>15</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
+        <v>1202</v>
+      </c>
+      <c r="F4" t="s">
+        <v>1198</v>
+      </c>
+      <c r="G4" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" s="4" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D5" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="E5" t="s">
-        <v>19</v>
+        <v>1202</v>
       </c>
       <c r="F5" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1198</v>
+      </c>
+      <c r="G5" t="s">
+        <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A6" s="7" t="s">
-        <v>16</v>
+      <c r="A6" s="4" t="s">
+        <v>14</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D6" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F6" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>9</v>
       </c>
+      <c r="D7" t="s">
+        <v>16</v>
+      </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F7" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>18</v>
+      </c>
+      <c r="G7">
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>9</v>
       </c>
+      <c r="D8" t="s">
+        <v>22</v>
+      </c>
       <c r="E8" t="s">
+        <v>23</v>
+      </c>
+      <c r="F8" t="s">
         <v>24</v>
       </c>
-      <c r="F8" t="s">
+      <c r="G8" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>9</v>
       </c>
+      <c r="D9" t="s">
+        <v>22</v>
+      </c>
       <c r="E9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F9" t="s">
         <v>24</v>
       </c>
-      <c r="F9" t="s">
+      <c r="G9" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>9</v>
       </c>
+      <c r="D10" t="s">
+        <v>22</v>
+      </c>
       <c r="E10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F10" t="s">
         <v>24</v>
       </c>
-      <c r="F10" t="s">
+      <c r="G10" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>9</v>
       </c>
+      <c r="D11" t="s">
+        <v>22</v>
+      </c>
       <c r="E11" t="s">
+        <v>23</v>
+      </c>
+      <c r="F11" t="s">
         <v>24</v>
       </c>
-      <c r="F11" t="s">
+      <c r="G11" t="s">
         <v>25</v>
       </c>
-      <c r="G11" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A12" s="7" t="s">
-        <v>22</v>
+      <c r="A12" s="4" t="s">
+        <v>20</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>9</v>
       </c>
+      <c r="D12" t="s">
+        <v>22</v>
+      </c>
       <c r="E12" t="s">
+        <v>23</v>
+      </c>
+      <c r="F12" t="s">
         <v>24</v>
       </c>
-      <c r="F12" t="s">
+      <c r="G12" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="C13" s="6" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>22</v>
+      </c>
+      <c r="E13" t="s">
+        <v>23</v>
       </c>
       <c r="F13" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G13" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="B14" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D14" t="s">
         <v>34</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>35</v>
       </c>
       <c r="F14" t="s">
         <v>36</v>
       </c>
       <c r="G14" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C15" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D15" t="s">
         <v>34</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>35</v>
       </c>
       <c r="F15" t="s">
         <v>36</v>
       </c>
       <c r="G15" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C16" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D16" t="s">
         <v>34</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>35</v>
       </c>
       <c r="F16" t="s">
         <v>36</v>
       </c>
       <c r="G16" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C17" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D17" t="s">
         <v>34</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>35</v>
       </c>
       <c r="F17" t="s">
         <v>36</v>
       </c>
       <c r="G17" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C18" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D18" t="s">
         <v>34</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>35</v>
       </c>
       <c r="F18" t="s">
         <v>36</v>
       </c>
       <c r="G18" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C19" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D19" t="s">
         <v>34</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>35</v>
       </c>
       <c r="F19" t="s">
         <v>36</v>
       </c>
       <c r="G19" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C20" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D20" t="s">
         <v>34</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>35</v>
       </c>
       <c r="F20" t="s">
         <v>36</v>
       </c>
       <c r="G20" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C21" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D21" t="s">
         <v>34</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>35</v>
       </c>
       <c r="F21" t="s">
         <v>36</v>
       </c>
       <c r="G21" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C22" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D22" t="s">
         <v>34</v>
       </c>
-      <c r="D22" t="s">
+      <c r="E22" t="s">
         <v>35</v>
       </c>
       <c r="F22" t="s">
         <v>36</v>
       </c>
       <c r="G22" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C23" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D23" t="s">
         <v>34</v>
       </c>
-      <c r="D23" t="s">
+      <c r="E23" t="s">
         <v>35</v>
       </c>
       <c r="F23" t="s">
         <v>36</v>
       </c>
       <c r="G23" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="C24" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D24" t="s">
         <v>34</v>
       </c>
-      <c r="D24" t="s">
+      <c r="E24" t="s">
         <v>35</v>
       </c>
       <c r="F24" t="s">
         <v>36</v>
       </c>
       <c r="G24" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C25" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D25" t="s">
         <v>34</v>
       </c>
-      <c r="D25" t="s">
+      <c r="E25" t="s">
         <v>35</v>
       </c>
       <c r="F25" t="s">
         <v>36</v>
       </c>
       <c r="G25" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C26" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D26" t="s">
         <v>34</v>
       </c>
-      <c r="D26" t="s">
+      <c r="E26" t="s">
         <v>35</v>
       </c>
       <c r="F26" t="s">
         <v>36</v>
       </c>
       <c r="G26" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C27" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D27" t="s">
         <v>34</v>
       </c>
-      <c r="D27" t="s">
+      <c r="E27" t="s">
         <v>35</v>
       </c>
       <c r="F27" t="s">
         <v>36</v>
       </c>
       <c r="G27" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C28" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D28" t="s">
         <v>34</v>
       </c>
-      <c r="D28" t="s">
+      <c r="E28" t="s">
         <v>35</v>
       </c>
       <c r="F28" t="s">
         <v>36</v>
       </c>
       <c r="G28" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C29" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D29" t="s">
         <v>34</v>
       </c>
-      <c r="D29" t="s">
+      <c r="E29" t="s">
         <v>35</v>
       </c>
       <c r="F29" t="s">
         <v>36</v>
       </c>
       <c r="G29" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C30" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D30" t="s">
         <v>34</v>
       </c>
-      <c r="D30" t="s">
+      <c r="E30" t="s">
         <v>35</v>
       </c>
       <c r="F30" t="s">
         <v>36</v>
       </c>
       <c r="G30" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C31" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D31" t="s">
         <v>34</v>
       </c>
-      <c r="D31" t="s">
+      <c r="E31" t="s">
         <v>35</v>
       </c>
       <c r="F31" t="s">
         <v>36</v>
       </c>
       <c r="G31" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C32" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D32" t="s">
         <v>34</v>
       </c>
-      <c r="D32" t="s">
+      <c r="E32" t="s">
         <v>35</v>
       </c>
       <c r="F32" t="s">
         <v>36</v>
       </c>
       <c r="G32" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C33" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D33" t="s">
         <v>34</v>
       </c>
-      <c r="D33" t="s">
+      <c r="E33" t="s">
         <v>35</v>
       </c>
       <c r="F33" t="s">
         <v>36</v>
       </c>
       <c r="G33" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C34" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D34" t="s">
         <v>34</v>
       </c>
-      <c r="D34" t="s">
+      <c r="E34" t="s">
         <v>35</v>
       </c>
       <c r="F34" t="s">
         <v>36</v>
       </c>
       <c r="G34" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C35" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D35" t="s">
         <v>34</v>
       </c>
-      <c r="D35" t="s">
+      <c r="E35" t="s">
         <v>35</v>
       </c>
       <c r="F35" t="s">
         <v>36</v>
       </c>
       <c r="G35" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C36" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D36" t="s">
         <v>34</v>
       </c>
-      <c r="D36" t="s">
+      <c r="E36" t="s">
         <v>35</v>
       </c>
       <c r="F36" t="s">
         <v>36</v>
       </c>
       <c r="G36" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C37" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D37" t="s">
         <v>34</v>
       </c>
-      <c r="D37" t="s">
+      <c r="E37" t="s">
         <v>35</v>
       </c>
       <c r="F37" t="s">
         <v>36</v>
       </c>
       <c r="G37" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="38" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C38" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D38" t="s">
         <v>34</v>
       </c>
-      <c r="D38" t="s">
+      <c r="E38" t="s">
         <v>35</v>
       </c>
       <c r="F38" t="s">
         <v>36</v>
       </c>
       <c r="G38" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C39" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D39" t="s">
         <v>34</v>
       </c>
-      <c r="D39" t="s">
+      <c r="E39" t="s">
         <v>35</v>
       </c>
       <c r="F39" t="s">
         <v>36</v>
       </c>
       <c r="G39" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C40" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D40" t="s">
         <v>34</v>
       </c>
-      <c r="D40" t="s">
+      <c r="E40" t="s">
         <v>35</v>
       </c>
       <c r="F40" t="s">
         <v>36</v>
       </c>
       <c r="G40" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="41" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C41" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D41" t="s">
         <v>34</v>
       </c>
-      <c r="D41" t="s">
+      <c r="E41" t="s">
         <v>35</v>
       </c>
       <c r="F41" t="s">
         <v>36</v>
       </c>
       <c r="G41" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C42" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D42" t="s">
         <v>34</v>
       </c>
-      <c r="D42" t="s">
+      <c r="E42" t="s">
         <v>35</v>
       </c>
       <c r="F42" t="s">
         <v>36</v>
       </c>
       <c r="G42" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="43" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C43" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D43" t="s">
         <v>34</v>
       </c>
-      <c r="D43" t="s">
+      <c r="E43" t="s">
         <v>35</v>
       </c>
       <c r="F43" t="s">
         <v>36</v>
       </c>
       <c r="G43" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="C44" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D44" t="s">
         <v>34</v>
       </c>
-      <c r="D44" t="s">
+      <c r="E44" t="s">
         <v>35</v>
       </c>
       <c r="F44" t="s">
         <v>36</v>
       </c>
       <c r="G44" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C45" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D45" t="s">
         <v>34</v>
       </c>
-      <c r="D45" t="s">
+      <c r="E45" t="s">
         <v>35</v>
       </c>
       <c r="F45" t="s">
         <v>36</v>
       </c>
       <c r="G45" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C46" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D46" t="s">
         <v>34</v>
       </c>
-      <c r="D46" t="s">
+      <c r="E46" t="s">
         <v>35</v>
       </c>
       <c r="F46" t="s">
         <v>36</v>
       </c>
       <c r="G46" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="47" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="C47" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D47" t="s">
         <v>34</v>
       </c>
-      <c r="D47" t="s">
+      <c r="E47" t="s">
         <v>35</v>
       </c>
       <c r="F47" t="s">
         <v>36</v>
       </c>
       <c r="G47" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C48" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D48" t="s">
         <v>34</v>
       </c>
-      <c r="D48" t="s">
+      <c r="E48" t="s">
         <v>35</v>
       </c>
       <c r="F48" t="s">
         <v>36</v>
       </c>
       <c r="G48" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="C49" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D49" t="s">
         <v>34</v>
       </c>
-      <c r="D49" t="s">
+      <c r="E49" t="s">
         <v>35</v>
       </c>
       <c r="F49" t="s">
         <v>36</v>
       </c>
       <c r="G49" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A50" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C50" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D50" t="s">
         <v>34</v>
       </c>
-      <c r="D50" t="s">
+      <c r="E50" t="s">
         <v>35</v>
       </c>
       <c r="F50" t="s">
         <v>36</v>
       </c>
       <c r="G50" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C51" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D51" t="s">
         <v>34</v>
       </c>
-      <c r="D51" t="s">
+      <c r="E51" t="s">
         <v>35</v>
       </c>
       <c r="F51" t="s">
         <v>36</v>
       </c>
       <c r="G51" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="52" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A52" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="C52" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D52" t="s">
         <v>34</v>
       </c>
-      <c r="D52" t="s">
+      <c r="E52" t="s">
         <v>35</v>
       </c>
       <c r="F52" t="s">
         <v>36</v>
       </c>
       <c r="G52" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A53" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="C53" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D53" t="s">
         <v>34</v>
       </c>
-      <c r="D53" t="s">
+      <c r="E53" t="s">
         <v>35</v>
       </c>
       <c r="F53" t="s">
         <v>36</v>
       </c>
       <c r="G53" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C54" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D54" t="s">
         <v>34</v>
       </c>
-      <c r="D54" t="s">
+      <c r="E54" t="s">
         <v>35</v>
       </c>
       <c r="F54" t="s">
         <v>36</v>
       </c>
       <c r="G54" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A55" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C55" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D55" t="s">
         <v>34</v>
       </c>
-      <c r="D55" t="s">
+      <c r="E55" t="s">
         <v>35</v>
       </c>
       <c r="F55" t="s">
         <v>36</v>
       </c>
       <c r="G55" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A56" s="7" t="s">
-        <v>32</v>
+      <c r="A56" s="4" t="s">
+        <v>31</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="C56" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D56" t="s">
         <v>34</v>
       </c>
-      <c r="D56" t="s">
+      <c r="E56" t="s">
         <v>35</v>
       </c>
       <c r="F56" t="s">
         <v>36</v>
       </c>
       <c r="G56" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="B57" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="C57" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D57" t="s">
+        <v>34</v>
+      </c>
+      <c r="E57" t="s">
+        <v>35</v>
+      </c>
+      <c r="F57" t="s">
+        <v>36</v>
+      </c>
+      <c r="G57" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A58" s="4" t="s">
         <v>81</v>
       </c>
-      <c r="B57" s="5" t="s">
+      <c r="B58" s="5" t="s">
         <v>82</v>
-      </c>
-[...21 lines deleted...]
-        <v>87</v>
       </c>
       <c r="C58" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D58" t="s">
         <v>84</v>
       </c>
       <c r="E58" t="s">
         <v>85</v>
       </c>
       <c r="F58" t="s">
         <v>86</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A59" s="4" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C59" s="6" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="D59" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="E59" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="F59" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="G59">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A60" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="C60" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D60" t="s">
         <v>91</v>
       </c>
       <c r="E60" t="s">
         <v>92</v>
       </c>
       <c r="F60" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A61" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C61" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D61" t="s">
         <v>91</v>
       </c>
       <c r="E61" t="s">
         <v>92</v>
       </c>
       <c r="F61" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G61">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C62" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D62" t="s">
         <v>91</v>
       </c>
       <c r="E62" t="s">
         <v>92</v>
       </c>
       <c r="F62" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A63" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C63" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D63" t="s">
         <v>91</v>
       </c>
       <c r="E63" t="s">
         <v>92</v>
       </c>
       <c r="F63" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G63">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C64" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D64" t="s">
         <v>91</v>
       </c>
       <c r="E64" t="s">
         <v>92</v>
       </c>
       <c r="F64" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G64">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A65" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="C65" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D65" t="s">
         <v>91</v>
       </c>
       <c r="E65" t="s">
         <v>92</v>
       </c>
       <c r="F65" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G65">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A66" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="C66" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D66" t="s">
         <v>91</v>
       </c>
       <c r="E66" t="s">
         <v>92</v>
       </c>
       <c r="F66" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G66">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A67" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C67" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D67" t="s">
         <v>91</v>
       </c>
       <c r="E67" t="s">
         <v>92</v>
       </c>
       <c r="F67" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C68" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D68" t="s">
         <v>91</v>
       </c>
       <c r="E68" t="s">
         <v>92</v>
       </c>
       <c r="F68" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A69" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C69" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D69" t="s">
         <v>91</v>
       </c>
       <c r="E69" t="s">
         <v>92</v>
       </c>
       <c r="F69" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G69">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A70" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="C70" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D70" t="s">
         <v>91</v>
       </c>
       <c r="E70" t="s">
         <v>92</v>
       </c>
       <c r="F70" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G70">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A71" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C71" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D71" t="s">
         <v>91</v>
       </c>
       <c r="E71" t="s">
         <v>92</v>
       </c>
       <c r="F71" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A72" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="C72" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D72" t="s">
         <v>91</v>
       </c>
       <c r="E72" t="s">
         <v>92</v>
       </c>
       <c r="F72" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G72">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A73" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C73" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D73" t="s">
         <v>91</v>
       </c>
       <c r="E73" t="s">
         <v>92</v>
       </c>
       <c r="F73" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A74" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C74" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D74" t="s">
         <v>91</v>
       </c>
       <c r="E74" t="s">
         <v>92</v>
       </c>
       <c r="F74" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G74">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A75" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C75" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D75" t="s">
         <v>91</v>
       </c>
       <c r="E75" t="s">
         <v>92</v>
       </c>
       <c r="F75" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G75">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A76" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C76" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D76" t="s">
         <v>91</v>
       </c>
       <c r="E76" t="s">
         <v>92</v>
       </c>
       <c r="F76" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G76">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C77" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D77" t="s">
         <v>91</v>
       </c>
       <c r="E77" t="s">
         <v>92</v>
       </c>
       <c r="F77" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G77">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A78" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C78" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D78" t="s">
         <v>91</v>
       </c>
       <c r="E78" t="s">
         <v>92</v>
       </c>
       <c r="F78" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G78">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A79" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C79" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D79" t="s">
         <v>91</v>
       </c>
       <c r="E79" t="s">
         <v>92</v>
       </c>
       <c r="F79" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G79">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A80" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="C80" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D80" t="s">
         <v>91</v>
       </c>
       <c r="E80" t="s">
         <v>92</v>
       </c>
       <c r="F80" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G80">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A81" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C81" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D81" t="s">
         <v>91</v>
       </c>
       <c r="E81" t="s">
         <v>92</v>
       </c>
       <c r="F81" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G81">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A82" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="C82" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D82" t="s">
         <v>91</v>
       </c>
       <c r="E82" t="s">
         <v>92</v>
       </c>
       <c r="F82" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G82">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A83" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C83" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D83" t="s">
         <v>91</v>
       </c>
       <c r="E83" t="s">
         <v>92</v>
       </c>
       <c r="F83" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G83">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A84" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="C84" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D84" t="s">
         <v>91</v>
       </c>
       <c r="E84" t="s">
         <v>92</v>
       </c>
       <c r="F84" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G84">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A85" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="C85" s="6" t="s">
-        <v>34</v>
+        <v>90</v>
       </c>
       <c r="D85" t="s">
         <v>91</v>
       </c>
       <c r="E85" t="s">
         <v>92</v>
       </c>
       <c r="F85" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G85">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A86" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C86" s="6" t="s">
-        <v>90</v>
+        <v>33</v>
       </c>
       <c r="D86" t="s">
         <v>91</v>
       </c>
       <c r="E86" t="s">
         <v>92</v>
       </c>
       <c r="F86" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G86">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A87" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C87" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D87" t="s">
         <v>91</v>
       </c>
       <c r="E87" t="s">
         <v>92</v>
       </c>
       <c r="F87" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G87">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A88" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C88" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D88" t="s">
         <v>91</v>
       </c>
       <c r="E88" t="s">
         <v>92</v>
       </c>
       <c r="F88" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G88">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A89" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C89" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D89" t="s">
         <v>91</v>
       </c>
       <c r="E89" t="s">
         <v>92</v>
       </c>
       <c r="F89" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G89">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A90" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C90" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D90" t="s">
         <v>91</v>
       </c>
       <c r="E90" t="s">
         <v>92</v>
       </c>
       <c r="F90" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G90">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A91" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C91" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D91" t="s">
         <v>91</v>
       </c>
       <c r="E91" t="s">
         <v>92</v>
       </c>
       <c r="F91" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G91">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A92" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C92" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D92" t="s">
         <v>91</v>
       </c>
       <c r="E92" t="s">
         <v>92</v>
       </c>
       <c r="F92" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G92">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A93" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C93" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D93" t="s">
         <v>91</v>
       </c>
       <c r="E93" t="s">
         <v>92</v>
       </c>
       <c r="F93" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G93">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A94" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C94" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D94" t="s">
         <v>91</v>
       </c>
       <c r="E94" t="s">
         <v>92</v>
       </c>
       <c r="F94" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G94">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A95" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C95" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D95" t="s">
         <v>91</v>
       </c>
       <c r="E95" t="s">
         <v>92</v>
       </c>
       <c r="F95" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G95">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A96" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C96" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D96" t="s">
         <v>91</v>
       </c>
       <c r="E96" t="s">
         <v>92</v>
       </c>
       <c r="F96" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G96">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A97" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C97" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D97" t="s">
         <v>91</v>
       </c>
       <c r="E97" t="s">
         <v>92</v>
       </c>
       <c r="F97" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G97">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A98" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C98" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D98" t="s">
         <v>91</v>
       </c>
       <c r="E98" t="s">
         <v>92</v>
       </c>
       <c r="F98" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G98">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A99" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C99" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D99" t="s">
         <v>91</v>
       </c>
       <c r="E99" t="s">
         <v>92</v>
       </c>
       <c r="F99" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G99">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C100" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D100" t="s">
         <v>91</v>
       </c>
       <c r="E100" t="s">
         <v>92</v>
       </c>
       <c r="F100" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G100">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C101" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D101" t="s">
         <v>91</v>
       </c>
       <c r="E101" t="s">
         <v>92</v>
       </c>
       <c r="F101" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G101">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C102" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D102" t="s">
         <v>91</v>
       </c>
       <c r="E102" t="s">
         <v>92</v>
       </c>
       <c r="F102" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G102">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A103" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C103" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D103" t="s">
         <v>91</v>
       </c>
       <c r="E103" t="s">
         <v>92</v>
       </c>
       <c r="F103" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G103">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A104" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="C104" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D104" t="s">
         <v>91</v>
       </c>
       <c r="E104" t="s">
         <v>92</v>
       </c>
       <c r="F104" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G104">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A105" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C105" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D105" t="s">
         <v>91</v>
       </c>
       <c r="E105" t="s">
         <v>92</v>
       </c>
       <c r="F105" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G105">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A106" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C106" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D106" t="s">
         <v>91</v>
       </c>
       <c r="E106" t="s">
         <v>92</v>
       </c>
       <c r="F106" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G106">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A107" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C107" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D107" t="s">
         <v>91</v>
       </c>
       <c r="E107" t="s">
         <v>92</v>
       </c>
       <c r="F107" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G107">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A108" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C108" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D108" t="s">
         <v>91</v>
       </c>
       <c r="E108" t="s">
         <v>92</v>
       </c>
       <c r="F108" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G108">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A109" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C109" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D109" t="s">
         <v>91</v>
       </c>
       <c r="E109" t="s">
         <v>92</v>
       </c>
       <c r="F109" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G109">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A110" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C110" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D110" t="s">
         <v>91</v>
       </c>
       <c r="E110" t="s">
         <v>92</v>
       </c>
       <c r="F110" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G110">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A111" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C111" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D111" t="s">
         <v>91</v>
       </c>
       <c r="E111" t="s">
         <v>92</v>
       </c>
       <c r="F111" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G111">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A112" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B112" s="5" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C112" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D112" t="s">
         <v>91</v>
       </c>
       <c r="E112" t="s">
         <v>92</v>
       </c>
       <c r="F112" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G112">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A113" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C113" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D113" t="s">
         <v>91</v>
       </c>
       <c r="E113" t="s">
         <v>92</v>
       </c>
       <c r="F113" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G113">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A114" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B114" s="5" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C114" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D114" t="s">
         <v>91</v>
       </c>
       <c r="E114" t="s">
         <v>92</v>
       </c>
       <c r="F114" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G114">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A115" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B115" s="5" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C115" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D115" t="s">
         <v>91</v>
       </c>
       <c r="E115" t="s">
         <v>92</v>
       </c>
       <c r="F115" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G115">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A116" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C116" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D116" t="s">
         <v>91</v>
       </c>
       <c r="E116" t="s">
         <v>92</v>
       </c>
       <c r="F116" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G116">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A117" s="7" t="s">
+      <c r="A117" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B117" s="5" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C117" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D117" t="s">
         <v>91</v>
       </c>
       <c r="E117" t="s">
         <v>92</v>
       </c>
       <c r="F117" t="s">
-        <v>93</v>
+        <v>1199</v>
       </c>
       <c r="G117">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A118" s="4" t="s">
-        <v>152</v>
+        <v>88</v>
       </c>
       <c r="B118" s="5" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C118" s="6" t="s">
-        <v>154</v>
+        <v>90</v>
       </c>
       <c r="D118" t="s">
-        <v>155</v>
+        <v>91</v>
       </c>
       <c r="E118" t="s">
-        <v>156</v>
+        <v>92</v>
       </c>
       <c r="F118" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-        <v>158</v>
+        <v>1199</v>
+      </c>
+      <c r="G118">
+        <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A119" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="B119" s="5" t="s">
         <v>152</v>
       </c>
-      <c r="B119" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C119" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D119" t="s">
+        <v>1204</v>
+      </c>
+      <c r="E119" t="s">
         <v>154</v>
       </c>
-      <c r="D119" t="s">
+      <c r="F119" t="s">
         <v>155</v>
       </c>
-      <c r="E119" t="s">
+      <c r="G119" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="120" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A120" s="4" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B120" s="5" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="C120" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D120" t="s">
+        <v>1204</v>
+      </c>
+      <c r="E120" t="s">
         <v>154</v>
       </c>
-      <c r="D120" t="s">
+      <c r="F120" t="s">
         <v>155</v>
       </c>
-      <c r="E120" t="s">
+      <c r="G120" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="121" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A121" s="4" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B121" s="5" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="C121" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D121" t="s">
+        <v>1204</v>
+      </c>
+      <c r="E121" t="s">
         <v>154</v>
       </c>
-      <c r="D121" t="s">
+      <c r="F121" t="s">
         <v>155</v>
       </c>
-      <c r="E121" t="s">
+      <c r="G121" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="122" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A122" s="4" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B122" s="5" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="C122" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D122" t="s">
+        <v>1204</v>
+      </c>
+      <c r="E122" t="s">
         <v>154</v>
       </c>
-      <c r="D122" t="s">
+      <c r="F122" t="s">
         <v>155</v>
       </c>
-      <c r="E122" t="s">
+      <c r="G122" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="123" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A123" s="4" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B123" s="5" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="C123" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D123" t="s">
+        <v>1204</v>
+      </c>
+      <c r="E123" t="s">
         <v>154</v>
       </c>
-      <c r="D123" t="s">
+      <c r="F123" t="s">
         <v>155</v>
       </c>
-      <c r="E123" t="s">
+      <c r="G123" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="124" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A124" s="4" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B124" s="5" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C124" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D124" t="s">
+        <v>1204</v>
+      </c>
+      <c r="E124" t="s">
         <v>154</v>
       </c>
-      <c r="D124" t="s">
+      <c r="F124" t="s">
         <v>155</v>
       </c>
-      <c r="E124" t="s">
+      <c r="G124" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="125" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A125" s="4" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B125" s="5" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="C125" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D125" t="s">
+        <v>1204</v>
+      </c>
+      <c r="E125" t="s">
         <v>154</v>
       </c>
-      <c r="D125" t="s">
+      <c r="F125" t="s">
         <v>155</v>
       </c>
-      <c r="E125" t="s">
+      <c r="G125" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="126" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A126" s="4" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B126" s="5" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="C126" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D126" t="s">
+        <v>1204</v>
+      </c>
+      <c r="E126" t="s">
         <v>154</v>
       </c>
-      <c r="D126" t="s">
+      <c r="F126" t="s">
         <v>155</v>
       </c>
-      <c r="E126" t="s">
+      <c r="G126" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="127" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A127" s="4" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B127" s="5" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="C127" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D127" t="s">
+        <v>1204</v>
+      </c>
+      <c r="E127" t="s">
         <v>154</v>
       </c>
-      <c r="D127" t="s">
+      <c r="F127" t="s">
         <v>155</v>
       </c>
-      <c r="E127" t="s">
+      <c r="G127" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="128" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A128" s="4" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B128" s="5" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C128" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D128" t="s">
+        <v>1204</v>
+      </c>
+      <c r="E128" t="s">
         <v>154</v>
       </c>
-      <c r="D128" t="s">
+      <c r="F128" t="s">
         <v>155</v>
       </c>
-      <c r="E128" t="s">
+      <c r="G128" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="129" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A129" s="4" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B129" s="5" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="C129" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D129" t="s">
+        <v>1204</v>
+      </c>
+      <c r="E129" t="s">
         <v>154</v>
       </c>
-      <c r="D129" t="s">
+      <c r="F129" t="s">
         <v>155</v>
       </c>
-      <c r="E129" t="s">
+      <c r="G129" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="130" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A130" s="4" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="C130" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D130" t="s">
+        <v>1204</v>
+      </c>
+      <c r="E130" t="s">
         <v>154</v>
       </c>
-      <c r="D130" t="s">
+      <c r="F130" t="s">
         <v>155</v>
       </c>
-      <c r="E130" t="s">
+      <c r="G130" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="131" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A131" s="4" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C131" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D131" t="s">
+        <v>1204</v>
+      </c>
+      <c r="E131" t="s">
         <v>154</v>
       </c>
-      <c r="D131" t="s">
+      <c r="F131" t="s">
         <v>155</v>
       </c>
-      <c r="E131" t="s">
+      <c r="G131" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="132" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A132" s="4" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="C132" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D132" t="s">
+        <v>1204</v>
+      </c>
+      <c r="E132" t="s">
         <v>154</v>
       </c>
-      <c r="D132" t="s">
+      <c r="F132" t="s">
         <v>155</v>
       </c>
-      <c r="E132" t="s">
+      <c r="G132" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="133" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A133" s="4" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="C133" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D133" t="s">
+        <v>1204</v>
+      </c>
+      <c r="E133" t="s">
         <v>154</v>
       </c>
-      <c r="D133" t="s">
+      <c r="F133" t="s">
         <v>155</v>
       </c>
-      <c r="E133" t="s">
+      <c r="G133" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="134" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A134" s="4" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="C134" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D134" t="s">
+        <v>1204</v>
+      </c>
+      <c r="E134" t="s">
         <v>154</v>
       </c>
-      <c r="D134" t="s">
+      <c r="F134" t="s">
         <v>155</v>
       </c>
-      <c r="E134" t="s">
+      <c r="G134" t="s">
         <v>156</v>
       </c>
-      <c r="F134" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="135" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A135" s="7" t="s">
-        <v>152</v>
+      <c r="A135" s="4" t="s">
+        <v>151</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="C135" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D135" t="s">
+        <v>1204</v>
+      </c>
+      <c r="E135" t="s">
         <v>154</v>
       </c>
-      <c r="D135" t="s">
+      <c r="F135" t="s">
         <v>155</v>
       </c>
-      <c r="E135" t="s">
+      <c r="G135" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="136" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A136" s="4" t="s">
-        <v>176</v>
+        <v>151</v>
       </c>
       <c r="B136" s="5" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="C136" s="6" t="s">
-        <v>90</v>
+        <v>153</v>
       </c>
       <c r="D136" t="s">
-        <v>178</v>
+        <v>1204</v>
       </c>
       <c r="E136" t="s">
-        <v>179</v>
+        <v>154</v>
       </c>
       <c r="F136" t="s">
-        <v>180</v>
+        <v>155</v>
       </c>
       <c r="G136" t="s">
-        <v>181</v>
+        <v>156</v>
       </c>
     </row>
     <row r="137" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A137" s="4" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>182</v>
+        <v>175</v>
       </c>
       <c r="C137" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D137" t="s">
+        <v>176</v>
+      </c>
+      <c r="E137" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F137" t="s">
+        <v>177</v>
+      </c>
+      <c r="G137" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="138" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A138" s="4" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="C138" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D138" t="s">
+        <v>176</v>
+      </c>
+      <c r="E138" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F138" t="s">
+        <v>177</v>
+      </c>
+      <c r="G138" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="139" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A139" s="4" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="C139" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D139" t="s">
+        <v>176</v>
+      </c>
+      <c r="E139" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F139" t="s">
+        <v>177</v>
+      </c>
+      <c r="G139" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="140" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A140" s="4" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="C140" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D140" t="s">
+        <v>176</v>
+      </c>
+      <c r="E140" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F140" t="s">
+        <v>177</v>
+      </c>
+      <c r="G140" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="141" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A141" s="4" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B141" s="5" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="C141" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D141" t="s">
+        <v>176</v>
+      </c>
+      <c r="E141" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F141" t="s">
+        <v>177</v>
+      </c>
+      <c r="G141" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="142" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A142" s="4" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="C142" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D142" t="s">
+        <v>176</v>
+      </c>
+      <c r="E142" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F142" t="s">
+        <v>177</v>
+      </c>
+      <c r="G142" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="143" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A143" s="4" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="C143" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D143" t="s">
+        <v>176</v>
+      </c>
+      <c r="E143" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F143" t="s">
+        <v>177</v>
+      </c>
+      <c r="G143" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="144" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A144" s="4" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B144" s="5" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="C144" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D144" t="s">
+        <v>176</v>
+      </c>
+      <c r="E144" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F144" t="s">
+        <v>177</v>
+      </c>
+      <c r="G144" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="145" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A145" s="4" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B145" s="5" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="C145" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D145" t="s">
+        <v>176</v>
+      </c>
+      <c r="E145" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F145" t="s">
+        <v>177</v>
+      </c>
+      <c r="G145" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="146" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A146" s="4" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B146" s="5" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="C146" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D146" t="s">
+        <v>176</v>
+      </c>
+      <c r="E146" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F146" t="s">
+        <v>177</v>
+      </c>
+      <c r="G146" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="147" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A147" s="4" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B147" s="5" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="C147" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D147" t="s">
+        <v>176</v>
+      </c>
+      <c r="E147" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F147" t="s">
+        <v>177</v>
+      </c>
+      <c r="G147" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="148" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A148" s="4" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B148" s="5" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="C148" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D148" t="s">
+        <v>176</v>
+      </c>
+      <c r="E148" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F148" t="s">
+        <v>177</v>
+      </c>
+      <c r="G148" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="149" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A149" s="4" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B149" s="5" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="C149" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D149" t="s">
+        <v>176</v>
+      </c>
+      <c r="E149" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F149" t="s">
+        <v>177</v>
+      </c>
+      <c r="G149" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="150" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A150" s="4" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B150" s="5" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="C150" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D150" t="s">
+        <v>176</v>
+      </c>
+      <c r="E150" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F150" t="s">
+        <v>177</v>
+      </c>
+      <c r="G150" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="151" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A151" s="4" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B151" s="5" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="C151" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D151" t="s">
+        <v>176</v>
+      </c>
+      <c r="E151" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F151" t="s">
+        <v>177</v>
+      </c>
+      <c r="G151" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="152" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A152" s="4" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B152" s="5" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="C152" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D152" t="s">
+        <v>176</v>
+      </c>
+      <c r="E152" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F152" t="s">
+        <v>177</v>
+      </c>
+      <c r="G152" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="153" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A153" s="4" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B153" s="5" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="C153" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D153" t="s">
+        <v>176</v>
+      </c>
+      <c r="E153" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F153" t="s">
+        <v>177</v>
+      </c>
+      <c r="G153" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="154" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A154" s="4" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B154" s="5" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="C154" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D154" t="s">
+        <v>176</v>
+      </c>
+      <c r="E154" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F154" t="s">
+        <v>177</v>
+      </c>
+      <c r="G154" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="155" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A155" s="4" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B155" s="5" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="C155" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D155" t="s">
+        <v>176</v>
+      </c>
+      <c r="E155" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F155" t="s">
+        <v>177</v>
+      </c>
+      <c r="G155" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="156" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A156" s="4" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B156" s="5" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="C156" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D156" t="s">
+        <v>176</v>
+      </c>
+      <c r="E156" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F156" t="s">
+        <v>177</v>
+      </c>
+      <c r="G156" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="157" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A157" s="4" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B157" s="5" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="C157" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D157" t="s">
+        <v>176</v>
+      </c>
+      <c r="E157" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F157" t="s">
+        <v>177</v>
+      </c>
+      <c r="G157" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="158" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A158" s="4" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B158" s="5" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="C158" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D158" t="s">
+        <v>176</v>
+      </c>
+      <c r="E158" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F158" t="s">
+        <v>177</v>
+      </c>
+      <c r="G158" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="159" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A159" s="4" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B159" s="5" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="C159" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D159" t="s">
+        <v>176</v>
+      </c>
+      <c r="E159" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F159" t="s">
+        <v>177</v>
+      </c>
+      <c r="G159" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="160" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A160" s="4" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B160" s="5" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="C160" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D160" t="s">
+        <v>176</v>
+      </c>
+      <c r="E160" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F160" t="s">
+        <v>177</v>
+      </c>
+      <c r="G160" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="161" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A161" s="4" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B161" s="5" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="C161" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D161" t="s">
+        <v>176</v>
+      </c>
+      <c r="E161" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F161" t="s">
+        <v>177</v>
+      </c>
+      <c r="G161" t="s">
         <v>178</v>
       </c>
-      <c r="E161" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="162" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A162" s="7" t="s">
-        <v>176</v>
+      <c r="A162" s="4" t="s">
+        <v>174</v>
       </c>
       <c r="B162" s="5" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="C162" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D162" t="s">
+        <v>176</v>
+      </c>
+      <c r="E162" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F162" t="s">
+        <v>177</v>
+      </c>
+      <c r="G162" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="163" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A163" s="4" t="s">
-        <v>208</v>
+        <v>174</v>
       </c>
       <c r="B163" s="5" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="C163" s="6" t="s">
-        <v>210</v>
+        <v>90</v>
       </c>
       <c r="D163" t="s">
-        <v>211</v>
+        <v>176</v>
       </c>
       <c r="E163" t="s">
-        <v>212</v>
+        <v>1200</v>
       </c>
       <c r="F163" t="s">
-        <v>213</v>
+        <v>177</v>
       </c>
       <c r="G163" t="s">
-        <v>214</v>
+        <v>178</v>
       </c>
     </row>
     <row r="164" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A164" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="B164" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="C164" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D164" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E164" t="s">
         <v>208</v>
       </c>
-      <c r="B164" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C164" s="6" t="s">
+      <c r="F164" t="s">
+        <v>209</v>
+      </c>
+      <c r="G164" t="s">
         <v>210</v>
-      </c>
-[...10 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="165" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A165" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="B165" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="C165" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D165" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E165" t="s">
         <v>208</v>
       </c>
-      <c r="B165" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C165" s="6" t="s">
+      <c r="F165" t="s">
+        <v>209</v>
+      </c>
+      <c r="G165" t="s">
         <v>210</v>
-      </c>
-[...10 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="166" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A166" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="B166" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="C166" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D166" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E166" t="s">
         <v>208</v>
       </c>
-      <c r="B166" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C166" s="6" t="s">
+      <c r="F166" t="s">
+        <v>209</v>
+      </c>
+      <c r="G166" t="s">
         <v>210</v>
-      </c>
-[...10 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="167" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A167" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="B167" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="C167" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D167" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E167" t="s">
         <v>208</v>
       </c>
-      <c r="B167" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C167" s="6" t="s">
+      <c r="F167" t="s">
+        <v>209</v>
+      </c>
+      <c r="G167" t="s">
         <v>210</v>
-      </c>
-[...10 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="168" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A168" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="B168" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="C168" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D168" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E168" t="s">
         <v>208</v>
       </c>
-      <c r="B168" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C168" s="6" t="s">
+      <c r="F168" t="s">
+        <v>209</v>
+      </c>
+      <c r="G168" t="s">
         <v>210</v>
-      </c>
-[...10 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="169" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A169" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="B169" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="C169" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D169" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E169" t="s">
         <v>208</v>
       </c>
-      <c r="B169" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C169" s="6" t="s">
+      <c r="F169" t="s">
+        <v>209</v>
+      </c>
+      <c r="G169" t="s">
         <v>210</v>
-      </c>
-[...10 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="170" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A170" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="B170" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="C170" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D170" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E170" t="s">
         <v>208</v>
       </c>
-      <c r="B170" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C170" s="6" t="s">
+      <c r="F170" t="s">
+        <v>209</v>
+      </c>
+      <c r="G170" t="s">
         <v>210</v>
-      </c>
-[...10 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="171" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A171" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="B171" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="C171" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D171" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E171" t="s">
         <v>208</v>
       </c>
-      <c r="B171" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C171" s="6" t="s">
+      <c r="F171" t="s">
+        <v>209</v>
+      </c>
+      <c r="G171" t="s">
         <v>210</v>
       </c>
-      <c r="D171" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="172" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A172" s="7" t="s">
+      <c r="A172" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="B172" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="C172" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D172" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E172" t="s">
         <v>208</v>
       </c>
-      <c r="B172" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C172" s="6" t="s">
+      <c r="F172" t="s">
+        <v>209</v>
+      </c>
+      <c r="G172" t="s">
         <v>210</v>
-      </c>
-[...10 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="173" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A173" s="4" t="s">
-        <v>224</v>
+        <v>205</v>
       </c>
       <c r="B173" s="5" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="C173" s="6" t="s">
-        <v>154</v>
+        <v>207</v>
       </c>
       <c r="D173" t="s">
-        <v>226</v>
+        <v>1205</v>
       </c>
       <c r="E173" t="s">
-        <v>227</v>
+        <v>208</v>
       </c>
       <c r="F173" t="s">
-        <v>228</v>
+        <v>209</v>
       </c>
       <c r="G173" t="s">
-        <v>229</v>
+        <v>210</v>
       </c>
     </row>
     <row r="174" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A174" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B174" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="C174" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D174" t="s">
+        <v>222</v>
+      </c>
+      <c r="E174" t="s">
+        <v>223</v>
+      </c>
+      <c r="F174" t="s">
         <v>224</v>
       </c>
-      <c r="B174" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G174" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="175" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A175" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B175" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="C175" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D175" t="s">
+        <v>222</v>
+      </c>
+      <c r="E175" t="s">
+        <v>223</v>
+      </c>
+      <c r="F175" t="s">
         <v>224</v>
       </c>
-      <c r="B175" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G175" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="176" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A176" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B176" s="5" t="s">
+        <v>227</v>
+      </c>
+      <c r="C176" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D176" t="s">
+        <v>222</v>
+      </c>
+      <c r="E176" t="s">
+        <v>223</v>
+      </c>
+      <c r="F176" t="s">
         <v>224</v>
       </c>
-      <c r="B176" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G176" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="177" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A177" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B177" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="C177" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D177" t="s">
+        <v>222</v>
+      </c>
+      <c r="E177" t="s">
+        <v>223</v>
+      </c>
+      <c r="F177" t="s">
         <v>224</v>
       </c>
-      <c r="B177" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G177" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="178" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A178" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B178" s="5" t="s">
+        <v>229</v>
+      </c>
+      <c r="C178" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D178" t="s">
+        <v>222</v>
+      </c>
+      <c r="E178" t="s">
+        <v>223</v>
+      </c>
+      <c r="F178" t="s">
         <v>224</v>
       </c>
-      <c r="B178" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G178" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="179" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A179" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B179" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="C179" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D179" t="s">
+        <v>222</v>
+      </c>
+      <c r="E179" t="s">
+        <v>223</v>
+      </c>
+      <c r="F179" t="s">
         <v>224</v>
       </c>
-      <c r="B179" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G179" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="180" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A180" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B180" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="C180" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D180" t="s">
+        <v>222</v>
+      </c>
+      <c r="E180" t="s">
+        <v>223</v>
+      </c>
+      <c r="F180" t="s">
         <v>224</v>
       </c>
-      <c r="B180" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G180" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="181" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A181" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B181" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="C181" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D181" t="s">
+        <v>222</v>
+      </c>
+      <c r="E181" t="s">
+        <v>223</v>
+      </c>
+      <c r="F181" t="s">
         <v>224</v>
       </c>
-      <c r="B181" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G181" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="182" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A182" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B182" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="C182" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D182" t="s">
+        <v>222</v>
+      </c>
+      <c r="E182" t="s">
+        <v>223</v>
+      </c>
+      <c r="F182" t="s">
         <v>224</v>
       </c>
-      <c r="B182" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G182" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="183" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A183" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B183" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="C183" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D183" t="s">
+        <v>222</v>
+      </c>
+      <c r="E183" t="s">
+        <v>223</v>
+      </c>
+      <c r="F183" t="s">
         <v>224</v>
       </c>
-      <c r="B183" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G183" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="184" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A184" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B184" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="C184" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D184" t="s">
+        <v>222</v>
+      </c>
+      <c r="E184" t="s">
+        <v>223</v>
+      </c>
+      <c r="F184" t="s">
         <v>224</v>
       </c>
-      <c r="B184" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G184" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="185" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A185" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B185" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="C185" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D185" t="s">
+        <v>222</v>
+      </c>
+      <c r="E185" t="s">
+        <v>223</v>
+      </c>
+      <c r="F185" t="s">
         <v>224</v>
       </c>
-      <c r="B185" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G185" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="186" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A186" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B186" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="C186" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D186" t="s">
+        <v>222</v>
+      </c>
+      <c r="E186" t="s">
+        <v>223</v>
+      </c>
+      <c r="F186" t="s">
         <v>224</v>
       </c>
-      <c r="B186" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G186" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="187" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A187" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B187" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="C187" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D187" t="s">
+        <v>222</v>
+      </c>
+      <c r="E187" t="s">
+        <v>223</v>
+      </c>
+      <c r="F187" t="s">
         <v>224</v>
       </c>
-      <c r="B187" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G187" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="188" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A188" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B188" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="C188" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D188" t="s">
+        <v>222</v>
+      </c>
+      <c r="E188" t="s">
+        <v>223</v>
+      </c>
+      <c r="F188" t="s">
         <v>224</v>
       </c>
-      <c r="B188" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G188" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="189" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A189" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B189" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="C189" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D189" t="s">
+        <v>222</v>
+      </c>
+      <c r="E189" t="s">
+        <v>223</v>
+      </c>
+      <c r="F189" t="s">
         <v>224</v>
       </c>
-      <c r="B189" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G189" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="190" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A190" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B190" s="5" t="s">
+        <v>241</v>
+      </c>
+      <c r="C190" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D190" t="s">
+        <v>222</v>
+      </c>
+      <c r="E190" t="s">
+        <v>223</v>
+      </c>
+      <c r="F190" t="s">
         <v>224</v>
       </c>
-      <c r="B190" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G190" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="191" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A191" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B191" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="C191" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D191" t="s">
+        <v>222</v>
+      </c>
+      <c r="E191" t="s">
+        <v>223</v>
+      </c>
+      <c r="F191" t="s">
         <v>224</v>
       </c>
-      <c r="B191" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G191" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="192" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A192" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B192" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="C192" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D192" t="s">
+        <v>222</v>
+      </c>
+      <c r="E192" t="s">
+        <v>223</v>
+      </c>
+      <c r="F192" t="s">
         <v>224</v>
       </c>
-      <c r="B192" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G192" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="193" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A193" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B193" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="C193" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D193" t="s">
+        <v>222</v>
+      </c>
+      <c r="E193" t="s">
+        <v>223</v>
+      </c>
+      <c r="F193" t="s">
         <v>224</v>
       </c>
-      <c r="B193" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G193" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="194" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A194" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B194" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="C194" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D194" t="s">
+        <v>222</v>
+      </c>
+      <c r="E194" t="s">
+        <v>223</v>
+      </c>
+      <c r="F194" t="s">
         <v>224</v>
       </c>
-      <c r="B194" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G194" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="195" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A195" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B195" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="C195" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D195" t="s">
+        <v>222</v>
+      </c>
+      <c r="E195" t="s">
+        <v>223</v>
+      </c>
+      <c r="F195" t="s">
         <v>224</v>
       </c>
-      <c r="B195" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G195" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="196" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A196" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B196" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="C196" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D196" t="s">
+        <v>222</v>
+      </c>
+      <c r="E196" t="s">
+        <v>223</v>
+      </c>
+      <c r="F196" t="s">
         <v>224</v>
       </c>
-      <c r="B196" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G196" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="197" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A197" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B197" s="5" t="s">
+        <v>248</v>
+      </c>
+      <c r="C197" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D197" t="s">
+        <v>222</v>
+      </c>
+      <c r="E197" t="s">
+        <v>223</v>
+      </c>
+      <c r="F197" t="s">
         <v>224</v>
       </c>
-      <c r="B197" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G197" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="198" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A198" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B198" s="5" t="s">
+        <v>249</v>
+      </c>
+      <c r="C198" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D198" t="s">
+        <v>222</v>
+      </c>
+      <c r="E198" t="s">
+        <v>223</v>
+      </c>
+      <c r="F198" t="s">
         <v>224</v>
       </c>
-      <c r="B198" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G198" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="199" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A199" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B199" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="C199" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D199" t="s">
+        <v>222</v>
+      </c>
+      <c r="E199" t="s">
+        <v>223</v>
+      </c>
+      <c r="F199" t="s">
         <v>224</v>
       </c>
-      <c r="B199" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G199" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="200" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A200" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B200" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="C200" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D200" t="s">
+        <v>222</v>
+      </c>
+      <c r="E200" t="s">
+        <v>223</v>
+      </c>
+      <c r="F200" t="s">
         <v>224</v>
       </c>
-      <c r="B200" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G200" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="201" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A201" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B201" s="5" t="s">
+        <v>252</v>
+      </c>
+      <c r="C201" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D201" t="s">
+        <v>222</v>
+      </c>
+      <c r="E201" t="s">
+        <v>223</v>
+      </c>
+      <c r="F201" t="s">
         <v>224</v>
       </c>
-      <c r="B201" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G201" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="202" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A202" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B202" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="C202" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D202" t="s">
+        <v>222</v>
+      </c>
+      <c r="E202" t="s">
+        <v>223</v>
+      </c>
+      <c r="F202" t="s">
         <v>224</v>
       </c>
-      <c r="B202" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G202" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="203" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A203" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B203" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="C203" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D203" t="s">
+        <v>222</v>
+      </c>
+      <c r="E203" t="s">
+        <v>223</v>
+      </c>
+      <c r="F203" t="s">
         <v>224</v>
       </c>
-      <c r="B203" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G203" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="204" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A204" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B204" s="5" t="s">
+        <v>255</v>
+      </c>
+      <c r="C204" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D204" t="s">
+        <v>222</v>
+      </c>
+      <c r="E204" t="s">
+        <v>223</v>
+      </c>
+      <c r="F204" t="s">
         <v>224</v>
       </c>
-      <c r="B204" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G204" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="205" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A205" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B205" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="C205" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D205" t="s">
+        <v>222</v>
+      </c>
+      <c r="E205" t="s">
+        <v>223</v>
+      </c>
+      <c r="F205" t="s">
         <v>224</v>
       </c>
-      <c r="B205" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G205" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="206" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A206" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B206" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="C206" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D206" t="s">
+        <v>222</v>
+      </c>
+      <c r="E206" t="s">
+        <v>223</v>
+      </c>
+      <c r="F206" t="s">
         <v>224</v>
       </c>
-      <c r="B206" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G206" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="207" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A207" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B207" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="C207" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D207" t="s">
+        <v>222</v>
+      </c>
+      <c r="E207" t="s">
+        <v>223</v>
+      </c>
+      <c r="F207" t="s">
         <v>224</v>
       </c>
-      <c r="B207" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G207" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="208" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A208" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B208" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="C208" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D208" t="s">
+        <v>222</v>
+      </c>
+      <c r="E208" t="s">
+        <v>223</v>
+      </c>
+      <c r="F208" t="s">
         <v>224</v>
       </c>
-      <c r="B208" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G208" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="209" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A209" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B209" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="C209" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D209" t="s">
+        <v>222</v>
+      </c>
+      <c r="E209" t="s">
+        <v>223</v>
+      </c>
+      <c r="F209" t="s">
         <v>224</v>
       </c>
-      <c r="B209" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G209" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="210" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A210" s="7" t="s">
+      <c r="A210" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B210" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C210" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D210" t="s">
+        <v>222</v>
+      </c>
+      <c r="E210" t="s">
+        <v>223</v>
+      </c>
+      <c r="F210" t="s">
         <v>224</v>
       </c>
-      <c r="B210" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G210" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
     </row>
     <row r="211" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A211" s="4" t="s">
-        <v>267</v>
+        <v>220</v>
       </c>
       <c r="B211" s="5" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="C211" s="6" t="s">
-        <v>9</v>
+        <v>153</v>
       </c>
       <c r="D211" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>222</v>
+      </c>
+      <c r="E211" t="s">
+        <v>223</v>
       </c>
       <c r="F211" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>224</v>
+      </c>
+      <c r="G211" t="s">
+        <v>225</v>
       </c>
     </row>
     <row r="212" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A212" s="7" t="s">
-        <v>267</v>
+      <c r="A212" s="4" t="s">
+        <v>263</v>
       </c>
       <c r="B212" s="5" t="s">
-        <v>271</v>
+        <v>264</v>
       </c>
       <c r="C212" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D212" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="E212">
         <v>0</v>
       </c>
       <c r="F212" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="G212">
         <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A213" s="4" t="s">
-        <v>272</v>
+        <v>263</v>
       </c>
       <c r="B213" s="5" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="C213" s="6" t="s">
-        <v>83</v>
+        <v>9</v>
       </c>
       <c r="D213" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>275</v>
+        <v>265</v>
+      </c>
+      <c r="E213">
+        <v>0</v>
       </c>
       <c r="F213" t="s">
-        <v>276</v>
+        <v>266</v>
       </c>
       <c r="G213">
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A214" s="4" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="B214" s="5" t="s">
-        <v>277</v>
+        <v>269</v>
       </c>
       <c r="C214" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D214" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="E214" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="F214" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="G214">
         <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A215" s="4" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="B215" s="5" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="C215" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D215" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="E215" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="F215" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="G215">
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A216" s="4" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="B216" s="5" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="C216" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D216" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="E216" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="F216" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="G216">
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A217" s="4" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="B217" s="5" t="s">
-        <v>280</v>
+        <v>275</v>
       </c>
       <c r="C217" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D217" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="E217" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="F217" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="G217">
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A218" s="4" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="B218" s="5" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="C218" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D218" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="E218" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="F218" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="G218">
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A219" s="4" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="B219" s="5" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="C219" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D219" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="E219" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="F219" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="G219">
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A220" s="4" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="B220" s="5" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
       <c r="C220" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D220" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="E220" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="F220" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="G220">
         <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A221" s="4" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="B221" s="5" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
       <c r="C221" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D221" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="E221" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="F221" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="G221">
         <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A222" s="4" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="B222" s="5" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="C222" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D222" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="E222" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="F222" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="G222">
         <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A223" s="4" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="B223" s="5" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="C223" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D223" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="E223" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="F223" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="G223">
         <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A224" s="4" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="B224" s="5" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="C224" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D224" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="E224" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="F224" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="G224">
         <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A225" s="4" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="B225" s="5" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="C225" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D225" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="E225" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="F225" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="G225">
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A226" s="4" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="B226" s="5" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="C226" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D226" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="E226" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="F226" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="G226">
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A227" s="4" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="B227" s="5" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="C227" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D227" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="E227" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="F227" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="G227">
         <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A228" s="7" t="s">
-        <v>272</v>
+      <c r="A228" s="4" t="s">
+        <v>268</v>
       </c>
       <c r="B228" s="5" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="C228" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D228" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="E228" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="F228" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="G228">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A229" s="4" t="s">
-        <v>292</v>
+        <v>268</v>
       </c>
       <c r="B229" s="5" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="C229" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D229" t="s">
-        <v>294</v>
+        <v>270</v>
       </c>
       <c r="E229" t="s">
-        <v>295</v>
+        <v>271</v>
       </c>
       <c r="F229" t="s">
-        <v>296</v>
+        <v>272</v>
       </c>
       <c r="G229">
         <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A230" s="4" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="B230" s="5" t="s">
-        <v>297</v>
+        <v>289</v>
       </c>
       <c r="C230" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D230" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="E230" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F230" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="G230">
         <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A231" s="4" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="B231" s="5" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="C231" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D231" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="E231" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F231" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="G231">
         <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A232" s="4" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="B232" s="5" t="s">
-        <v>299</v>
+        <v>294</v>
       </c>
       <c r="C232" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D232" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="E232" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F232" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="G232">
         <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A233" s="4" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="B233" s="5" t="s">
-        <v>73</v>
+        <v>295</v>
       </c>
       <c r="C233" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D233" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="E233" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F233" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="G233">
         <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A234" s="4" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="B234" s="5" t="s">
-        <v>300</v>
+        <v>73</v>
       </c>
       <c r="C234" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D234" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="E234" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F234" t="s">
+        <v>292</v>
+      </c>
+      <c r="G234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="235" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A235" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="B235" s="5" t="s">
         <v>296</v>
-      </c>
-[...9 lines deleted...]
-        <v>301</v>
       </c>
       <c r="C235" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D235" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="E235" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F235" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="G235">
         <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A236" s="4" t="s">
-        <v>302</v>
+        <v>288</v>
       </c>
       <c r="B236" s="5" t="s">
-        <v>303</v>
+        <v>297</v>
       </c>
       <c r="C236" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D236" t="s">
-        <v>304</v>
+        <v>290</v>
       </c>
       <c r="E236" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="F236" t="s">
-        <v>306</v>
+        <v>292</v>
       </c>
       <c r="G236">
         <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A237" s="4" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="B237" s="5" t="s">
-        <v>307</v>
+        <v>299</v>
       </c>
       <c r="C237" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D237" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="E237" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="F237" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="G237">
         <v>0</v>
       </c>
     </row>
     <row r="238" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A238" s="4" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="B238" s="5" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="C238" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D238" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="E238" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="F238" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="G238">
         <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A239" s="4" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="B239" s="5" t="s">
-        <v>309</v>
+        <v>304</v>
       </c>
       <c r="C239" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D239" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="E239" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="F239" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="G239">
         <v>0</v>
       </c>
     </row>
     <row r="240" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A240" s="4" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="B240" s="5" t="s">
-        <v>310</v>
+        <v>305</v>
       </c>
       <c r="C240" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D240" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="E240" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="F240" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="G240">
         <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A241" s="4" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="B241" s="5" t="s">
-        <v>311</v>
+        <v>306</v>
       </c>
       <c r="C241" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D241" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="E241" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="F241" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="G241">
         <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A242" s="4" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="B242" s="5" t="s">
-        <v>312</v>
+        <v>307</v>
       </c>
       <c r="C242" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D242" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="E242" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="F242" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="G242">
         <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A243" s="4" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="B243" s="5" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="C243" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D243" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="E243" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="F243" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="G243">
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A244" s="7" t="s">
-        <v>302</v>
+      <c r="A244" s="4" t="s">
+        <v>298</v>
       </c>
       <c r="B244" s="5" t="s">
-        <v>314</v>
+        <v>309</v>
       </c>
       <c r="C244" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D244" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="E244" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="F244" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="G244">
         <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A245" s="4" t="s">
-        <v>315</v>
+        <v>298</v>
       </c>
       <c r="B245" s="5" t="s">
-        <v>316</v>
+        <v>310</v>
       </c>
       <c r="C245" s="6" t="s">
-        <v>9</v>
+        <v>83</v>
       </c>
       <c r="D245" t="s">
-        <v>317</v>
+        <v>300</v>
       </c>
       <c r="E245" t="s">
-        <v>318</v>
+        <v>301</v>
       </c>
       <c r="F245" t="s">
-        <v>319</v>
-[...2 lines deleted...]
-        <v>320</v>
+        <v>302</v>
+      </c>
+      <c r="G245">
+        <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A246" s="4" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="B246" s="5" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="C246" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D246" t="s">
-        <v>317</v>
+        <v>1212</v>
       </c>
       <c r="E246" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="F246" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="G246" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
     </row>
     <row r="247" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A247" s="4" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="B247" s="5" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="C247" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D247" t="s">
-        <v>317</v>
+        <v>1212</v>
       </c>
       <c r="E247" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="F247" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="G247" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
     </row>
     <row r="248" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A248" s="4" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="B248" s="5" t="s">
-        <v>323</v>
+        <v>317</v>
       </c>
       <c r="C248" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D248" t="s">
-        <v>317</v>
+        <v>1212</v>
       </c>
       <c r="E248" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="F248" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="G248" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
     </row>
     <row r="249" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A249" s="4" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="B249" s="5" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
       <c r="C249" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D249" t="s">
-        <v>317</v>
+        <v>1212</v>
       </c>
       <c r="E249" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="F249" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="G249" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
     </row>
     <row r="250" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A250" s="4" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="B250" s="5" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="C250" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D250" t="s">
-        <v>317</v>
+        <v>1212</v>
       </c>
       <c r="E250" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="F250" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="G250" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="251" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A251" s="4" t="s">
+        <v>311</v>
+      </c>
+      <c r="B251" s="5" t="s">
         <v>320</v>
-      </c>
-[...6 lines deleted...]
-        <v>326</v>
       </c>
       <c r="C251" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D251" t="s">
-        <v>317</v>
+        <v>1212</v>
       </c>
       <c r="E251" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="F251" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="G251" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
     </row>
     <row r="252" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A252" s="4" t="s">
-        <v>327</v>
+        <v>311</v>
       </c>
       <c r="B252" s="5" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="C252" s="6" t="s">
-        <v>210</v>
+        <v>9</v>
       </c>
       <c r="D252" t="s">
-        <v>329</v>
+        <v>1212</v>
       </c>
       <c r="E252" t="s">
-        <v>330</v>
+        <v>313</v>
       </c>
       <c r="F252" t="s">
-        <v>331</v>
+        <v>314</v>
       </c>
       <c r="G252" t="s">
-        <v>332</v>
+        <v>315</v>
       </c>
     </row>
     <row r="253" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A253" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B253" s="5" t="s">
+        <v>323</v>
+      </c>
+      <c r="C253" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D253" t="s">
+        <v>324</v>
+      </c>
+      <c r="E253" t="s">
+        <v>325</v>
+      </c>
+      <c r="F253" t="s">
+        <v>326</v>
+      </c>
+      <c r="G253" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="254" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A254" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B254" s="5" t="s">
+        <v>328</v>
+      </c>
+      <c r="C254" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D254" t="s">
+        <v>324</v>
+      </c>
+      <c r="E254" t="s">
+        <v>325</v>
+      </c>
+      <c r="F254" t="s">
+        <v>326</v>
+      </c>
+      <c r="G254" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="255" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A255" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B255" s="5" t="s">
+        <v>329</v>
+      </c>
+      <c r="C255" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D255" t="s">
+        <v>324</v>
+      </c>
+      <c r="E255" t="s">
+        <v>325</v>
+      </c>
+      <c r="F255" t="s">
+        <v>326</v>
+      </c>
+      <c r="G255" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="256" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A256" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B256" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="C256" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D256" t="s">
+        <v>324</v>
+      </c>
+      <c r="E256" t="s">
+        <v>325</v>
+      </c>
+      <c r="F256" t="s">
+        <v>326</v>
+      </c>
+      <c r="G256" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="257" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A257" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B257" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="C257" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D257" t="s">
+        <v>324</v>
+      </c>
+      <c r="E257" t="s">
+        <v>325</v>
+      </c>
+      <c r="F257" t="s">
+        <v>326</v>
+      </c>
+      <c r="G257" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="258" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A258" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B258" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="C258" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D258" t="s">
+        <v>324</v>
+      </c>
+      <c r="E258" t="s">
+        <v>325</v>
+      </c>
+      <c r="F258" t="s">
+        <v>326</v>
+      </c>
+      <c r="G258" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="259" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A259" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B259" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="C259" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D259" t="s">
+        <v>324</v>
+      </c>
+      <c r="E259" t="s">
+        <v>325</v>
+      </c>
+      <c r="F259" t="s">
+        <v>326</v>
+      </c>
+      <c r="G259" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="260" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A260" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B260" s="5" t="s">
+        <v>334</v>
+      </c>
+      <c r="C260" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D260" t="s">
+        <v>324</v>
+      </c>
+      <c r="E260" t="s">
+        <v>325</v>
+      </c>
+      <c r="F260" t="s">
+        <v>326</v>
+      </c>
+      <c r="G260" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="261" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A261" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B261" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="C261" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D261" t="s">
+        <v>324</v>
+      </c>
+      <c r="E261" t="s">
+        <v>325</v>
+      </c>
+      <c r="F261" t="s">
+        <v>326</v>
+      </c>
+      <c r="G261" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="262" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A262" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B262" s="5" t="s">
+        <v>336</v>
+      </c>
+      <c r="C262" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D262" t="s">
+        <v>324</v>
+      </c>
+      <c r="E262" t="s">
+        <v>325</v>
+      </c>
+      <c r="F262" t="s">
+        <v>326</v>
+      </c>
+      <c r="G262" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="263" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A263" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B263" s="5" t="s">
+        <v>337</v>
+      </c>
+      <c r="C263" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D263" t="s">
+        <v>324</v>
+      </c>
+      <c r="E263" t="s">
+        <v>325</v>
+      </c>
+      <c r="F263" t="s">
+        <v>326</v>
+      </c>
+      <c r="G263" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="264" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A264" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B264" s="5" t="s">
+        <v>338</v>
+      </c>
+      <c r="C264" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D264" t="s">
+        <v>324</v>
+      </c>
+      <c r="E264" t="s">
+        <v>325</v>
+      </c>
+      <c r="F264" t="s">
+        <v>326</v>
+      </c>
+      <c r="G264" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="265" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A265" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B265" s="5" t="s">
+        <v>339</v>
+      </c>
+      <c r="C265" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D265" t="s">
+        <v>324</v>
+      </c>
+      <c r="E265" t="s">
+        <v>325</v>
+      </c>
+      <c r="F265" t="s">
+        <v>326</v>
+      </c>
+      <c r="G265" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="266" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A266" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B266" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="C266" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D266" t="s">
+        <v>324</v>
+      </c>
+      <c r="E266" t="s">
+        <v>325</v>
+      </c>
+      <c r="F266" t="s">
+        <v>326</v>
+      </c>
+      <c r="G266" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="267" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A267" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B267" s="5" t="s">
+        <v>341</v>
+      </c>
+      <c r="C267" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D267" t="s">
+        <v>324</v>
+      </c>
+      <c r="E267" t="s">
+        <v>325</v>
+      </c>
+      <c r="F267" t="s">
+        <v>326</v>
+      </c>
+      <c r="G267" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="268" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A268" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B268" s="5" t="s">
+        <v>342</v>
+      </c>
+      <c r="C268" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D268" t="s">
+        <v>324</v>
+      </c>
+      <c r="E268" t="s">
+        <v>325</v>
+      </c>
+      <c r="F268" t="s">
+        <v>326</v>
+      </c>
+      <c r="G268" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="269" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A269" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B269" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="C269" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D269" t="s">
+        <v>324</v>
+      </c>
+      <c r="E269" t="s">
+        <v>325</v>
+      </c>
+      <c r="F269" t="s">
+        <v>326</v>
+      </c>
+      <c r="G269" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="270" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A270" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B270" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="C270" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D270" t="s">
+        <v>324</v>
+      </c>
+      <c r="E270" t="s">
+        <v>325</v>
+      </c>
+      <c r="F270" t="s">
+        <v>326</v>
+      </c>
+      <c r="G270" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="271" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A271" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B271" s="5" t="s">
+        <v>345</v>
+      </c>
+      <c r="C271" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D271" t="s">
+        <v>324</v>
+      </c>
+      <c r="E271" t="s">
+        <v>325</v>
+      </c>
+      <c r="F271" t="s">
+        <v>326</v>
+      </c>
+      <c r="G271" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="272" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A272" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B272" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="C272" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D272" t="s">
+        <v>324</v>
+      </c>
+      <c r="E272" t="s">
+        <v>325</v>
+      </c>
+      <c r="F272" t="s">
+        <v>326</v>
+      </c>
+      <c r="G272" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="273" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A273" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B273" s="5" t="s">
+        <v>347</v>
+      </c>
+      <c r="C273" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D273" t="s">
+        <v>324</v>
+      </c>
+      <c r="E273" t="s">
+        <v>325</v>
+      </c>
+      <c r="F273" t="s">
+        <v>326</v>
+      </c>
+      <c r="G273" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="274" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A274" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B274" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="C274" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D274" t="s">
+        <v>324</v>
+      </c>
+      <c r="E274" t="s">
+        <v>325</v>
+      </c>
+      <c r="F274" t="s">
+        <v>326</v>
+      </c>
+      <c r="G274" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="275" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A275" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B275" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="C275" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D275" t="s">
+        <v>324</v>
+      </c>
+      <c r="E275" t="s">
+        <v>325</v>
+      </c>
+      <c r="F275" t="s">
+        <v>326</v>
+      </c>
+      <c r="G275" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="276" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A276" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B276" s="5" t="s">
+        <v>350</v>
+      </c>
+      <c r="C276" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D276" t="s">
+        <v>324</v>
+      </c>
+      <c r="E276" t="s">
+        <v>325</v>
+      </c>
+      <c r="F276" t="s">
+        <v>326</v>
+      </c>
+      <c r="G276" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="277" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A277" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B277" s="5" t="s">
+        <v>351</v>
+      </c>
+      <c r="C277" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D277" t="s">
+        <v>324</v>
+      </c>
+      <c r="E277" t="s">
+        <v>325</v>
+      </c>
+      <c r="F277" t="s">
+        <v>326</v>
+      </c>
+      <c r="G277" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="278" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A278" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B278" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="C278" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D278" t="s">
+        <v>324</v>
+      </c>
+      <c r="E278" t="s">
+        <v>325</v>
+      </c>
+      <c r="F278" t="s">
+        <v>326</v>
+      </c>
+      <c r="G278" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="279" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A279" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B279" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="C279" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D279" t="s">
+        <v>324</v>
+      </c>
+      <c r="E279" t="s">
+        <v>325</v>
+      </c>
+      <c r="F279" t="s">
+        <v>326</v>
+      </c>
+      <c r="G279" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="280" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A280" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B280" s="5" t="s">
+        <v>354</v>
+      </c>
+      <c r="C280" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D280" t="s">
+        <v>324</v>
+      </c>
+      <c r="E280" t="s">
+        <v>325</v>
+      </c>
+      <c r="F280" t="s">
+        <v>326</v>
+      </c>
+      <c r="G280" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="281" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A281" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B281" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="C281" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D281" t="s">
+        <v>324</v>
+      </c>
+      <c r="E281" t="s">
+        <v>325</v>
+      </c>
+      <c r="F281" t="s">
+        <v>326</v>
+      </c>
+      <c r="G281" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="282" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A282" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B282" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="C282" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D282" t="s">
+        <v>324</v>
+      </c>
+      <c r="E282" t="s">
+        <v>325</v>
+      </c>
+      <c r="F282" t="s">
+        <v>326</v>
+      </c>
+      <c r="G282" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="283" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A283" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B283" s="5" t="s">
+        <v>357</v>
+      </c>
+      <c r="C283" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D283" t="s">
+        <v>324</v>
+      </c>
+      <c r="E283" t="s">
+        <v>325</v>
+      </c>
+      <c r="F283" t="s">
+        <v>326</v>
+      </c>
+      <c r="G283" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="284" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A284" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B284" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="C284" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D284" t="s">
+        <v>324</v>
+      </c>
+      <c r="E284" t="s">
+        <v>325</v>
+      </c>
+      <c r="F284" t="s">
+        <v>326</v>
+      </c>
+      <c r="G284" t="s">
         <v>327</v>
       </c>
-      <c r="B284" s="5" t="s">
-[...16 lines deleted...]
-      </c>
     </row>
     <row r="285" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A285" s="7" t="s">
+      <c r="A285" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B285" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="C285" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D285" t="s">
+        <v>324</v>
+      </c>
+      <c r="E285" t="s">
+        <v>325</v>
+      </c>
+      <c r="F285" t="s">
+        <v>326</v>
+      </c>
+      <c r="G285" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="286" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A286" s="4" t="s">
-        <v>366</v>
+        <v>322</v>
       </c>
       <c r="B286" s="5" t="s">
-        <v>367</v>
+        <v>360</v>
       </c>
       <c r="C286" s="6" t="s">
-        <v>9</v>
+        <v>207</v>
       </c>
       <c r="D286" t="s">
-        <v>368</v>
+        <v>324</v>
       </c>
       <c r="E286" t="s">
-        <v>369</v>
+        <v>325</v>
       </c>
       <c r="F286" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>326</v>
+      </c>
+      <c r="G286" t="s">
+        <v>327</v>
       </c>
     </row>
     <row r="287" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A287" s="7" t="s">
-        <v>366</v>
+      <c r="A287" s="4" t="s">
+        <v>361</v>
       </c>
       <c r="B287" s="5" t="s">
-        <v>371</v>
+        <v>362</v>
       </c>
       <c r="C287" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D287" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="E287" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="F287" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="G287">
         <v>0</v>
       </c>
     </row>
     <row r="288" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A288" s="4" t="s">
-        <v>372</v>
+        <v>361</v>
       </c>
       <c r="B288" s="5" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="C288" s="6" t="s">
-        <v>83</v>
+        <v>9</v>
       </c>
       <c r="D288" t="s">
-        <v>374</v>
+        <v>363</v>
       </c>
       <c r="E288" t="s">
-        <v>375</v>
+        <v>364</v>
       </c>
       <c r="F288" t="s">
-        <v>376</v>
+        <v>365</v>
       </c>
       <c r="G288">
         <v>0</v>
       </c>
     </row>
     <row r="289" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A289" s="4" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="B289" s="5" t="s">
-        <v>377</v>
+        <v>368</v>
       </c>
       <c r="C289" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D289" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="E289" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="F289" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="G289">
         <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A290" s="4" t="s">
+        <v>367</v>
+      </c>
+      <c r="B290" s="5" t="s">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>378</v>
       </c>
       <c r="C290" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D290" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="E290" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="F290" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="G290">
         <v>0</v>
       </c>
     </row>
     <row r="291" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A291" s="4" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="B291" s="5" t="s">
-        <v>379</v>
+        <v>373</v>
       </c>
       <c r="C291" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D291" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="E291" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="F291" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="G291">
         <v>0</v>
       </c>
     </row>
     <row r="292" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A292" s="4" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="B292" s="5" t="s">
-        <v>380</v>
+        <v>374</v>
       </c>
       <c r="C292" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D292" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="E292" t="s">
+        <v>370</v>
+      </c>
+      <c r="F292" t="s">
+        <v>371</v>
+      </c>
+      <c r="G292">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="293" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A293" s="4" t="s">
+        <v>367</v>
+      </c>
+      <c r="B293" s="5" t="s">
         <v>375</v>
-      </c>
-[...12 lines deleted...]
-        <v>381</v>
       </c>
       <c r="C293" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D293" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="E293" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="F293" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="G293">
         <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A294" s="4" t="s">
-        <v>382</v>
+        <v>367</v>
       </c>
       <c r="B294" s="5" t="s">
-        <v>383</v>
+        <v>376</v>
       </c>
       <c r="C294" s="6" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="D294" t="s">
-        <v>384</v>
+        <v>369</v>
+      </c>
+      <c r="E294" t="s">
+        <v>370</v>
       </c>
       <c r="F294" t="s">
-        <v>385</v>
+        <v>371</v>
       </c>
       <c r="G294">
         <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A295" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B295" s="5" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="C295" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D295" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E295" t="s">
+        <v>380</v>
       </c>
       <c r="F295" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G295">
         <v>0</v>
       </c>
     </row>
     <row r="296" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A296" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B296" s="5" t="s">
-        <v>387</v>
+        <v>381</v>
       </c>
       <c r="C296" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D296" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E296" t="s">
+        <v>380</v>
       </c>
       <c r="F296" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G296">
         <v>0</v>
       </c>
     </row>
     <row r="297" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A297" s="4" t="s">
+        <v>377</v>
+      </c>
+      <c r="B297" s="5" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="C297" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D297" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E297" t="s">
+        <v>380</v>
       </c>
       <c r="F297" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G297">
         <v>0</v>
       </c>
     </row>
     <row r="298" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A298" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B298" s="5" t="s">
-        <v>389</v>
+        <v>383</v>
       </c>
       <c r="C298" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D298" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E298" t="s">
+        <v>380</v>
       </c>
       <c r="F298" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G298">
         <v>0</v>
       </c>
     </row>
     <row r="299" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A299" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B299" s="5" t="s">
-        <v>390</v>
+        <v>384</v>
       </c>
       <c r="C299" s="6" t="s">
-        <v>34</v>
+        <v>90</v>
       </c>
       <c r="D299" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E299" t="s">
+        <v>380</v>
       </c>
       <c r="F299" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G299">
         <v>0</v>
       </c>
     </row>
     <row r="300" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A300" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B300" s="5" t="s">
-        <v>391</v>
+        <v>385</v>
       </c>
       <c r="C300" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D300" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E300" t="s">
+        <v>380</v>
       </c>
       <c r="F300" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G300">
         <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A301" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B301" s="5" t="s">
-        <v>392</v>
+        <v>386</v>
       </c>
       <c r="C301" s="6" t="s">
-        <v>90</v>
+        <v>33</v>
       </c>
       <c r="D301" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E301" t="s">
+        <v>380</v>
       </c>
       <c r="F301" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G301">
         <v>0</v>
       </c>
     </row>
     <row r="302" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A302" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B302" s="5" t="s">
-        <v>393</v>
+        <v>387</v>
       </c>
       <c r="C302" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D302" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E302" t="s">
+        <v>380</v>
       </c>
       <c r="F302" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G302">
         <v>0</v>
       </c>
     </row>
     <row r="303" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A303" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B303" s="5" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="C303" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D303" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E303" t="s">
+        <v>380</v>
       </c>
       <c r="F303" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G303">
         <v>0</v>
       </c>
     </row>
     <row r="304" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A304" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B304" s="5" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="C304" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D304" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E304" t="s">
+        <v>380</v>
       </c>
       <c r="F304" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G304">
         <v>0</v>
       </c>
     </row>
     <row r="305" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A305" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B305" s="5" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="C305" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D305" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E305" t="s">
+        <v>380</v>
       </c>
       <c r="F305" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G305">
         <v>0</v>
       </c>
     </row>
     <row r="306" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A306" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B306" s="5" t="s">
-        <v>397</v>
+        <v>391</v>
       </c>
       <c r="C306" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D306" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E306" t="s">
+        <v>380</v>
       </c>
       <c r="F306" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G306">
         <v>0</v>
       </c>
     </row>
     <row r="307" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A307" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B307" s="5" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="C307" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D307" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E307" t="s">
+        <v>380</v>
       </c>
       <c r="F307" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G307">
         <v>0</v>
       </c>
     </row>
     <row r="308" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A308" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B308" s="5" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="C308" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D308" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E308" t="s">
+        <v>380</v>
       </c>
       <c r="F308" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G308">
         <v>0</v>
       </c>
     </row>
     <row r="309" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A309" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B309" s="5" t="s">
-        <v>400</v>
+        <v>394</v>
       </c>
       <c r="C309" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D309" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E309" t="s">
+        <v>380</v>
       </c>
       <c r="F309" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G309">
         <v>0</v>
       </c>
     </row>
     <row r="310" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A310" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B310" s="5" t="s">
-        <v>401</v>
+        <v>395</v>
       </c>
       <c r="C310" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D310" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E310" t="s">
+        <v>380</v>
       </c>
       <c r="F310" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G310">
         <v>0</v>
       </c>
     </row>
     <row r="311" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A311" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B311" s="5" t="s">
-        <v>402</v>
+        <v>396</v>
       </c>
       <c r="C311" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D311" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E311" t="s">
+        <v>380</v>
       </c>
       <c r="F311" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G311">
         <v>0</v>
       </c>
     </row>
     <row r="312" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A312" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B312" s="5" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="C312" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D312" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E312" t="s">
+        <v>380</v>
       </c>
       <c r="F312" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G312">
         <v>0</v>
       </c>
     </row>
     <row r="313" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A313" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B313" s="5" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="C313" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D313" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E313" t="s">
+        <v>380</v>
       </c>
       <c r="F313" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G313">
         <v>0</v>
       </c>
     </row>
     <row r="314" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A314" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B314" s="5" t="s">
-        <v>405</v>
+        <v>399</v>
       </c>
       <c r="C314" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D314" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E314" t="s">
+        <v>380</v>
       </c>
       <c r="F314" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G314">
         <v>0</v>
       </c>
     </row>
     <row r="315" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A315" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B315" s="5" t="s">
-        <v>406</v>
+        <v>400</v>
       </c>
       <c r="C315" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D315" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E315" t="s">
+        <v>380</v>
       </c>
       <c r="F315" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G315">
         <v>0</v>
       </c>
     </row>
     <row r="316" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A316" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B316" s="5" t="s">
-        <v>407</v>
+        <v>401</v>
       </c>
       <c r="C316" s="6" t="s">
-        <v>34</v>
+        <v>90</v>
       </c>
       <c r="D316" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E316" t="s">
+        <v>380</v>
       </c>
       <c r="F316" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G316">
         <v>0</v>
       </c>
     </row>
     <row r="317" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A317" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B317" s="5" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="C317" s="6" t="s">
-        <v>90</v>
+        <v>33</v>
       </c>
       <c r="D317" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E317" t="s">
+        <v>380</v>
       </c>
       <c r="F317" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G317">
         <v>0</v>
       </c>
     </row>
     <row r="318" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A318" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B318" s="5" t="s">
-        <v>409</v>
+        <v>403</v>
       </c>
       <c r="C318" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D318" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E318" t="s">
+        <v>380</v>
       </c>
       <c r="F318" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G318">
         <v>0</v>
       </c>
     </row>
     <row r="319" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A319" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B319" s="5" t="s">
-        <v>410</v>
+        <v>404</v>
       </c>
       <c r="C319" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D319" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E319" t="s">
+        <v>380</v>
       </c>
       <c r="F319" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G319">
         <v>0</v>
       </c>
     </row>
     <row r="320" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A320" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B320" s="5" t="s">
-        <v>411</v>
+        <v>405</v>
       </c>
       <c r="C320" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D320" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E320" t="s">
+        <v>380</v>
       </c>
       <c r="F320" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G320">
         <v>0</v>
       </c>
     </row>
     <row r="321" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A321" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B321" s="5" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="C321" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D321" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E321" t="s">
+        <v>380</v>
       </c>
       <c r="F321" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G321">
         <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A322" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B322" s="5" t="s">
-        <v>413</v>
+        <v>407</v>
       </c>
       <c r="C322" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D322" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E322" t="s">
+        <v>380</v>
       </c>
       <c r="F322" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G322">
         <v>0</v>
       </c>
     </row>
     <row r="323" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A323" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B323" s="5" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="C323" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D323" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E323" t="s">
+        <v>380</v>
       </c>
       <c r="F323" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G323">
         <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A324" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B324" s="5" t="s">
-        <v>415</v>
+        <v>409</v>
       </c>
       <c r="C324" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D324" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E324" t="s">
+        <v>380</v>
       </c>
       <c r="F324" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G324">
         <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A325" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B325" s="5" t="s">
-        <v>416</v>
+        <v>410</v>
       </c>
       <c r="C325" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D325" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E325" t="s">
+        <v>380</v>
       </c>
       <c r="F325" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G325">
         <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A326" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B326" s="5" t="s">
-        <v>417</v>
+        <v>411</v>
       </c>
       <c r="C326" s="6" t="s">
-        <v>34</v>
+        <v>90</v>
       </c>
       <c r="D326" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E326" t="s">
+        <v>380</v>
       </c>
       <c r="F326" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G326">
         <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A327" s="7" t="s">
-        <v>382</v>
+      <c r="A327" s="4" t="s">
+        <v>377</v>
       </c>
       <c r="B327" s="5" t="s">
-        <v>418</v>
+        <v>412</v>
       </c>
       <c r="C327" s="6" t="s">
-        <v>90</v>
+        <v>33</v>
       </c>
       <c r="D327" t="s">
-        <v>384</v>
+        <v>379</v>
+      </c>
+      <c r="E327" t="s">
+        <v>380</v>
       </c>
       <c r="F327" t="s">
-        <v>385</v>
+        <v>1201</v>
       </c>
       <c r="G327">
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A328" s="4" t="s">
-        <v>419</v>
+        <v>377</v>
       </c>
       <c r="B328" s="5" t="s">
-        <v>420</v>
+        <v>413</v>
       </c>
       <c r="C328" s="6" t="s">
-        <v>210</v>
+        <v>90</v>
       </c>
       <c r="D328" t="s">
-        <v>421</v>
+        <v>379</v>
       </c>
       <c r="E328" t="s">
-        <v>422</v>
+        <v>380</v>
       </c>
       <c r="F328" t="s">
-        <v>423</v>
-[...2 lines deleted...]
-        <v>424</v>
+        <v>1201</v>
+      </c>
+      <c r="G328">
+        <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A329" s="4" t="s">
+        <v>414</v>
+      </c>
+      <c r="B329" s="5" t="s">
+        <v>415</v>
+      </c>
+      <c r="C329" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D329" t="s">
+        <v>416</v>
+      </c>
+      <c r="E329" t="s">
+        <v>417</v>
+      </c>
+      <c r="F329" t="s">
+        <v>418</v>
+      </c>
+      <c r="G329" t="s">
         <v>419</v>
-      </c>
-[...16 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="330" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A330" s="4" t="s">
+        <v>414</v>
+      </c>
+      <c r="B330" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="C330" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D330" t="s">
+        <v>416</v>
+      </c>
+      <c r="E330" t="s">
+        <v>417</v>
+      </c>
+      <c r="F330" t="s">
+        <v>418</v>
+      </c>
+      <c r="G330" t="s">
         <v>419</v>
-      </c>
-[...16 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="331" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A331" s="4" t="s">
+        <v>414</v>
+      </c>
+      <c r="B331" s="5" t="s">
+        <v>421</v>
+      </c>
+      <c r="C331" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D331" t="s">
+        <v>416</v>
+      </c>
+      <c r="E331" t="s">
+        <v>417</v>
+      </c>
+      <c r="F331" t="s">
+        <v>418</v>
+      </c>
+      <c r="G331" t="s">
         <v>419</v>
-      </c>
-[...16 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="332" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A332" s="4" t="s">
+        <v>414</v>
+      </c>
+      <c r="B332" s="5" t="s">
+        <v>422</v>
+      </c>
+      <c r="C332" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D332" t="s">
+        <v>416</v>
+      </c>
+      <c r="E332" t="s">
+        <v>417</v>
+      </c>
+      <c r="F332" t="s">
+        <v>418</v>
+      </c>
+      <c r="G332" t="s">
         <v>419</v>
-      </c>
-[...16 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="333" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A333" s="4" t="s">
+        <v>414</v>
+      </c>
+      <c r="B333" s="5" t="s">
+        <v>423</v>
+      </c>
+      <c r="C333" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D333" t="s">
+        <v>416</v>
+      </c>
+      <c r="E333" t="s">
+        <v>417</v>
+      </c>
+      <c r="F333" t="s">
+        <v>418</v>
+      </c>
+      <c r="G333" t="s">
         <v>419</v>
-      </c>
-[...16 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="334" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A334" s="4" t="s">
+        <v>414</v>
+      </c>
+      <c r="B334" s="5" t="s">
+        <v>424</v>
+      </c>
+      <c r="C334" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D334" t="s">
+        <v>416</v>
+      </c>
+      <c r="E334" t="s">
+        <v>417</v>
+      </c>
+      <c r="F334" t="s">
+        <v>418</v>
+      </c>
+      <c r="G334" t="s">
         <v>419</v>
-      </c>
-[...16 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="335" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A335" s="4" t="s">
+        <v>414</v>
+      </c>
+      <c r="B335" s="5" t="s">
+        <v>425</v>
+      </c>
+      <c r="C335" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D335" t="s">
+        <v>416</v>
+      </c>
+      <c r="E335" t="s">
+        <v>417</v>
+      </c>
+      <c r="F335" t="s">
+        <v>418</v>
+      </c>
+      <c r="G335" t="s">
         <v>419</v>
-      </c>
-[...16 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="336" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A336" s="4" t="s">
+        <v>414</v>
+      </c>
+      <c r="B336" s="5" t="s">
+        <v>426</v>
+      </c>
+      <c r="C336" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D336" t="s">
+        <v>416</v>
+      </c>
+      <c r="E336" t="s">
+        <v>417</v>
+      </c>
+      <c r="F336" t="s">
+        <v>418</v>
+      </c>
+      <c r="G336" t="s">
         <v>419</v>
-      </c>
-[...16 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="337" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A337" s="4" t="s">
+        <v>414</v>
+      </c>
+      <c r="B337" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="C337" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D337" t="s">
+        <v>416</v>
+      </c>
+      <c r="E337" t="s">
+        <v>417</v>
+      </c>
+      <c r="F337" t="s">
+        <v>418</v>
+      </c>
+      <c r="G337" t="s">
         <v>419</v>
-      </c>
-[...16 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="338" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A338" s="4" t="s">
+        <v>414</v>
+      </c>
+      <c r="B338" s="5" t="s">
+        <v>428</v>
+      </c>
+      <c r="C338" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D338" t="s">
+        <v>416</v>
+      </c>
+      <c r="E338" t="s">
+        <v>417</v>
+      </c>
+      <c r="F338" t="s">
+        <v>418</v>
+      </c>
+      <c r="G338" t="s">
         <v>419</v>
       </c>
-      <c r="B338" s="5" t="s">
-[...16 lines deleted...]
-      </c>
     </row>
     <row r="339" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A339" s="7" t="s">
+      <c r="A339" s="4" t="s">
+        <v>414</v>
+      </c>
+      <c r="B339" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="C339" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D339" t="s">
+        <v>416</v>
+      </c>
+      <c r="E339" t="s">
+        <v>417</v>
+      </c>
+      <c r="F339" t="s">
+        <v>418</v>
+      </c>
+      <c r="G339" t="s">
         <v>419</v>
-      </c>
-[...16 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="340" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A340" s="4" t="s">
-        <v>436</v>
+        <v>414</v>
       </c>
       <c r="B340" s="5" t="s">
-        <v>437</v>
+        <v>430</v>
       </c>
       <c r="C340" s="6" t="s">
-        <v>154</v>
+        <v>207</v>
       </c>
       <c r="D340" t="s">
-        <v>438</v>
+        <v>416</v>
       </c>
       <c r="E340" t="s">
-        <v>439</v>
+        <v>417</v>
       </c>
       <c r="F340" t="s">
-        <v>440</v>
+        <v>418</v>
       </c>
       <c r="G340" t="s">
-        <v>441</v>
+        <v>419</v>
       </c>
     </row>
     <row r="341" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A341" s="4" t="s">
+        <v>431</v>
+      </c>
+      <c r="B341" s="5" t="s">
+        <v>432</v>
+      </c>
+      <c r="C341" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D341" t="s">
+        <v>433</v>
+      </c>
+      <c r="E341" t="s">
+        <v>434</v>
+      </c>
+      <c r="F341" t="s">
+        <v>435</v>
+      </c>
+      <c r="G341" t="s">
         <v>436</v>
-      </c>
-[...16 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="342" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A342" s="4" t="s">
+        <v>431</v>
+      </c>
+      <c r="B342" s="5" t="s">
+        <v>437</v>
+      </c>
+      <c r="C342" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D342" t="s">
+        <v>433</v>
+      </c>
+      <c r="E342" t="s">
+        <v>434</v>
+      </c>
+      <c r="F342" t="s">
+        <v>435</v>
+      </c>
+      <c r="G342" t="s">
         <v>436</v>
-      </c>
-[...16 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="343" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A343" s="4" t="s">
+        <v>431</v>
+      </c>
+      <c r="B343" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="C343" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D343" t="s">
+        <v>433</v>
+      </c>
+      <c r="E343" t="s">
+        <v>434</v>
+      </c>
+      <c r="F343" t="s">
+        <v>435</v>
+      </c>
+      <c r="G343" t="s">
         <v>436</v>
-      </c>
-[...16 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="344" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A344" s="4" t="s">
+        <v>431</v>
+      </c>
+      <c r="B344" s="5" t="s">
+        <v>439</v>
+      </c>
+      <c r="C344" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D344" t="s">
+        <v>433</v>
+      </c>
+      <c r="E344" t="s">
+        <v>434</v>
+      </c>
+      <c r="F344" t="s">
+        <v>435</v>
+      </c>
+      <c r="G344" t="s">
         <v>436</v>
-      </c>
-[...16 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="345" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A345" s="4" t="s">
+        <v>431</v>
+      </c>
+      <c r="B345" s="5" t="s">
+        <v>440</v>
+      </c>
+      <c r="C345" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D345" t="s">
+        <v>433</v>
+      </c>
+      <c r="E345" t="s">
+        <v>434</v>
+      </c>
+      <c r="F345" t="s">
+        <v>435</v>
+      </c>
+      <c r="G345" t="s">
         <v>436</v>
-      </c>
-[...16 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="346" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A346" s="4" t="s">
+        <v>431</v>
+      </c>
+      <c r="B346" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="C346" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D346" t="s">
+        <v>433</v>
+      </c>
+      <c r="E346" t="s">
+        <v>434</v>
+      </c>
+      <c r="F346" t="s">
+        <v>435</v>
+      </c>
+      <c r="G346" t="s">
         <v>436</v>
-      </c>
-[...16 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="347" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A347" s="4" t="s">
+        <v>431</v>
+      </c>
+      <c r="B347" s="5" t="s">
+        <v>442</v>
+      </c>
+      <c r="C347" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D347" t="s">
+        <v>433</v>
+      </c>
+      <c r="E347" t="s">
+        <v>434</v>
+      </c>
+      <c r="F347" t="s">
+        <v>435</v>
+      </c>
+      <c r="G347" t="s">
         <v>436</v>
-      </c>
-[...16 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="348" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A348" s="4" t="s">
+        <v>431</v>
+      </c>
+      <c r="B348" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="C348" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D348" t="s">
+        <v>433</v>
+      </c>
+      <c r="E348" t="s">
+        <v>434</v>
+      </c>
+      <c r="F348" t="s">
+        <v>435</v>
+      </c>
+      <c r="G348" t="s">
         <v>436</v>
-      </c>
-[...16 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="349" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A349" s="4" t="s">
+        <v>431</v>
+      </c>
+      <c r="B349" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="C349" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D349" t="s">
+        <v>433</v>
+      </c>
+      <c r="E349" t="s">
+        <v>434</v>
+      </c>
+      <c r="F349" t="s">
+        <v>435</v>
+      </c>
+      <c r="G349" t="s">
         <v>436</v>
-      </c>
-[...16 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="350" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A350" s="4" t="s">
+        <v>431</v>
+      </c>
+      <c r="B350" s="5" t="s">
+        <v>445</v>
+      </c>
+      <c r="C350" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D350" t="s">
+        <v>433</v>
+      </c>
+      <c r="E350" t="s">
+        <v>434</v>
+      </c>
+      <c r="F350" t="s">
+        <v>435</v>
+      </c>
+      <c r="G350" t="s">
         <v>436</v>
       </c>
-      <c r="B350" s="5" t="s">
-[...16 lines deleted...]
-      </c>
     </row>
     <row r="351" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A351" s="7" t="s">
+      <c r="A351" s="4" t="s">
+        <v>431</v>
+      </c>
+      <c r="B351" s="5" t="s">
+        <v>446</v>
+      </c>
+      <c r="C351" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D351" t="s">
+        <v>433</v>
+      </c>
+      <c r="E351" t="s">
+        <v>434</v>
+      </c>
+      <c r="F351" t="s">
+        <v>435</v>
+      </c>
+      <c r="G351" t="s">
         <v>436</v>
-      </c>
-[...16 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="352" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A352" s="4" t="s">
-        <v>453</v>
+        <v>431</v>
       </c>
       <c r="B352" s="5" t="s">
-        <v>454</v>
+        <v>447</v>
       </c>
       <c r="C352" s="6" t="s">
-        <v>83</v>
+        <v>153</v>
       </c>
       <c r="D352" t="s">
-        <v>455</v>
+        <v>433</v>
       </c>
       <c r="E352" t="s">
-        <v>456</v>
+        <v>434</v>
       </c>
       <c r="F352" t="s">
-        <v>457</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>435</v>
+      </c>
+      <c r="G352" t="s">
+        <v>436</v>
       </c>
     </row>
     <row r="353" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A353" s="4" t="s">
-        <v>453</v>
+        <v>448</v>
       </c>
       <c r="B353" s="5" t="s">
-        <v>458</v>
+        <v>449</v>
       </c>
       <c r="C353" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D353" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
       <c r="E353" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
       <c r="F353" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="G353">
         <v>0</v>
       </c>
     </row>
     <row r="354" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A354" s="4" t="s">
+        <v>448</v>
+      </c>
+      <c r="B354" s="5" t="s">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
       <c r="C354" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D354" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
       <c r="E354" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
       <c r="F354" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="G354">
         <v>0</v>
       </c>
     </row>
     <row r="355" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A355" s="4" t="s">
-        <v>453</v>
+        <v>448</v>
       </c>
       <c r="B355" s="5" t="s">
-        <v>460</v>
+        <v>454</v>
       </c>
       <c r="C355" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D355" t="s">
+        <v>450</v>
+      </c>
+      <c r="E355" t="s">
+        <v>451</v>
+      </c>
+      <c r="F355" t="s">
+        <v>452</v>
+      </c>
+      <c r="G355">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="356" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A356" s="4" t="s">
+        <v>448</v>
+      </c>
+      <c r="B356" s="5" t="s">
         <v>455</v>
-      </c>
-[...15 lines deleted...]
-        <v>461</v>
       </c>
       <c r="C356" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D356" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
       <c r="E356" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
       <c r="F356" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="G356">
         <v>0</v>
       </c>
     </row>
     <row r="357" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A357" s="4" t="s">
-        <v>462</v>
+        <v>448</v>
       </c>
       <c r="B357" s="5" t="s">
-        <v>463</v>
+        <v>456</v>
       </c>
       <c r="C357" s="6" t="s">
-        <v>154</v>
+        <v>83</v>
       </c>
       <c r="D357" t="s">
-        <v>464</v>
+        <v>450</v>
       </c>
       <c r="E357" t="s">
-        <v>465</v>
+        <v>451</v>
       </c>
       <c r="F357" t="s">
-        <v>466</v>
+        <v>452</v>
       </c>
       <c r="G357">
         <v>0</v>
       </c>
     </row>
     <row r="358" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A358" s="4" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="B358" s="5" t="s">
-        <v>467</v>
+        <v>458</v>
       </c>
       <c r="C358" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D358" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="E358" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="F358" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="G358">
         <v>0</v>
       </c>
     </row>
     <row r="359" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A359" s="4" t="s">
+        <v>457</v>
+      </c>
+      <c r="B359" s="5" t="s">
         <v>462</v>
       </c>
-      <c r="B359" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C359" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D359" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="E359" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="F359" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="G359">
         <v>0</v>
       </c>
     </row>
     <row r="360" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A360" s="4" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="B360" s="5" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="C360" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D360" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="E360" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="F360" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="G360">
         <v>0</v>
       </c>
     </row>
     <row r="361" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A361" s="4" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="B361" s="5" t="s">
-        <v>470</v>
+        <v>464</v>
       </c>
       <c r="C361" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D361" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="E361" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="F361" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="G361">
         <v>0</v>
       </c>
     </row>
     <row r="362" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A362" s="4" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="B362" s="5" t="s">
-        <v>471</v>
+        <v>465</v>
       </c>
       <c r="C362" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D362" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="E362" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="F362" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="G362">
         <v>0</v>
       </c>
     </row>
     <row r="363" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A363" s="4" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="B363" s="5" t="s">
-        <v>472</v>
+        <v>466</v>
       </c>
       <c r="C363" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D363" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="E363" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="F363" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="G363">
         <v>0</v>
       </c>
     </row>
     <row r="364" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A364" s="4" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="B364" s="5" t="s">
-        <v>473</v>
+        <v>467</v>
       </c>
       <c r="C364" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D364" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="E364" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="F364" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="G364">
         <v>0</v>
       </c>
     </row>
     <row r="365" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A365" s="4" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="B365" s="5" t="s">
-        <v>474</v>
+        <v>468</v>
       </c>
       <c r="C365" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D365" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="E365" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="F365" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="G365">
         <v>0</v>
       </c>
     </row>
     <row r="366" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A366" s="4" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="B366" s="5" t="s">
-        <v>475</v>
+        <v>469</v>
       </c>
       <c r="C366" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D366" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="E366" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="F366" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="G366">
         <v>0</v>
       </c>
     </row>
     <row r="367" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A367" s="4" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="B367" s="5" t="s">
-        <v>476</v>
+        <v>470</v>
       </c>
       <c r="C367" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D367" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="E367" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="F367" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="G367">
         <v>0</v>
       </c>
     </row>
     <row r="368" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A368" s="4" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="B368" s="5" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="C368" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D368" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="E368" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="F368" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="G368">
         <v>0</v>
       </c>
     </row>
     <row r="369" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A369" s="4" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="B369" s="5" t="s">
-        <v>478</v>
+        <v>472</v>
       </c>
       <c r="C369" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D369" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="E369" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="F369" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="G369">
         <v>0</v>
       </c>
     </row>
     <row r="370" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A370" s="4" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="B370" s="5" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
       <c r="C370" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D370" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="E370" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="F370" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="G370">
         <v>0</v>
       </c>
     </row>
     <row r="371" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A371" s="4" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="B371" s="5" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
       <c r="C371" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D371" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="E371" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="F371" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="G371">
         <v>0</v>
       </c>
     </row>
     <row r="372" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A372" s="4" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="B372" s="5" t="s">
-        <v>481</v>
+        <v>475</v>
       </c>
       <c r="C372" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D372" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="E372" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="F372" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="G372">
         <v>0</v>
       </c>
     </row>
     <row r="373" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A373" s="4" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="B373" s="5" t="s">
-        <v>482</v>
+        <v>476</v>
       </c>
       <c r="C373" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D373" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="E373" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="F373" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="G373">
         <v>0</v>
       </c>
     </row>
     <row r="374" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A374" s="4" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="B374" s="5" t="s">
-        <v>483</v>
+        <v>477</v>
       </c>
       <c r="C374" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D374" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="E374" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="F374" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="G374">
         <v>0</v>
       </c>
     </row>
     <row r="375" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A375" s="4" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="B375" s="5" t="s">
-        <v>484</v>
+        <v>478</v>
       </c>
       <c r="C375" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D375" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="E375" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="F375" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="G375">
         <v>0</v>
       </c>
     </row>
     <row r="376" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A376" s="4" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="B376" s="5" t="s">
-        <v>485</v>
+        <v>479</v>
       </c>
       <c r="C376" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D376" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="E376" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="F376" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="G376">
         <v>0</v>
       </c>
     </row>
     <row r="377" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A377" s="4" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="B377" s="5" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="C377" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D377" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="E377" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="F377" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="G377">
         <v>0</v>
       </c>
     </row>
     <row r="378" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A378" s="7" t="s">
-        <v>462</v>
+      <c r="A378" s="4" t="s">
+        <v>457</v>
       </c>
       <c r="B378" s="5" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
       <c r="C378" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D378" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="E378" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="F378" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="G378">
         <v>0</v>
       </c>
     </row>
     <row r="379" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A379" s="4" t="s">
-        <v>488</v>
+        <v>457</v>
       </c>
       <c r="B379" s="5" t="s">
-        <v>489</v>
+        <v>482</v>
       </c>
       <c r="C379" s="6" t="s">
-        <v>9</v>
+        <v>153</v>
       </c>
       <c r="D379" t="s">
-        <v>490</v>
+        <v>459</v>
       </c>
       <c r="E379" t="s">
-        <v>491</v>
+        <v>460</v>
       </c>
       <c r="F379" t="s">
-        <v>492</v>
+        <v>461</v>
       </c>
       <c r="G379">
         <v>0</v>
       </c>
     </row>
     <row r="380" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A380" s="4" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="B380" s="5" t="s">
-        <v>493</v>
+        <v>484</v>
       </c>
       <c r="C380" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D380" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="E380" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="F380" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="G380">
         <v>0</v>
       </c>
     </row>
     <row r="381" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A381" s="4" t="s">
+        <v>483</v>
+      </c>
+      <c r="B381" s="5" t="s">
         <v>488</v>
-      </c>
-[...1 lines deleted...]
-        <v>494</v>
       </c>
       <c r="C381" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D381" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="E381" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="F381" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="G381">
         <v>0</v>
       </c>
     </row>
     <row r="382" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A382" s="4" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="B382" s="5" t="s">
-        <v>495</v>
+        <v>489</v>
       </c>
       <c r="C382" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D382" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="E382" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="F382" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="G382">
         <v>0</v>
       </c>
     </row>
     <row r="383" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A383" s="4" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="B383" s="5" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
       <c r="C383" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D383" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="E383" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="F383" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="G383">
         <v>0</v>
       </c>
     </row>
     <row r="384" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A384" s="4" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="B384" s="5" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
       <c r="C384" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D384" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="E384" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="F384" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="G384">
         <v>0</v>
       </c>
     </row>
     <row r="385" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A385" s="4" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="B385" s="5" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="C385" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D385" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="E385" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="F385" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="G385">
         <v>0</v>
       </c>
     </row>
     <row r="386" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A386" s="4" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="B386" s="5" t="s">
-        <v>499</v>
+        <v>493</v>
       </c>
       <c r="C386" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D386" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="E386" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="F386" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="G386">
         <v>0</v>
       </c>
     </row>
     <row r="387" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A387" s="4" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="B387" s="5" t="s">
-        <v>500</v>
+        <v>494</v>
       </c>
       <c r="C387" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D387" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="E387" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="F387" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="G387">
         <v>0</v>
       </c>
     </row>
     <row r="388" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A388" s="4" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="B388" s="5" t="s">
-        <v>501</v>
+        <v>495</v>
       </c>
       <c r="C388" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D388" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="E388" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="F388" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="G388">
         <v>0</v>
       </c>
     </row>
     <row r="389" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A389" s="4" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="B389" s="5" t="s">
-        <v>502</v>
+        <v>496</v>
       </c>
       <c r="C389" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D389" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="E389" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="F389" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="G389">
         <v>0</v>
       </c>
     </row>
     <row r="390" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A390" s="4" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="B390" s="5" t="s">
-        <v>503</v>
+        <v>497</v>
       </c>
       <c r="C390" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D390" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="E390" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="F390" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="G390">
         <v>0</v>
       </c>
     </row>
     <row r="391" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A391" s="4" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="B391" s="5" t="s">
-        <v>504</v>
+        <v>498</v>
       </c>
       <c r="C391" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D391" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="E391" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="F391" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="G391">
         <v>0</v>
       </c>
     </row>
     <row r="392" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A392" s="4" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="B392" s="5" t="s">
-        <v>505</v>
+        <v>499</v>
       </c>
       <c r="C392" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D392" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="E392" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="F392" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="G392">
         <v>0</v>
       </c>
     </row>
     <row r="393" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A393" s="4" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="B393" s="5" t="s">
-        <v>506</v>
+        <v>500</v>
       </c>
       <c r="C393" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D393" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="E393" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="F393" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="G393">
         <v>0</v>
       </c>
     </row>
     <row r="394" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A394" s="4" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="B394" s="5" t="s">
-        <v>507</v>
+        <v>501</v>
       </c>
       <c r="C394" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D394" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="E394" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="F394" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="G394">
         <v>0</v>
       </c>
     </row>
     <row r="395" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A395" s="4" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="B395" s="5" t="s">
-        <v>508</v>
+        <v>502</v>
       </c>
       <c r="C395" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D395" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="E395" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="F395" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="G395">
         <v>0</v>
       </c>
     </row>
     <row r="396" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A396" s="4" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="B396" s="5" t="s">
-        <v>509</v>
+        <v>503</v>
       </c>
       <c r="C396" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D396" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="E396" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="F396" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="G396">
         <v>0</v>
       </c>
     </row>
     <row r="397" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A397" s="4" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="B397" s="5" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="C397" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D397" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="E397" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="F397" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="G397">
         <v>0</v>
       </c>
     </row>
     <row r="398" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A398" s="4" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="B398" s="5" t="s">
-        <v>511</v>
+        <v>505</v>
       </c>
       <c r="C398" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D398" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="E398" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="F398" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="G398">
         <v>0</v>
       </c>
     </row>
     <row r="399" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A399" s="4" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="B399" s="5" t="s">
-        <v>512</v>
+        <v>506</v>
       </c>
       <c r="C399" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D399" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="E399" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="F399" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="G399">
         <v>0</v>
       </c>
     </row>
     <row r="400" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A400" s="4" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="B400" s="5" t="s">
-        <v>513</v>
+        <v>507</v>
       </c>
       <c r="C400" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D400" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="E400" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="F400" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="G400">
         <v>0</v>
       </c>
     </row>
     <row r="401" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A401" s="4" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="B401" s="5" t="s">
-        <v>514</v>
+        <v>508</v>
       </c>
       <c r="C401" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D401" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="E401" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="F401" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="G401">
         <v>0</v>
       </c>
     </row>
     <row r="402" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A402" s="4" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="B402" s="5" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
       <c r="C402" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D402" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="E402" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="F402" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="G402">
         <v>0</v>
       </c>
     </row>
     <row r="403" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A403" s="4" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="B403" s="5" t="s">
-        <v>516</v>
+        <v>510</v>
       </c>
       <c r="C403" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D403" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="E403" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="F403" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="G403">
         <v>0</v>
       </c>
     </row>
     <row r="404" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A404" s="4" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="B404" s="5" t="s">
-        <v>517</v>
+        <v>511</v>
       </c>
       <c r="C404" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D404" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="E404" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="F404" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="G404">
         <v>0</v>
       </c>
     </row>
     <row r="405" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A405" s="4" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="B405" s="5" t="s">
-        <v>518</v>
+        <v>512</v>
       </c>
       <c r="C405" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D405" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="E405" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="F405" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="G405">
         <v>0</v>
       </c>
     </row>
     <row r="406" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A406" s="7" t="s">
-        <v>488</v>
+      <c r="A406" s="4" t="s">
+        <v>483</v>
       </c>
       <c r="B406" s="5" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="C406" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D406" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="E406" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="F406" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="G406">
         <v>0</v>
       </c>
     </row>
     <row r="407" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A407" s="4" t="s">
-        <v>520</v>
+        <v>483</v>
       </c>
       <c r="B407" s="5" t="s">
-        <v>521</v>
+        <v>514</v>
       </c>
       <c r="C407" s="6" t="s">
-        <v>83</v>
+        <v>9</v>
       </c>
       <c r="D407" t="s">
-        <v>522</v>
+        <v>485</v>
       </c>
       <c r="E407" t="s">
-        <v>523</v>
+        <v>486</v>
       </c>
       <c r="F407" t="s">
-        <v>524</v>
+        <v>487</v>
       </c>
       <c r="G407">
         <v>0</v>
       </c>
     </row>
     <row r="408" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A408" s="4" t="s">
-        <v>520</v>
+        <v>515</v>
       </c>
       <c r="B408" s="5" t="s">
-        <v>525</v>
+        <v>516</v>
       </c>
       <c r="C408" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D408" t="s">
-        <v>522</v>
+        <v>517</v>
       </c>
       <c r="E408" t="s">
-        <v>523</v>
+        <v>518</v>
       </c>
       <c r="F408" t="s">
-        <v>524</v>
+        <v>519</v>
       </c>
       <c r="G408">
         <v>0</v>
       </c>
     </row>
     <row r="409" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A409" s="7" t="s">
+      <c r="A409" s="4" t="s">
+        <v>515</v>
+      </c>
+      <c r="B409" s="5" t="s">
         <v>520</v>
-      </c>
-[...1 lines deleted...]
-        <v>526</v>
       </c>
       <c r="C409" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D409" t="s">
-        <v>522</v>
+        <v>517</v>
       </c>
       <c r="E409" t="s">
-        <v>523</v>
+        <v>518</v>
       </c>
       <c r="F409" t="s">
-        <v>524</v>
+        <v>519</v>
       </c>
       <c r="G409">
         <v>0</v>
       </c>
     </row>
     <row r="410" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A410" s="4" t="s">
-        <v>527</v>
+        <v>515</v>
       </c>
       <c r="B410" s="5" t="s">
-        <v>528</v>
+        <v>521</v>
       </c>
       <c r="C410" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D410" t="s">
-        <v>529</v>
+        <v>517</v>
       </c>
       <c r="E410" t="s">
-        <v>530</v>
+        <v>518</v>
       </c>
       <c r="F410" t="s">
-        <v>531</v>
+        <v>519</v>
       </c>
       <c r="G410">
         <v>0</v>
       </c>
     </row>
     <row r="411" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A411" s="7" t="s">
-        <v>527</v>
+      <c r="A411" s="4" t="s">
+        <v>522</v>
       </c>
       <c r="B411" s="5" t="s">
-        <v>532</v>
+        <v>523</v>
       </c>
       <c r="C411" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D411" t="s">
-        <v>529</v>
+        <v>524</v>
       </c>
       <c r="E411" t="s">
-        <v>530</v>
+        <v>525</v>
       </c>
       <c r="F411" t="s">
-        <v>531</v>
+        <v>526</v>
       </c>
       <c r="G411">
         <v>0</v>
       </c>
     </row>
     <row r="412" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A412" s="4" t="s">
-        <v>533</v>
+        <v>522</v>
       </c>
       <c r="B412" s="5" t="s">
-        <v>534</v>
+        <v>527</v>
       </c>
       <c r="C412" s="6" t="s">
-        <v>9</v>
+        <v>83</v>
       </c>
       <c r="D412" t="s">
-        <v>535</v>
+        <v>524</v>
       </c>
       <c r="E412" t="s">
-        <v>536</v>
+        <v>525</v>
       </c>
       <c r="F412" t="s">
-        <v>537</v>
-[...2 lines deleted...]
-        <v>538</v>
+        <v>526</v>
+      </c>
+      <c r="G412">
+        <v>0</v>
       </c>
     </row>
     <row r="413" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A413" s="4" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="B413" s="5" t="s">
-        <v>539</v>
+        <v>529</v>
       </c>
       <c r="C413" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D413" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
       <c r="E413" t="s">
-        <v>536</v>
+        <v>531</v>
       </c>
       <c r="F413" t="s">
-        <v>537</v>
+        <v>532</v>
       </c>
       <c r="G413" t="s">
-        <v>538</v>
+        <v>533</v>
       </c>
     </row>
     <row r="414" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A414" s="4" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="B414" s="5" t="s">
-        <v>540</v>
+        <v>534</v>
       </c>
       <c r="C414" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D414" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
       <c r="E414" t="s">
-        <v>536</v>
+        <v>531</v>
       </c>
       <c r="F414" t="s">
-        <v>537</v>
+        <v>532</v>
       </c>
       <c r="G414" t="s">
-        <v>538</v>
+        <v>533</v>
       </c>
     </row>
     <row r="415" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A415" s="4" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="B415" s="5" t="s">
-        <v>541</v>
+        <v>535</v>
       </c>
       <c r="C415" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D415" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
       <c r="E415" t="s">
-        <v>536</v>
+        <v>531</v>
       </c>
       <c r="F415" t="s">
-        <v>537</v>
+        <v>532</v>
       </c>
       <c r="G415" t="s">
-        <v>538</v>
+        <v>533</v>
       </c>
     </row>
     <row r="416" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A416" s="4" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="B416" s="5" t="s">
-        <v>542</v>
+        <v>536</v>
       </c>
       <c r="C416" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D416" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
       <c r="E416" t="s">
-        <v>536</v>
+        <v>531</v>
       </c>
       <c r="F416" t="s">
-        <v>537</v>
+        <v>532</v>
       </c>
       <c r="G416" t="s">
-        <v>538</v>
+        <v>533</v>
       </c>
     </row>
     <row r="417" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A417" s="4" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="B417" s="5" t="s">
-        <v>543</v>
+        <v>537</v>
       </c>
       <c r="C417" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D417" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
       <c r="E417" t="s">
-        <v>536</v>
+        <v>531</v>
       </c>
       <c r="F417" t="s">
-        <v>537</v>
+        <v>532</v>
       </c>
       <c r="G417" t="s">
-        <v>538</v>
+        <v>533</v>
       </c>
     </row>
     <row r="418" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A418" s="4" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="B418" s="5" t="s">
-        <v>544</v>
+        <v>538</v>
       </c>
       <c r="C418" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D418" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
       <c r="E418" t="s">
-        <v>536</v>
+        <v>531</v>
       </c>
       <c r="F418" t="s">
-        <v>537</v>
+        <v>532</v>
       </c>
       <c r="G418" t="s">
-        <v>538</v>
+        <v>533</v>
       </c>
     </row>
     <row r="419" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A419" s="4" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="B419" s="5" t="s">
-        <v>545</v>
+        <v>539</v>
       </c>
       <c r="C419" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D419" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
       <c r="E419" t="s">
-        <v>536</v>
+        <v>531</v>
       </c>
       <c r="F419" t="s">
-        <v>537</v>
+        <v>532</v>
       </c>
       <c r="G419" t="s">
-        <v>538</v>
+        <v>533</v>
       </c>
     </row>
     <row r="420" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A420" s="7" t="s">
-        <v>533</v>
+      <c r="A420" s="4" t="s">
+        <v>528</v>
       </c>
       <c r="B420" s="5" t="s">
-        <v>546</v>
+        <v>540</v>
       </c>
       <c r="C420" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D420" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
       <c r="E420" t="s">
-        <v>536</v>
+        <v>531</v>
       </c>
       <c r="F420" t="s">
-        <v>537</v>
+        <v>532</v>
       </c>
       <c r="G420" t="s">
-        <v>538</v>
+        <v>533</v>
       </c>
     </row>
     <row r="421" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A421" s="7" t="s">
-        <v>547</v>
+      <c r="A421" s="4" t="s">
+        <v>528</v>
       </c>
       <c r="B421" s="5" t="s">
-        <v>548</v>
+        <v>541</v>
       </c>
       <c r="C421" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D421" t="s">
-        <v>549</v>
+        <v>530</v>
       </c>
       <c r="E421" t="s">
-        <v>550</v>
+        <v>531</v>
       </c>
       <c r="F421" t="s">
-        <v>551</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>532</v>
+      </c>
+      <c r="G421" t="s">
+        <v>533</v>
       </c>
     </row>
     <row r="422" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A422" s="4" t="s">
-        <v>552</v>
+        <v>542</v>
       </c>
       <c r="B422" s="5" t="s">
-        <v>553</v>
+        <v>543</v>
       </c>
       <c r="C422" s="6" t="s">
-        <v>210</v>
+        <v>9</v>
       </c>
       <c r="D422" t="s">
-        <v>554</v>
+        <v>544</v>
       </c>
       <c r="E422" t="s">
-        <v>555</v>
+        <v>545</v>
       </c>
       <c r="F422" t="s">
-        <v>556</v>
+        <v>546</v>
       </c>
       <c r="G422">
         <v>0</v>
       </c>
     </row>
     <row r="423" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A423" s="4" t="s">
-        <v>552</v>
+        <v>547</v>
       </c>
       <c r="B423" s="5" t="s">
-        <v>392</v>
+        <v>548</v>
       </c>
       <c r="C423" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D423" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
       <c r="E423" t="s">
-        <v>555</v>
+        <v>1203</v>
       </c>
       <c r="F423" t="s">
-        <v>556</v>
+        <v>550</v>
       </c>
       <c r="G423">
         <v>0</v>
       </c>
     </row>
     <row r="424" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A424" s="4" t="s">
-        <v>552</v>
+        <v>547</v>
       </c>
       <c r="B424" s="5" t="s">
-        <v>557</v>
+        <v>387</v>
       </c>
       <c r="C424" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D424" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
       <c r="E424" t="s">
-        <v>555</v>
+        <v>1203</v>
       </c>
       <c r="F424" t="s">
-        <v>556</v>
+        <v>550</v>
       </c>
       <c r="G424">
         <v>0</v>
       </c>
     </row>
     <row r="425" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A425" s="4" t="s">
-        <v>552</v>
+        <v>547</v>
       </c>
       <c r="B425" s="5" t="s">
-        <v>558</v>
+        <v>551</v>
       </c>
       <c r="C425" s="6" t="s">
-        <v>9</v>
+        <v>207</v>
       </c>
       <c r="D425" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
       <c r="E425" t="s">
-        <v>555</v>
+        <v>1203</v>
       </c>
       <c r="F425" t="s">
-        <v>556</v>
+        <v>550</v>
       </c>
       <c r="G425">
         <v>0</v>
       </c>
     </row>
     <row r="426" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A426" s="4" t="s">
+        <v>547</v>
+      </c>
+      <c r="B426" s="5" t="s">
         <v>552</v>
       </c>
-      <c r="B426" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C426" s="6" t="s">
-        <v>210</v>
+        <v>9</v>
       </c>
       <c r="D426" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
       <c r="E426" t="s">
-        <v>555</v>
+        <v>1203</v>
       </c>
       <c r="F426" t="s">
-        <v>556</v>
+        <v>550</v>
       </c>
       <c r="G426">
         <v>0</v>
       </c>
     </row>
     <row r="427" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A427" s="4" t="s">
-        <v>552</v>
+        <v>547</v>
       </c>
       <c r="B427" s="5" t="s">
-        <v>560</v>
+        <v>553</v>
       </c>
       <c r="C427" s="6" t="s">
-        <v>9</v>
+        <v>207</v>
       </c>
       <c r="D427" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
       <c r="E427" t="s">
-        <v>555</v>
+        <v>1203</v>
       </c>
       <c r="F427" t="s">
-        <v>556</v>
+        <v>550</v>
       </c>
       <c r="G427">
         <v>0</v>
       </c>
     </row>
     <row r="428" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A428" s="4" t="s">
-        <v>552</v>
+        <v>547</v>
       </c>
       <c r="B428" s="5" t="s">
-        <v>561</v>
+        <v>554</v>
       </c>
       <c r="C428" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D428" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
       <c r="E428" t="s">
-        <v>555</v>
+        <v>1203</v>
       </c>
       <c r="F428" t="s">
-        <v>556</v>
+        <v>550</v>
       </c>
       <c r="G428">
         <v>0</v>
       </c>
     </row>
     <row r="429" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A429" s="4" t="s">
-        <v>552</v>
+        <v>547</v>
       </c>
       <c r="B429" s="5" t="s">
-        <v>562</v>
+        <v>555</v>
       </c>
       <c r="C429" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D429" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
       <c r="E429" t="s">
-        <v>555</v>
+        <v>1203</v>
       </c>
       <c r="F429" t="s">
-        <v>556</v>
+        <v>550</v>
       </c>
       <c r="G429">
         <v>0</v>
       </c>
     </row>
     <row r="430" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A430" s="4" t="s">
-        <v>552</v>
+        <v>547</v>
       </c>
       <c r="B430" s="5" t="s">
-        <v>563</v>
+        <v>556</v>
       </c>
       <c r="C430" s="6" t="s">
-        <v>210</v>
+        <v>9</v>
       </c>
       <c r="D430" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
       <c r="E430" t="s">
-        <v>555</v>
+        <v>1203</v>
       </c>
       <c r="F430" t="s">
-        <v>556</v>
+        <v>550</v>
       </c>
       <c r="G430">
         <v>0</v>
       </c>
     </row>
     <row r="431" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A431" s="4" t="s">
-        <v>552</v>
+        <v>547</v>
       </c>
       <c r="B431" s="5" t="s">
-        <v>564</v>
+        <v>557</v>
       </c>
       <c r="C431" s="6" t="s">
-        <v>9</v>
+        <v>207</v>
       </c>
       <c r="D431" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
       <c r="E431" t="s">
-        <v>555</v>
+        <v>1203</v>
       </c>
       <c r="F431" t="s">
-        <v>556</v>
+        <v>550</v>
       </c>
       <c r="G431">
         <v>0</v>
       </c>
     </row>
     <row r="432" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A432" s="4" t="s">
-        <v>552</v>
+        <v>547</v>
       </c>
       <c r="B432" s="5" t="s">
-        <v>565</v>
+        <v>558</v>
       </c>
       <c r="C432" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D432" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
       <c r="E432" t="s">
-        <v>555</v>
+        <v>1203</v>
       </c>
       <c r="F432" t="s">
-        <v>556</v>
+        <v>550</v>
       </c>
       <c r="G432">
         <v>0</v>
       </c>
     </row>
     <row r="433" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A433" s="4" t="s">
-        <v>552</v>
+        <v>547</v>
       </c>
       <c r="B433" s="5" t="s">
-        <v>566</v>
+        <v>559</v>
       </c>
       <c r="C433" s="6" t="s">
-        <v>210</v>
+        <v>9</v>
       </c>
       <c r="D433" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
       <c r="E433" t="s">
-        <v>555</v>
+        <v>1203</v>
       </c>
       <c r="F433" t="s">
-        <v>556</v>
+        <v>550</v>
       </c>
       <c r="G433">
         <v>0</v>
       </c>
     </row>
     <row r="434" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A434" s="4" t="s">
-        <v>552</v>
+        <v>547</v>
       </c>
       <c r="B434" s="5" t="s">
-        <v>567</v>
+        <v>560</v>
       </c>
       <c r="C434" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D434" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
       <c r="E434" t="s">
-        <v>555</v>
+        <v>1203</v>
       </c>
       <c r="F434" t="s">
-        <v>556</v>
+        <v>550</v>
       </c>
       <c r="G434">
         <v>0</v>
       </c>
     </row>
     <row r="435" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A435" s="4" t="s">
-        <v>552</v>
+        <v>547</v>
       </c>
       <c r="B435" s="5" t="s">
-        <v>568</v>
+        <v>561</v>
       </c>
       <c r="C435" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D435" t="s">
+        <v>549</v>
+      </c>
+      <c r="E435" t="s">
+        <v>1203</v>
+      </c>
+      <c r="F435" t="s">
+        <v>550</v>
+      </c>
+      <c r="G435">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="436" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A436" s="4" t="s">
+        <v>547</v>
+      </c>
+      <c r="B436" s="5" t="s">
+        <v>562</v>
+      </c>
+      <c r="C436" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="D435" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="D436" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
       <c r="E436" t="s">
-        <v>555</v>
+        <v>1203</v>
       </c>
       <c r="F436" t="s">
-        <v>556</v>
+        <v>550</v>
       </c>
       <c r="G436">
         <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A437" s="4" t="s">
-        <v>570</v>
+        <v>547</v>
       </c>
       <c r="B437" s="5" t="s">
-        <v>571</v>
+        <v>563</v>
       </c>
       <c r="C437" s="6" t="s">
-        <v>90</v>
+        <v>207</v>
       </c>
       <c r="D437" t="s">
-        <v>572</v>
+        <v>549</v>
       </c>
       <c r="E437" t="s">
-        <v>573</v>
+        <v>1203</v>
       </c>
       <c r="F437" t="s">
-        <v>574</v>
+        <v>550</v>
       </c>
       <c r="G437">
         <v>0</v>
       </c>
     </row>
     <row r="438" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A438" s="4" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
       <c r="B438" s="5" t="s">
-        <v>575</v>
+        <v>565</v>
       </c>
       <c r="C438" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D438" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="E438" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="F438" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="G438">
         <v>0</v>
       </c>
     </row>
     <row r="439" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A439" s="4" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
       <c r="B439" s="5" t="s">
-        <v>576</v>
+        <v>569</v>
       </c>
       <c r="C439" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D439" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="E439" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="F439" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="G439">
         <v>0</v>
       </c>
     </row>
     <row r="440" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A440" s="4" t="s">
+        <v>564</v>
+      </c>
+      <c r="B440" s="5" t="s">
         <v>570</v>
-      </c>
-[...1 lines deleted...]
-        <v>577</v>
       </c>
       <c r="C440" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D440" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="E440" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="F440" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="G440">
         <v>0</v>
       </c>
     </row>
     <row r="441" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A441" s="4" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
       <c r="B441" s="5" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="C441" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D441" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="E441" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="F441" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="G441">
         <v>0</v>
       </c>
     </row>
     <row r="442" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A442" s="4" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
       <c r="B442" s="5" t="s">
-        <v>579</v>
+        <v>572</v>
       </c>
       <c r="C442" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D442" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="E442" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="F442" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="G442">
         <v>0</v>
       </c>
     </row>
     <row r="443" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A443" s="4" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
       <c r="B443" s="5" t="s">
-        <v>580</v>
+        <v>573</v>
       </c>
       <c r="C443" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D443" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="E443" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="F443" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="G443">
         <v>0</v>
       </c>
     </row>
     <row r="444" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A444" s="4" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
       <c r="B444" s="5" t="s">
-        <v>581</v>
+        <v>574</v>
       </c>
       <c r="C444" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D444" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="E444" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="F444" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="G444">
         <v>0</v>
       </c>
     </row>
     <row r="445" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A445" s="4" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
       <c r="B445" s="5" t="s">
-        <v>582</v>
+        <v>575</v>
       </c>
       <c r="C445" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D445" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="E445" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="F445" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="G445">
         <v>0</v>
       </c>
     </row>
     <row r="446" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A446" s="4" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
       <c r="B446" s="5" t="s">
-        <v>583</v>
+        <v>576</v>
       </c>
       <c r="C446" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D446" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="E446" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="F446" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="G446">
         <v>0</v>
       </c>
     </row>
     <row r="447" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A447" s="4" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
       <c r="B447" s="5" t="s">
-        <v>584</v>
+        <v>577</v>
       </c>
       <c r="C447" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D447" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="E447" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="F447" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="G447">
         <v>0</v>
       </c>
     </row>
     <row r="448" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A448" s="4" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
       <c r="B448" s="5" t="s">
-        <v>585</v>
+        <v>578</v>
       </c>
       <c r="C448" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D448" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="E448" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="F448" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="G448">
         <v>0</v>
       </c>
     </row>
     <row r="449" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A449" s="4" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
       <c r="B449" s="5" t="s">
-        <v>586</v>
+        <v>579</v>
       </c>
       <c r="C449" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D449" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="E449" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="F449" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="G449">
         <v>0</v>
       </c>
     </row>
     <row r="450" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A450" s="4" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
       <c r="B450" s="5" t="s">
-        <v>587</v>
+        <v>580</v>
       </c>
       <c r="C450" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D450" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="E450" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="F450" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="G450">
         <v>0</v>
       </c>
     </row>
     <row r="451" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A451" s="4" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
       <c r="B451" s="5" t="s">
-        <v>588</v>
+        <v>581</v>
       </c>
       <c r="C451" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D451" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="E451" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="F451" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="G451">
         <v>0</v>
       </c>
     </row>
     <row r="452" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A452" s="4" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
       <c r="B452" s="5" t="s">
-        <v>589</v>
+        <v>582</v>
       </c>
       <c r="C452" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D452" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="E452" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="F452" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="G452">
         <v>0</v>
       </c>
     </row>
     <row r="453" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A453" s="4" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
       <c r="B453" s="5" t="s">
-        <v>590</v>
+        <v>583</v>
       </c>
       <c r="C453" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D453" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="E453" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="F453" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="G453">
         <v>0</v>
       </c>
     </row>
     <row r="454" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A454" s="4" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
       <c r="B454" s="5" t="s">
-        <v>591</v>
+        <v>584</v>
       </c>
       <c r="C454" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D454" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="E454" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="F454" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="G454">
         <v>0</v>
       </c>
     </row>
     <row r="455" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A455" s="4" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
       <c r="B455" s="5" t="s">
-        <v>592</v>
+        <v>585</v>
       </c>
       <c r="C455" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D455" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="E455" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="F455" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="G455">
         <v>0</v>
       </c>
     </row>
     <row r="456" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A456" s="4" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
       <c r="B456" s="5" t="s">
-        <v>593</v>
+        <v>586</v>
       </c>
       <c r="C456" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D456" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="E456" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="F456" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="G456">
         <v>0</v>
       </c>
     </row>
     <row r="457" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A457" s="7" t="s">
-        <v>570</v>
+      <c r="A457" s="4" t="s">
+        <v>564</v>
       </c>
       <c r="B457" s="5" t="s">
-        <v>594</v>
+        <v>587</v>
       </c>
       <c r="C457" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D457" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="E457" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="F457" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="G457">
         <v>0</v>
       </c>
     </row>
     <row r="458" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A458" s="4" t="s">
-        <v>595</v>
+        <v>564</v>
       </c>
       <c r="B458" s="5" t="s">
-        <v>596</v>
+        <v>588</v>
       </c>
       <c r="C458" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D458" t="s">
-        <v>597</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>566</v>
+      </c>
+      <c r="E458" t="s">
+        <v>567</v>
+      </c>
+      <c r="F458" t="s">
+        <v>568</v>
       </c>
       <c r="G458">
         <v>0</v>
       </c>
     </row>
     <row r="459" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A459" s="4" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B459" s="5" t="s">
-        <v>598</v>
+        <v>590</v>
       </c>
       <c r="C459" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D459" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E459" t="s">
+        <v>380</v>
       </c>
       <c r="F459">
         <v>0</v>
       </c>
       <c r="G459">
         <v>0</v>
       </c>
     </row>
     <row r="460" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A460" s="4" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B460" s="5" t="s">
-        <v>599</v>
+        <v>592</v>
       </c>
       <c r="C460" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D460" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E460" t="s">
+        <v>380</v>
       </c>
       <c r="F460">
         <v>0</v>
       </c>
       <c r="G460">
         <v>0</v>
       </c>
     </row>
     <row r="461" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A461" s="4" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B461" s="5" t="s">
-        <v>600</v>
+        <v>593</v>
       </c>
       <c r="C461" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D461" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E461" t="s">
+        <v>380</v>
       </c>
       <c r="F461">
         <v>0</v>
       </c>
       <c r="G461">
         <v>0</v>
       </c>
     </row>
     <row r="462" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A462" s="4" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B462" s="5" t="s">
-        <v>601</v>
+        <v>594</v>
       </c>
       <c r="C462" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D462" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E462" t="s">
+        <v>380</v>
       </c>
       <c r="F462">
         <v>0</v>
       </c>
       <c r="G462">
         <v>0</v>
       </c>
     </row>
     <row r="463" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A463" s="4" t="s">
+        <v>589</v>
+      </c>
+      <c r="B463" s="5" t="s">
         <v>595</v>
-      </c>
-[...1 lines deleted...]
-        <v>602</v>
       </c>
       <c r="C463" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D463" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E463" t="s">
+        <v>380</v>
       </c>
       <c r="F463">
         <v>0</v>
       </c>
       <c r="G463">
         <v>0</v>
       </c>
     </row>
     <row r="464" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A464" s="4" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B464" s="5" t="s">
-        <v>603</v>
+        <v>596</v>
       </c>
       <c r="C464" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D464" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E464" t="s">
+        <v>380</v>
       </c>
       <c r="F464">
         <v>0</v>
       </c>
       <c r="G464">
         <v>0</v>
       </c>
     </row>
     <row r="465" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A465" s="4" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B465" s="5" t="s">
-        <v>604</v>
+        <v>597</v>
       </c>
       <c r="C465" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D465" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E465" t="s">
+        <v>380</v>
       </c>
       <c r="F465">
         <v>0</v>
       </c>
       <c r="G465">
         <v>0</v>
       </c>
     </row>
     <row r="466" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A466" s="4" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B466" s="5" t="s">
-        <v>605</v>
+        <v>598</v>
       </c>
       <c r="C466" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D466" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E466" t="s">
+        <v>380</v>
       </c>
       <c r="F466">
         <v>0</v>
       </c>
       <c r="G466">
         <v>0</v>
       </c>
     </row>
     <row r="467" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A467" s="4" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B467" s="5" t="s">
-        <v>606</v>
+        <v>599</v>
       </c>
       <c r="C467" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D467" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E467" t="s">
+        <v>380</v>
       </c>
       <c r="F467">
         <v>0</v>
       </c>
       <c r="G467">
         <v>0</v>
       </c>
     </row>
     <row r="468" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A468" s="4" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B468" s="5" t="s">
-        <v>607</v>
+        <v>600</v>
       </c>
       <c r="C468" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D468" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E468" t="s">
+        <v>380</v>
       </c>
       <c r="F468">
         <v>0</v>
       </c>
       <c r="G468">
         <v>0</v>
       </c>
     </row>
     <row r="469" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A469" s="4" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B469" s="5" t="s">
-        <v>608</v>
+        <v>601</v>
       </c>
       <c r="C469" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D469" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E469" t="s">
+        <v>380</v>
       </c>
       <c r="F469">
         <v>0</v>
       </c>
       <c r="G469">
         <v>0</v>
       </c>
     </row>
     <row r="470" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A470" s="4" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B470" s="5" t="s">
-        <v>609</v>
+        <v>602</v>
       </c>
       <c r="C470" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D470" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E470" t="s">
+        <v>380</v>
       </c>
       <c r="F470">
         <v>0</v>
       </c>
       <c r="G470">
         <v>0</v>
       </c>
     </row>
     <row r="471" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A471" s="4" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B471" s="5" t="s">
-        <v>610</v>
+        <v>603</v>
       </c>
       <c r="C471" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D471" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E471" t="s">
+        <v>380</v>
       </c>
       <c r="F471">
         <v>0</v>
       </c>
       <c r="G471">
         <v>0</v>
       </c>
     </row>
     <row r="472" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A472" s="4" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B472" s="5" t="s">
-        <v>611</v>
+        <v>604</v>
       </c>
       <c r="C472" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D472" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E472" t="s">
+        <v>380</v>
       </c>
       <c r="F472">
         <v>0</v>
       </c>
       <c r="G472">
         <v>0</v>
       </c>
     </row>
     <row r="473" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A473" s="4" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B473" s="5" t="s">
-        <v>612</v>
+        <v>605</v>
       </c>
       <c r="C473" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D473" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E473" t="s">
+        <v>380</v>
       </c>
       <c r="F473">
         <v>0</v>
       </c>
       <c r="G473">
         <v>0</v>
       </c>
     </row>
     <row r="474" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A474" s="4" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B474" s="5" t="s">
-        <v>613</v>
+        <v>606</v>
       </c>
       <c r="C474" s="6" t="s">
-        <v>34</v>
+        <v>90</v>
       </c>
       <c r="D474" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E474" t="s">
+        <v>380</v>
       </c>
       <c r="F474">
         <v>0</v>
       </c>
       <c r="G474">
         <v>0</v>
       </c>
     </row>
     <row r="475" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A475" s="4" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B475" s="5" t="s">
-        <v>614</v>
+        <v>607</v>
       </c>
       <c r="C475" s="6" t="s">
-        <v>90</v>
+        <v>33</v>
       </c>
       <c r="D475" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E475" t="s">
+        <v>380</v>
       </c>
       <c r="F475">
         <v>0</v>
       </c>
       <c r="G475">
         <v>0</v>
       </c>
     </row>
     <row r="476" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A476" s="4" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B476" s="5" t="s">
-        <v>615</v>
+        <v>608</v>
       </c>
       <c r="C476" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D476" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E476" t="s">
+        <v>380</v>
       </c>
       <c r="F476">
         <v>0</v>
       </c>
       <c r="G476">
         <v>0</v>
       </c>
     </row>
     <row r="477" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A477" s="4" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B477" s="5" t="s">
-        <v>616</v>
+        <v>609</v>
       </c>
       <c r="C477" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D477" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E477" t="s">
+        <v>380</v>
       </c>
       <c r="F477">
         <v>0</v>
       </c>
       <c r="G477">
         <v>0</v>
       </c>
     </row>
     <row r="478" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A478" s="4" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B478" s="5" t="s">
-        <v>617</v>
+        <v>610</v>
       </c>
       <c r="C478" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D478" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E478" t="s">
+        <v>380</v>
       </c>
       <c r="F478">
         <v>0</v>
       </c>
       <c r="G478">
         <v>0</v>
       </c>
     </row>
     <row r="479" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A479" s="4" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B479" s="5" t="s">
-        <v>618</v>
+        <v>611</v>
       </c>
       <c r="C479" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D479" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E479" t="s">
+        <v>380</v>
       </c>
       <c r="F479">
         <v>0</v>
       </c>
       <c r="G479">
         <v>0</v>
       </c>
     </row>
     <row r="480" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A480" s="4" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B480" s="5" t="s">
-        <v>619</v>
+        <v>612</v>
       </c>
       <c r="C480" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D480" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E480" t="s">
+        <v>380</v>
       </c>
       <c r="F480">
         <v>0</v>
       </c>
       <c r="G480">
         <v>0</v>
       </c>
     </row>
     <row r="481" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A481" s="4" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B481" s="5" t="s">
-        <v>620</v>
+        <v>613</v>
       </c>
       <c r="C481" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D481" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E481" t="s">
+        <v>380</v>
       </c>
       <c r="F481">
         <v>0</v>
       </c>
       <c r="G481">
         <v>0</v>
       </c>
     </row>
     <row r="482" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A482" s="4" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B482" s="5" t="s">
-        <v>621</v>
+        <v>614</v>
       </c>
       <c r="C482" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D482" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E482" t="s">
+        <v>380</v>
       </c>
       <c r="F482">
         <v>0</v>
       </c>
       <c r="G482">
         <v>0</v>
       </c>
     </row>
     <row r="483" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A483" s="4" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B483" s="5" t="s">
-        <v>622</v>
+        <v>615</v>
       </c>
       <c r="C483" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D483" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E483" t="s">
+        <v>380</v>
       </c>
       <c r="F483">
         <v>0</v>
       </c>
       <c r="G483">
         <v>0</v>
       </c>
     </row>
     <row r="484" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A484" s="4" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B484" s="5" t="s">
-        <v>623</v>
+        <v>616</v>
       </c>
       <c r="C484" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D484" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E484" t="s">
+        <v>380</v>
       </c>
       <c r="F484">
         <v>0</v>
       </c>
       <c r="G484">
         <v>0</v>
       </c>
     </row>
     <row r="485" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A485" s="4" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B485" s="5" t="s">
-        <v>624</v>
+        <v>617</v>
       </c>
       <c r="C485" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D485" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E485" t="s">
+        <v>380</v>
       </c>
       <c r="F485">
         <v>0</v>
       </c>
       <c r="G485">
         <v>0</v>
       </c>
     </row>
     <row r="486" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A486" s="4" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B486" s="5" t="s">
-        <v>625</v>
+        <v>618</v>
       </c>
       <c r="C486" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D486" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E486" t="s">
+        <v>380</v>
       </c>
       <c r="F486">
         <v>0</v>
       </c>
       <c r="G486">
         <v>0</v>
       </c>
     </row>
     <row r="487" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A487" s="4" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B487" s="5" t="s">
-        <v>626</v>
+        <v>619</v>
       </c>
       <c r="C487" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D487" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E487" t="s">
+        <v>380</v>
       </c>
       <c r="F487">
         <v>0</v>
       </c>
       <c r="G487">
         <v>0</v>
       </c>
     </row>
     <row r="488" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A488" s="4" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B488" s="5" t="s">
-        <v>627</v>
+        <v>620</v>
       </c>
       <c r="C488" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D488" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E488" t="s">
+        <v>380</v>
       </c>
       <c r="F488">
         <v>0</v>
       </c>
       <c r="G488">
         <v>0</v>
       </c>
     </row>
     <row r="489" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A489" s="7" t="s">
-        <v>595</v>
+      <c r="A489" s="4" t="s">
+        <v>589</v>
       </c>
       <c r="B489" s="5" t="s">
-        <v>628</v>
+        <v>621</v>
       </c>
       <c r="C489" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D489" t="s">
-        <v>597</v>
+        <v>591</v>
+      </c>
+      <c r="E489" t="s">
+        <v>380</v>
       </c>
       <c r="F489">
         <v>0</v>
       </c>
       <c r="G489">
         <v>0</v>
       </c>
     </row>
     <row r="490" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A490" s="4" t="s">
-        <v>629</v>
+        <v>589</v>
       </c>
       <c r="B490" s="5" t="s">
-        <v>33</v>
+        <v>622</v>
       </c>
       <c r="C490" s="6" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="D490" t="s">
-        <v>630</v>
+        <v>591</v>
       </c>
       <c r="E490" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-        <v>632</v>
+        <v>380</v>
+      </c>
+      <c r="F490">
+        <v>0</v>
       </c>
       <c r="G490">
         <v>0</v>
       </c>
     </row>
     <row r="491" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A491" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B491" s="5" t="s">
-        <v>633</v>
+        <v>32</v>
       </c>
       <c r="C491" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D491" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E491">
+        <v>0</v>
       </c>
       <c r="F491" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G491">
         <v>0</v>
       </c>
     </row>
     <row r="492" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A492" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B492" s="5" t="s">
-        <v>634</v>
+        <v>625</v>
       </c>
       <c r="C492" s="6" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="D492" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E492">
+        <v>0</v>
       </c>
       <c r="F492" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G492">
         <v>0</v>
       </c>
     </row>
     <row r="493" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A493" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B493" s="5" t="s">
-        <v>635</v>
+        <v>626</v>
       </c>
       <c r="C493" s="6" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="D493" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E493">
+        <v>0</v>
       </c>
       <c r="F493" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G493">
         <v>0</v>
       </c>
     </row>
     <row r="494" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A494" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B494" s="5" t="s">
-        <v>636</v>
+        <v>627</v>
       </c>
       <c r="C494" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D494" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E494">
+        <v>0</v>
       </c>
       <c r="F494" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G494">
         <v>0</v>
       </c>
     </row>
     <row r="495" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A495" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B495" s="5" t="s">
-        <v>637</v>
+        <v>628</v>
       </c>
       <c r="C495" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D495" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E495">
+        <v>0</v>
       </c>
       <c r="F495" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G495">
         <v>0</v>
       </c>
     </row>
     <row r="496" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A496" s="4" t="s">
+        <v>623</v>
+      </c>
+      <c r="B496" s="5" t="s">
         <v>629</v>
       </c>
-      <c r="B496" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C496" s="6" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="D496" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E496">
+        <v>0</v>
       </c>
       <c r="F496" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G496">
         <v>0</v>
       </c>
     </row>
     <row r="497" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A497" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B497" s="5" t="s">
-        <v>639</v>
+        <v>630</v>
       </c>
       <c r="C497" s="6" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="D497" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E497">
+        <v>0</v>
       </c>
       <c r="F497" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G497">
         <v>0</v>
       </c>
     </row>
     <row r="498" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A498" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B498" s="5" t="s">
-        <v>640</v>
+        <v>631</v>
       </c>
       <c r="C498" s="6" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="D498" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E498">
+        <v>0</v>
       </c>
       <c r="F498" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G498">
         <v>0</v>
       </c>
     </row>
     <row r="499" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A499" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B499" s="5" t="s">
-        <v>641</v>
+        <v>632</v>
       </c>
       <c r="C499" s="6" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="D499" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E499">
+        <v>0</v>
       </c>
       <c r="F499" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G499">
         <v>0</v>
       </c>
     </row>
     <row r="500" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A500" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B500" s="5" t="s">
-        <v>642</v>
+        <v>633</v>
       </c>
       <c r="C500" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D500" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E500">
+        <v>0</v>
       </c>
       <c r="F500" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G500">
         <v>0</v>
       </c>
     </row>
     <row r="501" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A501" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B501" s="5" t="s">
-        <v>643</v>
+        <v>634</v>
       </c>
       <c r="C501" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D501" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E501">
+        <v>0</v>
       </c>
       <c r="F501" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G501">
         <v>0</v>
       </c>
     </row>
     <row r="502" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A502" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B502" s="5" t="s">
-        <v>644</v>
+        <v>635</v>
       </c>
       <c r="C502" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D502" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E502">
+        <v>0</v>
       </c>
       <c r="F502" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G502">
         <v>0</v>
       </c>
     </row>
     <row r="503" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A503" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B503" s="5" t="s">
-        <v>645</v>
+        <v>636</v>
       </c>
       <c r="C503" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D503" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E503">
+        <v>0</v>
       </c>
       <c r="F503" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G503">
         <v>0</v>
       </c>
     </row>
     <row r="504" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A504" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B504" s="5" t="s">
-        <v>646</v>
+        <v>637</v>
       </c>
       <c r="C504" s="6" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="D504" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E504">
+        <v>0</v>
       </c>
       <c r="F504" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G504">
         <v>0</v>
       </c>
     </row>
     <row r="505" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A505" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B505" s="5" t="s">
-        <v>647</v>
+        <v>638</v>
       </c>
       <c r="C505" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D505" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E505">
+        <v>0</v>
       </c>
       <c r="F505" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G505">
         <v>0</v>
       </c>
     </row>
     <row r="506" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A506" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B506" s="5" t="s">
-        <v>648</v>
+        <v>639</v>
       </c>
       <c r="C506" s="6" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="D506" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E506">
+        <v>0</v>
       </c>
       <c r="F506" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G506">
         <v>0</v>
       </c>
     </row>
     <row r="507" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A507" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B507" s="5" t="s">
-        <v>649</v>
+        <v>640</v>
       </c>
       <c r="C507" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D507" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E507">
+        <v>0</v>
       </c>
       <c r="F507" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G507">
         <v>0</v>
       </c>
     </row>
     <row r="508" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A508" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B508" s="5" t="s">
-        <v>400</v>
+        <v>641</v>
       </c>
       <c r="C508" s="6" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="D508" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E508">
+        <v>0</v>
       </c>
       <c r="F508" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G508">
         <v>0</v>
       </c>
     </row>
     <row r="509" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A509" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B509" s="5" t="s">
-        <v>650</v>
+        <v>642</v>
       </c>
       <c r="C509" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D509" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E509">
+        <v>0</v>
       </c>
       <c r="F509" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G509">
         <v>0</v>
       </c>
     </row>
     <row r="510" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A510" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B510" s="5" t="s">
-        <v>651</v>
+        <v>643</v>
       </c>
       <c r="C510" s="6" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="D510" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E510">
+        <v>0</v>
       </c>
       <c r="F510" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G510">
         <v>0</v>
       </c>
     </row>
     <row r="511" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A511" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B511" s="5" t="s">
-        <v>652</v>
+        <v>395</v>
       </c>
       <c r="C511" s="6" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="D511" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E511">
+        <v>0</v>
       </c>
       <c r="F511" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G511">
         <v>0</v>
       </c>
     </row>
     <row r="512" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A512" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B512" s="5" t="s">
-        <v>653</v>
+        <v>644</v>
       </c>
       <c r="C512" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D512" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E512">
+        <v>0</v>
       </c>
       <c r="F512" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G512">
         <v>0</v>
       </c>
     </row>
     <row r="513" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A513" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B513" s="5" t="s">
-        <v>654</v>
+        <v>645</v>
       </c>
       <c r="C513" s="6" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="D513" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E513">
+        <v>0</v>
       </c>
       <c r="F513" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G513">
         <v>0</v>
       </c>
     </row>
     <row r="514" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A514" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B514" s="5" t="s">
-        <v>655</v>
+        <v>646</v>
       </c>
       <c r="C514" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D514" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E514">
+        <v>0</v>
       </c>
       <c r="F514" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G514">
         <v>0</v>
       </c>
     </row>
     <row r="515" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A515" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B515" s="5" t="s">
-        <v>656</v>
+        <v>647</v>
       </c>
       <c r="C515" s="6" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="D515" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E515">
+        <v>0</v>
       </c>
       <c r="F515" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G515">
         <v>0</v>
       </c>
     </row>
     <row r="516" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A516" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B516" s="5" t="s">
-        <v>657</v>
+        <v>648</v>
       </c>
       <c r="C516" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D516" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E516">
+        <v>0</v>
       </c>
       <c r="F516" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G516">
         <v>0</v>
       </c>
     </row>
     <row r="517" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A517" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B517" s="5" t="s">
-        <v>658</v>
+        <v>649</v>
       </c>
       <c r="C517" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D517" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E517">
+        <v>0</v>
       </c>
       <c r="F517" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G517">
         <v>0</v>
       </c>
     </row>
     <row r="518" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A518" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B518" s="5" t="s">
-        <v>659</v>
+        <v>650</v>
       </c>
       <c r="C518" s="6" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="D518" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E518">
+        <v>0</v>
       </c>
       <c r="F518" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G518">
         <v>0</v>
       </c>
     </row>
     <row r="519" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A519" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B519" s="5" t="s">
-        <v>660</v>
+        <v>651</v>
       </c>
       <c r="C519" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D519" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E519">
+        <v>0</v>
       </c>
       <c r="F519" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G519">
         <v>0</v>
       </c>
     </row>
     <row r="520" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A520" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B520" s="5" t="s">
-        <v>661</v>
+        <v>652</v>
       </c>
       <c r="C520" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D520" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E520">
+        <v>0</v>
       </c>
       <c r="F520" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G520">
         <v>0</v>
       </c>
     </row>
     <row r="521" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A521" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B521" s="5" t="s">
-        <v>662</v>
+        <v>653</v>
       </c>
       <c r="C521" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D521" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E521">
+        <v>0</v>
       </c>
       <c r="F521" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G521">
         <v>0</v>
       </c>
     </row>
     <row r="522" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A522" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B522" s="5" t="s">
-        <v>663</v>
+        <v>654</v>
       </c>
       <c r="C522" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D522" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E522">
+        <v>0</v>
       </c>
       <c r="F522" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G522">
         <v>0</v>
       </c>
     </row>
     <row r="523" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A523" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B523" s="5" t="s">
-        <v>664</v>
+        <v>655</v>
       </c>
       <c r="C523" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D523" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E523">
+        <v>0</v>
       </c>
       <c r="F523" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G523">
         <v>0</v>
       </c>
     </row>
     <row r="524" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A524" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B524" s="5" t="s">
-        <v>665</v>
+        <v>656</v>
       </c>
       <c r="C524" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D524" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E524">
+        <v>0</v>
       </c>
       <c r="F524" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G524">
         <v>0</v>
       </c>
     </row>
     <row r="525" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A525" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B525" s="5" t="s">
-        <v>666</v>
+        <v>657</v>
       </c>
       <c r="C525" s="6" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="D525" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E525">
+        <v>0</v>
       </c>
       <c r="F525" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G525">
         <v>0</v>
       </c>
     </row>
     <row r="526" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A526" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B526" s="5" t="s">
-        <v>667</v>
+        <v>658</v>
       </c>
       <c r="C526" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D526" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E526">
+        <v>0</v>
       </c>
       <c r="F526" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G526">
         <v>0</v>
       </c>
     </row>
     <row r="527" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A527" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B527" s="5" t="s">
-        <v>668</v>
+        <v>659</v>
       </c>
       <c r="C527" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D527" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E527">
+        <v>0</v>
       </c>
       <c r="F527" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G527">
         <v>0</v>
       </c>
     </row>
     <row r="528" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A528" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B528" s="5" t="s">
-        <v>669</v>
+        <v>660</v>
       </c>
       <c r="C528" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D528" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E528">
+        <v>0</v>
       </c>
       <c r="F528" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G528">
         <v>0</v>
       </c>
     </row>
     <row r="529" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A529" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B529" s="5" t="s">
-        <v>670</v>
+        <v>661</v>
       </c>
       <c r="C529" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D529" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E529">
+        <v>0</v>
       </c>
       <c r="F529" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G529">
         <v>0</v>
       </c>
     </row>
     <row r="530" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A530" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B530" s="5" t="s">
-        <v>671</v>
+        <v>662</v>
       </c>
       <c r="C530" s="6" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="D530" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E530">
+        <v>0</v>
       </c>
       <c r="F530" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G530">
         <v>0</v>
       </c>
     </row>
     <row r="531" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A531" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B531" s="5" t="s">
-        <v>672</v>
+        <v>663</v>
       </c>
       <c r="C531" s="6" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="D531" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E531">
+        <v>0</v>
       </c>
       <c r="F531" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G531">
         <v>0</v>
       </c>
     </row>
     <row r="532" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A532" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B532" s="5" t="s">
-        <v>673</v>
+        <v>664</v>
       </c>
       <c r="C532" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D532" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E532">
+        <v>0</v>
       </c>
       <c r="F532" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G532">
         <v>0</v>
       </c>
     </row>
     <row r="533" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A533" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B533" s="5" t="s">
-        <v>674</v>
+        <v>665</v>
       </c>
       <c r="C533" s="6" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="D533" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E533">
+        <v>0</v>
       </c>
       <c r="F533" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G533">
         <v>0</v>
       </c>
     </row>
     <row r="534" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A534" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B534" s="5" t="s">
-        <v>675</v>
+        <v>666</v>
       </c>
       <c r="C534" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D534" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E534">
+        <v>0</v>
       </c>
       <c r="F534" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G534">
         <v>0</v>
       </c>
     </row>
     <row r="535" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A535" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B535" s="5" t="s">
-        <v>676</v>
+        <v>667</v>
       </c>
       <c r="C535" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D535" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E535">
+        <v>0</v>
       </c>
       <c r="F535" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G535">
         <v>0</v>
       </c>
     </row>
     <row r="536" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A536" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B536" s="5" t="s">
-        <v>677</v>
+        <v>668</v>
       </c>
       <c r="C536" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D536" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E536">
+        <v>0</v>
       </c>
       <c r="F536" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G536">
         <v>0</v>
       </c>
     </row>
     <row r="537" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A537" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B537" s="5" t="s">
-        <v>678</v>
+        <v>669</v>
       </c>
       <c r="C537" s="6" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="D537" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E537">
+        <v>0</v>
       </c>
       <c r="F537" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G537">
         <v>0</v>
       </c>
     </row>
     <row r="538" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A538" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B538" s="5" t="s">
-        <v>679</v>
+        <v>670</v>
       </c>
       <c r="C538" s="6" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="D538" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E538">
+        <v>0</v>
       </c>
       <c r="F538" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G538">
         <v>0</v>
       </c>
     </row>
     <row r="539" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A539" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B539" s="5" t="s">
-        <v>680</v>
+        <v>671</v>
       </c>
       <c r="C539" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D539" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E539">
+        <v>0</v>
       </c>
       <c r="F539" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G539">
         <v>0</v>
       </c>
     </row>
     <row r="540" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A540" s="7" t="s">
-        <v>629</v>
+      <c r="A540" s="4" t="s">
+        <v>623</v>
       </c>
       <c r="B540" s="5" t="s">
-        <v>681</v>
+        <v>672</v>
       </c>
       <c r="C540" s="6" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="D540" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>1206</v>
+      </c>
+      <c r="E540">
+        <v>0</v>
       </c>
       <c r="F540" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G540">
         <v>0</v>
       </c>
     </row>
     <row r="541" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A541" s="4" t="s">
-        <v>682</v>
+        <v>623</v>
       </c>
       <c r="B541" s="5" t="s">
-        <v>683</v>
+        <v>673</v>
       </c>
       <c r="C541" s="6" t="s">
-        <v>154</v>
+        <v>33</v>
       </c>
       <c r="D541" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-        <v>685</v>
+        <v>1206</v>
+      </c>
+      <c r="E541">
+        <v>0</v>
       </c>
       <c r="F541" t="s">
-        <v>686</v>
+        <v>624</v>
       </c>
       <c r="G541">
         <v>0</v>
       </c>
     </row>
     <row r="542" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A542" s="4" t="s">
-        <v>682</v>
+        <v>623</v>
       </c>
       <c r="B542" s="5" t="s">
-        <v>687</v>
+        <v>674</v>
       </c>
       <c r="C542" s="6" t="s">
-        <v>154</v>
+        <v>83</v>
       </c>
       <c r="D542" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-        <v>685</v>
+        <v>1206</v>
+      </c>
+      <c r="E542">
+        <v>0</v>
       </c>
       <c r="F542" t="s">
-        <v>686</v>
+        <v>624</v>
       </c>
       <c r="G542">
         <v>0</v>
       </c>
     </row>
     <row r="543" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A543" s="4" t="s">
-        <v>682</v>
+        <v>623</v>
       </c>
       <c r="B543" s="5" t="s">
-        <v>688</v>
+        <v>675</v>
       </c>
       <c r="C543" s="6" t="s">
-        <v>154</v>
+        <v>83</v>
       </c>
       <c r="D543" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-        <v>685</v>
+        <v>1206</v>
+      </c>
+      <c r="E543">
+        <v>0</v>
       </c>
       <c r="F543" t="s">
-        <v>686</v>
+        <v>624</v>
       </c>
       <c r="G543">
         <v>0</v>
       </c>
     </row>
     <row r="544" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A544" s="4" t="s">
-        <v>682</v>
+        <v>676</v>
       </c>
       <c r="B544" s="5" t="s">
-        <v>689</v>
+        <v>677</v>
       </c>
       <c r="C544" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D544" t="s">
-        <v>684</v>
+        <v>678</v>
       </c>
       <c r="E544" t="s">
-        <v>685</v>
+        <v>679</v>
       </c>
       <c r="F544" t="s">
-        <v>686</v>
+        <v>680</v>
       </c>
       <c r="G544">
         <v>0</v>
       </c>
     </row>
     <row r="545" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A545" s="4" t="s">
-        <v>682</v>
+        <v>676</v>
       </c>
       <c r="B545" s="5" t="s">
-        <v>690</v>
+        <v>681</v>
       </c>
       <c r="C545" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D545" t="s">
-        <v>684</v>
+        <v>678</v>
       </c>
       <c r="E545" t="s">
-        <v>685</v>
+        <v>679</v>
       </c>
       <c r="F545" t="s">
-        <v>686</v>
+        <v>680</v>
       </c>
       <c r="G545">
         <v>0</v>
       </c>
     </row>
     <row r="546" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A546" s="4" t="s">
+        <v>676</v>
+      </c>
+      <c r="B546" s="5" t="s">
         <v>682</v>
       </c>
-      <c r="B546" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C546" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D546" t="s">
-        <v>684</v>
+        <v>678</v>
       </c>
       <c r="E546" t="s">
-        <v>685</v>
+        <v>679</v>
       </c>
       <c r="F546" t="s">
-        <v>686</v>
+        <v>680</v>
       </c>
       <c r="G546">
         <v>0</v>
       </c>
     </row>
     <row r="547" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A547" s="4" t="s">
-        <v>682</v>
+        <v>676</v>
       </c>
       <c r="B547" s="5" t="s">
-        <v>692</v>
+        <v>683</v>
       </c>
       <c r="C547" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D547" t="s">
-        <v>684</v>
+        <v>678</v>
       </c>
       <c r="E547" t="s">
-        <v>685</v>
+        <v>679</v>
       </c>
       <c r="F547" t="s">
-        <v>686</v>
+        <v>680</v>
       </c>
       <c r="G547">
         <v>0</v>
       </c>
     </row>
     <row r="548" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A548" s="4" t="s">
-        <v>682</v>
+        <v>676</v>
       </c>
       <c r="B548" s="5" t="s">
-        <v>693</v>
+        <v>684</v>
       </c>
       <c r="C548" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D548" t="s">
-        <v>684</v>
+        <v>678</v>
       </c>
       <c r="E548" t="s">
-        <v>685</v>
+        <v>679</v>
       </c>
       <c r="F548" t="s">
-        <v>686</v>
+        <v>680</v>
       </c>
       <c r="G548">
         <v>0</v>
       </c>
     </row>
     <row r="549" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A549" s="4" t="s">
-        <v>682</v>
+        <v>676</v>
       </c>
       <c r="B549" s="5" t="s">
-        <v>694</v>
+        <v>685</v>
       </c>
       <c r="C549" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D549" t="s">
-        <v>684</v>
+        <v>678</v>
       </c>
       <c r="E549" t="s">
-        <v>685</v>
+        <v>679</v>
       </c>
       <c r="F549" t="s">
-        <v>686</v>
+        <v>680</v>
       </c>
       <c r="G549">
         <v>0</v>
       </c>
     </row>
     <row r="550" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A550" s="4" t="s">
-        <v>682</v>
+        <v>676</v>
       </c>
       <c r="B550" s="5" t="s">
-        <v>695</v>
+        <v>686</v>
       </c>
       <c r="C550" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D550" t="s">
-        <v>684</v>
+        <v>678</v>
       </c>
       <c r="E550" t="s">
-        <v>685</v>
+        <v>679</v>
       </c>
       <c r="F550" t="s">
-        <v>686</v>
+        <v>680</v>
       </c>
       <c r="G550">
         <v>0</v>
       </c>
     </row>
     <row r="551" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A551" s="4" t="s">
-        <v>682</v>
+        <v>676</v>
       </c>
       <c r="B551" s="5" t="s">
-        <v>696</v>
+        <v>687</v>
       </c>
       <c r="C551" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D551" t="s">
-        <v>684</v>
+        <v>678</v>
       </c>
       <c r="E551" t="s">
-        <v>685</v>
+        <v>679</v>
       </c>
       <c r="F551" t="s">
-        <v>686</v>
+        <v>680</v>
       </c>
       <c r="G551">
         <v>0</v>
       </c>
     </row>
     <row r="552" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A552" s="4" t="s">
-        <v>682</v>
+        <v>676</v>
       </c>
       <c r="B552" s="5" t="s">
-        <v>697</v>
+        <v>688</v>
       </c>
       <c r="C552" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D552" t="s">
-        <v>684</v>
+        <v>678</v>
       </c>
       <c r="E552" t="s">
-        <v>685</v>
+        <v>679</v>
       </c>
       <c r="F552" t="s">
-        <v>686</v>
+        <v>680</v>
       </c>
       <c r="G552">
         <v>0</v>
       </c>
     </row>
     <row r="553" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A553" s="4" t="s">
-        <v>682</v>
+        <v>676</v>
       </c>
       <c r="B553" s="5" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="C553" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D553" t="s">
-        <v>684</v>
+        <v>678</v>
       </c>
       <c r="E553" t="s">
-        <v>685</v>
+        <v>679</v>
       </c>
       <c r="F553" t="s">
-        <v>686</v>
+        <v>680</v>
       </c>
       <c r="G553">
         <v>0</v>
       </c>
     </row>
     <row r="554" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A554" s="4" t="s">
-        <v>682</v>
+        <v>676</v>
       </c>
       <c r="B554" s="5" t="s">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="C554" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D554" t="s">
-        <v>684</v>
+        <v>678</v>
       </c>
       <c r="E554" t="s">
-        <v>685</v>
+        <v>679</v>
       </c>
       <c r="F554" t="s">
-        <v>686</v>
+        <v>680</v>
       </c>
       <c r="G554">
         <v>0</v>
       </c>
     </row>
     <row r="555" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A555" s="4" t="s">
-        <v>682</v>
+        <v>676</v>
       </c>
       <c r="B555" s="5" t="s">
-        <v>700</v>
+        <v>691</v>
       </c>
       <c r="C555" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D555" t="s">
-        <v>684</v>
+        <v>678</v>
       </c>
       <c r="E555" t="s">
-        <v>685</v>
+        <v>679</v>
       </c>
       <c r="F555" t="s">
-        <v>686</v>
+        <v>680</v>
       </c>
       <c r="G555">
         <v>0</v>
       </c>
     </row>
     <row r="556" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A556" s="4" t="s">
-        <v>682</v>
+        <v>676</v>
       </c>
       <c r="B556" s="5" t="s">
-        <v>701</v>
+        <v>692</v>
       </c>
       <c r="C556" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D556" t="s">
-        <v>684</v>
+        <v>678</v>
       </c>
       <c r="E556" t="s">
-        <v>685</v>
+        <v>679</v>
       </c>
       <c r="F556" t="s">
-        <v>686</v>
+        <v>680</v>
       </c>
       <c r="G556">
         <v>0</v>
       </c>
     </row>
     <row r="557" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A557" s="4" t="s">
-        <v>682</v>
+        <v>676</v>
       </c>
       <c r="B557" s="5" t="s">
-        <v>702</v>
+        <v>693</v>
       </c>
       <c r="C557" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D557" t="s">
-        <v>684</v>
+        <v>678</v>
       </c>
       <c r="E557" t="s">
-        <v>685</v>
+        <v>679</v>
       </c>
       <c r="F557" t="s">
-        <v>686</v>
+        <v>680</v>
       </c>
       <c r="G557">
         <v>0</v>
       </c>
     </row>
     <row r="558" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A558" s="7" t="s">
-        <v>682</v>
+      <c r="A558" s="4" t="s">
+        <v>676</v>
       </c>
       <c r="B558" s="5" t="s">
-        <v>703</v>
+        <v>694</v>
       </c>
       <c r="C558" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D558" t="s">
-        <v>684</v>
+        <v>678</v>
       </c>
       <c r="E558" t="s">
-        <v>685</v>
+        <v>679</v>
       </c>
       <c r="F558" t="s">
-        <v>686</v>
+        <v>680</v>
       </c>
       <c r="G558">
         <v>0</v>
       </c>
     </row>
     <row r="559" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A559" s="4" t="s">
-        <v>704</v>
+        <v>676</v>
       </c>
       <c r="B559" s="5" t="s">
-        <v>705</v>
+        <v>695</v>
       </c>
       <c r="C559" s="6" t="s">
-        <v>34</v>
+        <v>153</v>
       </c>
       <c r="D559" t="s">
-        <v>706</v>
+        <v>678</v>
       </c>
       <c r="E559" t="s">
-        <v>707</v>
+        <v>679</v>
       </c>
       <c r="F559" t="s">
-        <v>708</v>
-[...2 lines deleted...]
-        <v>709</v>
+        <v>680</v>
+      </c>
+      <c r="G559">
+        <v>0</v>
       </c>
     </row>
     <row r="560" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A560" s="4" t="s">
-        <v>704</v>
+        <v>676</v>
       </c>
       <c r="B560" s="5" t="s">
-        <v>710</v>
+        <v>696</v>
       </c>
       <c r="C560" s="6" t="s">
-        <v>34</v>
+        <v>153</v>
       </c>
       <c r="D560" t="s">
-        <v>706</v>
+        <v>678</v>
       </c>
       <c r="E560" t="s">
-        <v>707</v>
+        <v>679</v>
       </c>
       <c r="F560" t="s">
-        <v>708</v>
-[...2 lines deleted...]
-        <v>709</v>
+        <v>680</v>
+      </c>
+      <c r="G560">
+        <v>0</v>
       </c>
     </row>
     <row r="561" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A561" s="4" t="s">
-        <v>704</v>
+        <v>676</v>
       </c>
       <c r="B561" s="5" t="s">
-        <v>711</v>
+        <v>697</v>
       </c>
       <c r="C561" s="6" t="s">
-        <v>83</v>
+        <v>153</v>
       </c>
       <c r="D561" t="s">
-        <v>706</v>
+        <v>678</v>
       </c>
       <c r="E561" t="s">
-        <v>707</v>
+        <v>679</v>
       </c>
       <c r="F561" t="s">
-        <v>708</v>
-[...2 lines deleted...]
-        <v>709</v>
+        <v>680</v>
+      </c>
+      <c r="G561">
+        <v>0</v>
       </c>
     </row>
     <row r="562" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A562" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B562" s="5" t="s">
-        <v>712</v>
+        <v>699</v>
       </c>
       <c r="C562" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D562" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E562" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F562" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G562" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="563" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A563" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B563" s="5" t="s">
-        <v>713</v>
+        <v>703</v>
       </c>
       <c r="C563" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D563" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E563" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F563" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G563" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="564" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A564" s="4" t="s">
+        <v>698</v>
+      </c>
+      <c r="B564" s="5" t="s">
         <v>704</v>
       </c>
-      <c r="B564" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C564" s="6" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="D564" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E564" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F564" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G564" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="565" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A565" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B565" s="5" t="s">
-        <v>715</v>
+        <v>705</v>
       </c>
       <c r="C565" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D565" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E565" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F565" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G565" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="566" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A566" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B566" s="5" t="s">
-        <v>716</v>
+        <v>706</v>
       </c>
       <c r="C566" s="6" t="s">
-        <v>210</v>
+        <v>33</v>
       </c>
       <c r="D566" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E566" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F566" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G566" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="567" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A567" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B567" s="5" t="s">
-        <v>717</v>
+        <v>707</v>
       </c>
       <c r="C567" s="6" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="D567" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E567" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F567" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G567" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="568" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A568" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B568" s="5" t="s">
-        <v>718</v>
+        <v>708</v>
       </c>
       <c r="C568" s="6" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="D568" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E568" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F568" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G568" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="569" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A569" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B569" s="5" t="s">
-        <v>719</v>
+        <v>709</v>
       </c>
       <c r="C569" s="6" t="s">
-        <v>34</v>
+        <v>207</v>
       </c>
       <c r="D569" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E569" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F569" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G569" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="570" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A570" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B570" s="5" t="s">
-        <v>388</v>
+        <v>710</v>
       </c>
       <c r="C570" s="6" t="s">
-        <v>210</v>
+        <v>83</v>
       </c>
       <c r="D570" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E570" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F570" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G570" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="571" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A571" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B571" s="5" t="s">
-        <v>720</v>
+        <v>711</v>
       </c>
       <c r="C571" s="6" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="D571" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E571" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F571" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G571" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="572" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A572" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B572" s="5" t="s">
-        <v>721</v>
+        <v>712</v>
       </c>
       <c r="C572" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D572" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E572" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F572" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G572" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="573" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A573" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B573" s="5" t="s">
-        <v>722</v>
+        <v>383</v>
       </c>
       <c r="C573" s="6" t="s">
-        <v>34</v>
+        <v>207</v>
       </c>
       <c r="D573" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E573" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F573" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G573" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="574" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A574" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B574" s="5" t="s">
-        <v>723</v>
+        <v>713</v>
       </c>
       <c r="C574" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D574" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E574" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F574" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G574" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="575" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A575" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B575" s="5" t="s">
-        <v>724</v>
+        <v>714</v>
       </c>
       <c r="C575" s="6" t="s">
-        <v>210</v>
+        <v>33</v>
       </c>
       <c r="D575" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E575" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F575" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G575" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="576" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A576" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B576" s="5" t="s">
-        <v>725</v>
+        <v>715</v>
       </c>
       <c r="C576" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D576" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E576" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F576" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G576" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="577" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A577" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B577" s="5" t="s">
-        <v>726</v>
+        <v>716</v>
       </c>
       <c r="C577" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D577" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E577" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F577" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G577" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="578" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A578" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B578" s="5" t="s">
-        <v>727</v>
+        <v>717</v>
       </c>
       <c r="C578" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D578" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E578" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F578" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G578" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="579" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A579" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B579" s="5" t="s">
-        <v>728</v>
+        <v>718</v>
       </c>
       <c r="C579" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D579" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E579" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F579" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G579" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="580" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A580" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B580" s="5" t="s">
-        <v>729</v>
+        <v>719</v>
       </c>
       <c r="C580" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D580" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E580" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F580" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G580" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="581" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A581" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B581" s="5" t="s">
-        <v>730</v>
+        <v>720</v>
       </c>
       <c r="C581" s="6" t="s">
-        <v>34</v>
+        <v>207</v>
       </c>
       <c r="D581" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E581" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F581" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G581" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="582" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A582" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B582" s="5" t="s">
-        <v>731</v>
+        <v>721</v>
       </c>
       <c r="C582" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D582" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E582" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F582" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G582" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="583" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A583" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B583" s="5" t="s">
-        <v>732</v>
+        <v>722</v>
       </c>
       <c r="C583" s="6" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="D583" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E583" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F583" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G583" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="584" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A584" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B584" s="5" t="s">
-        <v>733</v>
+        <v>723</v>
       </c>
       <c r="C584" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D584" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E584" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F584" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G584" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="585" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A585" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B585" s="5" t="s">
-        <v>734</v>
+        <v>724</v>
       </c>
       <c r="C585" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D585" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E585" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F585" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G585" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="586" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A586" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B586" s="5" t="s">
-        <v>735</v>
+        <v>725</v>
       </c>
       <c r="C586" s="6" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="D586" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E586" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F586" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G586" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="587" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A587" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B587" s="5" t="s">
-        <v>736</v>
+        <v>726</v>
       </c>
       <c r="C587" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D587" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E587" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F587" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G587" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="588" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A588" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B588" s="5" t="s">
-        <v>737</v>
+        <v>727</v>
       </c>
       <c r="C588" s="6" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="D588" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E588" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F588" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G588" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="589" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A589" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B589" s="5" t="s">
-        <v>738</v>
+        <v>728</v>
       </c>
       <c r="C589" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D589" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E589" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F589" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G589" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="590" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A590" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B590" s="5" t="s">
-        <v>739</v>
+        <v>729</v>
       </c>
       <c r="C590" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D590" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E590" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F590" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G590" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="591" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A591" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B591" s="5" t="s">
-        <v>740</v>
+        <v>730</v>
       </c>
       <c r="C591" s="6" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="D591" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E591" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F591" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G591" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="592" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A592" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B592" s="5" t="s">
-        <v>741</v>
+        <v>731</v>
       </c>
       <c r="C592" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D592" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E592" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F592" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G592" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="593" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A593" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B593" s="5" t="s">
-        <v>742</v>
+        <v>732</v>
       </c>
       <c r="C593" s="6" t="s">
-        <v>210</v>
+        <v>33</v>
       </c>
       <c r="D593" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E593" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F593" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G593" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="594" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A594" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B594" s="5" t="s">
-        <v>743</v>
+        <v>733</v>
       </c>
       <c r="C594" s="6" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="D594" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E594" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F594" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G594" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="595" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A595" s="4" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="B595" s="5" t="s">
-        <v>744</v>
+        <v>734</v>
       </c>
       <c r="C595" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D595" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E595" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F595" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G595" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="596" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A596" s="7" t="s">
-        <v>704</v>
+      <c r="A596" s="4" t="s">
+        <v>698</v>
       </c>
       <c r="B596" s="5" t="s">
-        <v>745</v>
+        <v>735</v>
       </c>
       <c r="C596" s="6" t="s">
-        <v>34</v>
+        <v>207</v>
       </c>
       <c r="D596" t="s">
-        <v>706</v>
+        <v>1213</v>
       </c>
       <c r="E596" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="F596" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="G596" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="597" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A597" s="7" t="s">
-        <v>746</v>
+      <c r="A597" s="4" t="s">
+        <v>698</v>
       </c>
       <c r="B597" s="5" t="s">
-        <v>747</v>
+        <v>736</v>
       </c>
       <c r="C597" s="6" t="s">
-        <v>210</v>
+        <v>83</v>
       </c>
       <c r="D597" t="s">
-        <v>748</v>
+        <v>1213</v>
       </c>
       <c r="E597" t="s">
-        <v>749</v>
+        <v>700</v>
       </c>
       <c r="F597" t="s">
-        <v>750</v>
+        <v>701</v>
       </c>
       <c r="G597" t="s">
-        <v>751</v>
+        <v>702</v>
       </c>
     </row>
     <row r="598" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A598" s="4" t="s">
-        <v>752</v>
+        <v>698</v>
       </c>
       <c r="B598" s="5" t="s">
-        <v>753</v>
+        <v>737</v>
       </c>
       <c r="C598" s="6" t="s">
-        <v>154</v>
+        <v>33</v>
       </c>
       <c r="D598" t="s">
-        <v>754</v>
+        <v>1213</v>
       </c>
       <c r="E598" t="s">
-        <v>755</v>
+        <v>700</v>
       </c>
       <c r="F598" t="s">
-        <v>756</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>701</v>
+      </c>
+      <c r="G598" t="s">
+        <v>702</v>
       </c>
     </row>
     <row r="599" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A599" s="4" t="s">
-        <v>752</v>
+        <v>698</v>
       </c>
       <c r="B599" s="5" t="s">
-        <v>757</v>
+        <v>738</v>
       </c>
       <c r="C599" s="6" t="s">
-        <v>154</v>
+        <v>33</v>
       </c>
       <c r="D599" t="s">
-        <v>754</v>
+        <v>1213</v>
       </c>
       <c r="E599" t="s">
-        <v>755</v>
+        <v>700</v>
       </c>
       <c r="F599" t="s">
-        <v>756</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>701</v>
+      </c>
+      <c r="G599" t="s">
+        <v>702</v>
       </c>
     </row>
     <row r="600" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A600" s="4" t="s">
-        <v>752</v>
+        <v>739</v>
       </c>
       <c r="B600" s="5" t="s">
-        <v>758</v>
+        <v>740</v>
       </c>
       <c r="C600" s="6" t="s">
-        <v>154</v>
+        <v>207</v>
       </c>
       <c r="D600" t="s">
-        <v>754</v>
+        <v>741</v>
       </c>
       <c r="E600" t="s">
-        <v>755</v>
+        <v>742</v>
       </c>
       <c r="F600" t="s">
-        <v>756</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>743</v>
+      </c>
+      <c r="G600" t="s">
+        <v>744</v>
       </c>
     </row>
     <row r="601" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A601" s="4" t="s">
-        <v>752</v>
+        <v>745</v>
       </c>
       <c r="B601" s="5" t="s">
-        <v>759</v>
+        <v>746</v>
       </c>
       <c r="C601" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D601" t="s">
-        <v>754</v>
+        <v>747</v>
       </c>
       <c r="E601" t="s">
-        <v>755</v>
+        <v>748</v>
       </c>
       <c r="F601" t="s">
-        <v>756</v>
+        <v>749</v>
       </c>
       <c r="G601">
         <v>0</v>
       </c>
     </row>
     <row r="602" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A602" s="4" t="s">
-        <v>752</v>
+        <v>745</v>
       </c>
       <c r="B602" s="5" t="s">
-        <v>760</v>
+        <v>750</v>
       </c>
       <c r="C602" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D602" t="s">
-        <v>754</v>
+        <v>747</v>
       </c>
       <c r="E602" t="s">
-        <v>755</v>
+        <v>748</v>
       </c>
       <c r="F602" t="s">
-        <v>756</v>
+        <v>749</v>
       </c>
       <c r="G602">
         <v>0</v>
       </c>
     </row>
     <row r="603" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A603" s="7" t="s">
-        <v>752</v>
+      <c r="A603" s="4" t="s">
+        <v>745</v>
       </c>
       <c r="B603" s="5" t="s">
-        <v>761</v>
+        <v>751</v>
       </c>
       <c r="C603" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D603" t="s">
-        <v>754</v>
+        <v>747</v>
       </c>
       <c r="E603" t="s">
-        <v>755</v>
+        <v>748</v>
       </c>
       <c r="F603" t="s">
-        <v>756</v>
+        <v>749</v>
       </c>
       <c r="G603">
         <v>0</v>
       </c>
     </row>
     <row r="604" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A604" s="4" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="B604" s="5" t="s">
-        <v>763</v>
+        <v>752</v>
       </c>
       <c r="C604" s="6" t="s">
-        <v>9</v>
+        <v>153</v>
       </c>
       <c r="D604" t="s">
-        <v>764</v>
+        <v>747</v>
       </c>
       <c r="E604" t="s">
-        <v>765</v>
+        <v>748</v>
       </c>
       <c r="F604" t="s">
-        <v>766</v>
+        <v>749</v>
       </c>
       <c r="G604">
         <v>0</v>
       </c>
     </row>
     <row r="605" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A605" s="4" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="B605" s="5" t="s">
-        <v>767</v>
+        <v>753</v>
       </c>
       <c r="C605" s="6" t="s">
-        <v>9</v>
+        <v>153</v>
       </c>
       <c r="D605" t="s">
-        <v>764</v>
+        <v>747</v>
       </c>
       <c r="E605" t="s">
-        <v>765</v>
+        <v>748</v>
       </c>
       <c r="F605" t="s">
-        <v>766</v>
+        <v>749</v>
       </c>
       <c r="G605">
         <v>0</v>
       </c>
     </row>
     <row r="606" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A606" s="4" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="B606" s="5" t="s">
-        <v>768</v>
+        <v>754</v>
       </c>
       <c r="C606" s="6" t="s">
-        <v>9</v>
+        <v>153</v>
       </c>
       <c r="D606" t="s">
-        <v>764</v>
+        <v>747</v>
       </c>
       <c r="E606" t="s">
-        <v>765</v>
+        <v>748</v>
       </c>
       <c r="F606" t="s">
-        <v>766</v>
+        <v>749</v>
       </c>
       <c r="G606">
         <v>0</v>
       </c>
     </row>
     <row r="607" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A607" s="4" t="s">
-        <v>762</v>
+        <v>755</v>
       </c>
       <c r="B607" s="5" t="s">
-        <v>769</v>
+        <v>756</v>
       </c>
       <c r="C607" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D607" t="s">
-        <v>764</v>
+        <v>757</v>
       </c>
       <c r="E607" t="s">
-        <v>765</v>
+        <v>758</v>
       </c>
       <c r="F607" t="s">
-        <v>766</v>
+        <v>759</v>
       </c>
       <c r="G607">
         <v>0</v>
       </c>
     </row>
     <row r="608" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A608" s="7" t="s">
-        <v>762</v>
+      <c r="A608" s="4" t="s">
+        <v>755</v>
       </c>
       <c r="B608" s="5" t="s">
-        <v>418</v>
+        <v>760</v>
       </c>
       <c r="C608" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D608" t="s">
-        <v>764</v>
+        <v>757</v>
       </c>
       <c r="E608" t="s">
-        <v>765</v>
+        <v>758</v>
       </c>
       <c r="F608" t="s">
-        <v>766</v>
+        <v>759</v>
       </c>
       <c r="G608">
         <v>0</v>
       </c>
     </row>
     <row r="609" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A609" s="4" t="s">
-        <v>770</v>
+        <v>755</v>
       </c>
       <c r="B609" s="5" t="s">
-        <v>771</v>
+        <v>761</v>
       </c>
       <c r="C609" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D609" t="s">
-        <v>772</v>
+        <v>757</v>
       </c>
       <c r="E609" t="s">
-        <v>773</v>
+        <v>758</v>
       </c>
       <c r="F609" t="s">
-        <v>774</v>
-[...2 lines deleted...]
-        <v>775</v>
+        <v>759</v>
+      </c>
+      <c r="G609">
+        <v>0</v>
       </c>
     </row>
     <row r="610" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A610" s="4" t="s">
-        <v>770</v>
+        <v>755</v>
       </c>
       <c r="B610" s="5" t="s">
-        <v>776</v>
+        <v>762</v>
       </c>
       <c r="C610" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D610" t="s">
-        <v>772</v>
+        <v>757</v>
       </c>
       <c r="E610" t="s">
-        <v>773</v>
+        <v>758</v>
       </c>
       <c r="F610" t="s">
-        <v>774</v>
-[...2 lines deleted...]
-        <v>775</v>
+        <v>759</v>
+      </c>
+      <c r="G610">
+        <v>0</v>
       </c>
     </row>
     <row r="611" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A611" s="7" t="s">
-        <v>770</v>
+      <c r="A611" s="4" t="s">
+        <v>755</v>
       </c>
       <c r="B611" s="5" t="s">
-        <v>777</v>
+        <v>413</v>
       </c>
       <c r="C611" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D611" t="s">
-        <v>772</v>
+        <v>757</v>
       </c>
       <c r="E611" t="s">
-        <v>773</v>
+        <v>758</v>
       </c>
       <c r="F611" t="s">
-        <v>774</v>
-[...2 lines deleted...]
-        <v>775</v>
+        <v>759</v>
+      </c>
+      <c r="G611">
+        <v>0</v>
       </c>
     </row>
     <row r="612" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A612" s="4" t="s">
-        <v>778</v>
+        <v>763</v>
       </c>
       <c r="B612" s="5" t="s">
-        <v>779</v>
+        <v>764</v>
       </c>
       <c r="C612" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D612" t="s">
-        <v>780</v>
+        <v>765</v>
       </c>
       <c r="E612" t="s">
-        <v>781</v>
+        <v>766</v>
       </c>
       <c r="F612" t="s">
-        <v>782</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>767</v>
+      </c>
+      <c r="G612" t="s">
+        <v>768</v>
       </c>
     </row>
     <row r="613" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A613" s="7" t="s">
-        <v>778</v>
+      <c r="A613" s="4" t="s">
+        <v>763</v>
       </c>
       <c r="B613" s="5" t="s">
-        <v>783</v>
+        <v>769</v>
       </c>
       <c r="C613" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D613" t="s">
-        <v>780</v>
+        <v>765</v>
       </c>
       <c r="E613" t="s">
-        <v>781</v>
+        <v>766</v>
       </c>
       <c r="F613" t="s">
-        <v>782</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>767</v>
+      </c>
+      <c r="G613" t="s">
+        <v>768</v>
       </c>
     </row>
     <row r="614" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A614" s="4" t="s">
-        <v>784</v>
+        <v>763</v>
       </c>
       <c r="B614" s="5" t="s">
-        <v>785</v>
+        <v>770</v>
       </c>
       <c r="C614" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D614" t="s">
-        <v>786</v>
+        <v>765</v>
       </c>
       <c r="E614" t="s">
-        <v>787</v>
+        <v>766</v>
       </c>
       <c r="F614" t="s">
-        <v>788</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>767</v>
+      </c>
+      <c r="G614" t="s">
+        <v>768</v>
       </c>
     </row>
     <row r="615" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A615" s="7" t="s">
-        <v>784</v>
+      <c r="A615" s="4" t="s">
+        <v>771</v>
       </c>
       <c r="B615" s="5" t="s">
-        <v>789</v>
+        <v>772</v>
       </c>
       <c r="C615" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D615" t="s">
-        <v>786</v>
+        <v>1214</v>
       </c>
       <c r="E615" t="s">
-        <v>787</v>
+        <v>773</v>
       </c>
       <c r="F615" t="s">
-        <v>788</v>
+        <v>774</v>
       </c>
       <c r="G615">
         <v>0</v>
       </c>
     </row>
     <row r="616" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A616" s="4" t="s">
-        <v>790</v>
+        <v>771</v>
       </c>
       <c r="B616" s="5" t="s">
-        <v>791</v>
+        <v>775</v>
       </c>
       <c r="C616" s="6" t="s">
-        <v>210</v>
+        <v>9</v>
       </c>
       <c r="D616" t="s">
-        <v>792</v>
+        <v>1214</v>
       </c>
       <c r="E616" t="s">
-        <v>793</v>
+        <v>773</v>
       </c>
       <c r="F616" t="s">
-        <v>794</v>
-[...2 lines deleted...]
-        <v>795</v>
+        <v>774</v>
+      </c>
+      <c r="G616">
+        <v>0</v>
       </c>
     </row>
     <row r="617" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A617" s="4" t="s">
-        <v>790</v>
+        <v>776</v>
       </c>
       <c r="B617" s="5" t="s">
-        <v>796</v>
+        <v>777</v>
       </c>
       <c r="C617" s="6" t="s">
-        <v>210</v>
+        <v>9</v>
       </c>
       <c r="D617" t="s">
-        <v>792</v>
+        <v>778</v>
       </c>
       <c r="E617" t="s">
-        <v>793</v>
+        <v>779</v>
       </c>
       <c r="F617" t="s">
-        <v>794</v>
-[...2 lines deleted...]
-        <v>795</v>
+        <v>780</v>
+      </c>
+      <c r="G617">
+        <v>0</v>
       </c>
     </row>
     <row r="618" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A618" s="4" t="s">
-        <v>790</v>
+        <v>776</v>
       </c>
       <c r="B618" s="5" t="s">
-        <v>797</v>
+        <v>781</v>
       </c>
       <c r="C618" s="6" t="s">
-        <v>210</v>
+        <v>9</v>
       </c>
       <c r="D618" t="s">
-        <v>792</v>
+        <v>778</v>
       </c>
       <c r="E618" t="s">
-        <v>793</v>
+        <v>779</v>
       </c>
       <c r="F618" t="s">
-        <v>794</v>
-[...2 lines deleted...]
-        <v>795</v>
+        <v>780</v>
+      </c>
+      <c r="G618">
+        <v>0</v>
       </c>
     </row>
     <row r="619" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A619" s="4" t="s">
-        <v>790</v>
+        <v>782</v>
       </c>
       <c r="B619" s="5" t="s">
-        <v>798</v>
+        <v>783</v>
       </c>
       <c r="C619" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D619" t="s">
-        <v>792</v>
+        <v>784</v>
       </c>
       <c r="E619" t="s">
-        <v>793</v>
+        <v>785</v>
       </c>
       <c r="F619" t="s">
-        <v>794</v>
+        <v>786</v>
       </c>
       <c r="G619" t="s">
-        <v>795</v>
+        <v>787</v>
       </c>
     </row>
     <row r="620" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A620" s="7" t="s">
-        <v>790</v>
+      <c r="A620" s="4" t="s">
+        <v>782</v>
       </c>
       <c r="B620" s="5" t="s">
-        <v>799</v>
+        <v>788</v>
       </c>
       <c r="C620" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D620" t="s">
-        <v>792</v>
+        <v>784</v>
       </c>
       <c r="E620" t="s">
-        <v>793</v>
+        <v>785</v>
       </c>
       <c r="F620" t="s">
-        <v>794</v>
+        <v>786</v>
       </c>
       <c r="G620" t="s">
-        <v>795</v>
+        <v>787</v>
       </c>
     </row>
     <row r="621" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A621" s="4" t="s">
-        <v>800</v>
+        <v>782</v>
       </c>
       <c r="B621" s="5" t="s">
-        <v>801</v>
+        <v>789</v>
       </c>
       <c r="C621" s="6" t="s">
-        <v>9</v>
+        <v>207</v>
       </c>
       <c r="D621" t="s">
-        <v>802</v>
+        <v>784</v>
       </c>
       <c r="E621" t="s">
-        <v>803</v>
+        <v>785</v>
       </c>
       <c r="F621" t="s">
-        <v>804</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>786</v>
+      </c>
+      <c r="G621" t="s">
+        <v>787</v>
       </c>
     </row>
     <row r="622" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A622" s="7" t="s">
-        <v>800</v>
+      <c r="A622" s="4" t="s">
+        <v>782</v>
       </c>
       <c r="B622" s="5" t="s">
-        <v>805</v>
+        <v>790</v>
       </c>
       <c r="C622" s="6" t="s">
-        <v>9</v>
+        <v>207</v>
       </c>
       <c r="D622" t="s">
-        <v>802</v>
+        <v>784</v>
       </c>
       <c r="E622" t="s">
-        <v>803</v>
+        <v>785</v>
       </c>
       <c r="F622" t="s">
-        <v>804</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>786</v>
+      </c>
+      <c r="G622" t="s">
+        <v>787</v>
       </c>
     </row>
     <row r="623" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A623" s="7" t="s">
-        <v>806</v>
+      <c r="A623" s="4" t="s">
+        <v>782</v>
       </c>
       <c r="B623" s="5" t="s">
-        <v>807</v>
+        <v>791</v>
       </c>
       <c r="C623" s="6" t="s">
-        <v>9</v>
+        <v>207</v>
       </c>
       <c r="D623" t="s">
-        <v>808</v>
+        <v>784</v>
       </c>
       <c r="E623" t="s">
-        <v>809</v>
+        <v>785</v>
       </c>
       <c r="F623" t="s">
-        <v>810</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>786</v>
+      </c>
+      <c r="G623" t="s">
+        <v>787</v>
       </c>
     </row>
     <row r="624" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A624" s="4" t="s">
-        <v>811</v>
+        <v>792</v>
       </c>
       <c r="B624" s="5" t="s">
-        <v>812</v>
+        <v>793</v>
       </c>
       <c r="C624" s="6" t="s">
-        <v>83</v>
+        <v>9</v>
       </c>
       <c r="D624" t="s">
-        <v>813</v>
+        <v>794</v>
       </c>
       <c r="E624" t="s">
-        <v>814</v>
+        <v>795</v>
       </c>
       <c r="F624" t="s">
-        <v>815</v>
+        <v>796</v>
       </c>
       <c r="G624">
         <v>0</v>
       </c>
     </row>
     <row r="625" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A625" s="4" t="s">
-        <v>811</v>
+        <v>792</v>
       </c>
       <c r="B625" s="5" t="s">
-        <v>816</v>
+        <v>797</v>
       </c>
       <c r="C625" s="6" t="s">
-        <v>83</v>
+        <v>9</v>
       </c>
       <c r="D625" t="s">
-        <v>813</v>
+        <v>794</v>
       </c>
       <c r="E625" t="s">
-        <v>814</v>
+        <v>795</v>
       </c>
       <c r="F625" t="s">
-        <v>815</v>
+        <v>796</v>
       </c>
       <c r="G625">
         <v>0</v>
       </c>
     </row>
     <row r="626" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A626" s="4" t="s">
-        <v>811</v>
+        <v>798</v>
       </c>
       <c r="B626" s="5" t="s">
-        <v>817</v>
+        <v>799</v>
       </c>
       <c r="C626" s="6" t="s">
-        <v>83</v>
+        <v>9</v>
       </c>
       <c r="D626" t="s">
-        <v>813</v>
+        <v>1215</v>
       </c>
       <c r="E626" t="s">
-        <v>814</v>
+        <v>800</v>
       </c>
       <c r="F626" t="s">
-        <v>815</v>
+        <v>801</v>
       </c>
       <c r="G626">
         <v>0</v>
       </c>
     </row>
     <row r="627" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A627" s="4" t="s">
-        <v>811</v>
+        <v>802</v>
       </c>
       <c r="B627" s="5" t="s">
-        <v>818</v>
+        <v>803</v>
       </c>
       <c r="C627" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D627" t="s">
-        <v>813</v>
+        <v>804</v>
       </c>
       <c r="E627" t="s">
-        <v>814</v>
+        <v>805</v>
       </c>
       <c r="F627" t="s">
-        <v>815</v>
+        <v>806</v>
       </c>
       <c r="G627">
         <v>0</v>
       </c>
     </row>
     <row r="628" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A628" s="7" t="s">
-        <v>811</v>
+      <c r="A628" s="4" t="s">
+        <v>802</v>
       </c>
       <c r="B628" s="5" t="s">
-        <v>819</v>
+        <v>807</v>
       </c>
       <c r="C628" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D628" t="s">
-        <v>813</v>
+        <v>804</v>
       </c>
       <c r="E628" t="s">
-        <v>814</v>
+        <v>805</v>
       </c>
       <c r="F628" t="s">
-        <v>815</v>
+        <v>806</v>
       </c>
       <c r="G628">
         <v>0</v>
       </c>
     </row>
     <row r="629" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A629" s="4" t="s">
-        <v>820</v>
+        <v>802</v>
       </c>
       <c r="B629" s="5" t="s">
-        <v>89</v>
+        <v>808</v>
       </c>
       <c r="C629" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D629" t="s">
-        <v>821</v>
+        <v>804</v>
       </c>
       <c r="E629" t="s">
-        <v>822</v>
+        <v>805</v>
       </c>
       <c r="F629" t="s">
-        <v>823</v>
+        <v>806</v>
       </c>
       <c r="G629">
         <v>0</v>
       </c>
     </row>
     <row r="630" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A630" s="4" t="s">
-        <v>820</v>
+        <v>802</v>
       </c>
       <c r="B630" s="5" t="s">
-        <v>824</v>
+        <v>809</v>
       </c>
       <c r="C630" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D630" t="s">
-        <v>821</v>
+        <v>804</v>
       </c>
       <c r="E630" t="s">
-        <v>822</v>
+        <v>805</v>
       </c>
       <c r="F630" t="s">
-        <v>823</v>
+        <v>806</v>
       </c>
       <c r="G630">
         <v>0</v>
       </c>
     </row>
     <row r="631" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A631" s="7" t="s">
-        <v>820</v>
+      <c r="A631" s="4" t="s">
+        <v>802</v>
       </c>
       <c r="B631" s="5" t="s">
-        <v>817</v>
+        <v>810</v>
       </c>
       <c r="C631" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D631" t="s">
-        <v>821</v>
+        <v>804</v>
       </c>
       <c r="E631" t="s">
-        <v>822</v>
+        <v>805</v>
       </c>
       <c r="F631" t="s">
-        <v>823</v>
+        <v>806</v>
       </c>
       <c r="G631">
         <v>0</v>
       </c>
     </row>
     <row r="632" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A632" s="4" t="s">
-        <v>825</v>
+        <v>811</v>
       </c>
       <c r="B632" s="5" t="s">
-        <v>826</v>
+        <v>89</v>
       </c>
       <c r="C632" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D632" t="s">
-        <v>827</v>
+        <v>812</v>
       </c>
       <c r="E632" t="s">
-        <v>828</v>
+        <v>813</v>
       </c>
       <c r="F632" t="s">
-        <v>829</v>
+        <v>814</v>
       </c>
       <c r="G632">
         <v>0</v>
       </c>
     </row>
     <row r="633" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A633" s="7" t="s">
-        <v>825</v>
+      <c r="A633" s="4" t="s">
+        <v>811</v>
       </c>
       <c r="B633" s="5" t="s">
-        <v>817</v>
+        <v>815</v>
       </c>
       <c r="C633" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D633" t="s">
-        <v>827</v>
+        <v>812</v>
       </c>
       <c r="E633" t="s">
-        <v>828</v>
+        <v>813</v>
       </c>
       <c r="F633" t="s">
-        <v>829</v>
+        <v>814</v>
       </c>
       <c r="G633">
         <v>0</v>
       </c>
     </row>
     <row r="634" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A634" s="4" t="s">
-        <v>830</v>
+        <v>811</v>
       </c>
       <c r="B634" s="5" t="s">
-        <v>831</v>
+        <v>808</v>
       </c>
       <c r="C634" s="6" t="s">
-        <v>154</v>
+        <v>83</v>
       </c>
       <c r="D634" t="s">
-        <v>832</v>
+        <v>812</v>
       </c>
       <c r="E634" t="s">
-        <v>833</v>
+        <v>813</v>
       </c>
       <c r="F634" t="s">
-        <v>834</v>
-[...2 lines deleted...]
-        <v>835</v>
+        <v>814</v>
+      </c>
+      <c r="G634">
+        <v>0</v>
       </c>
     </row>
     <row r="635" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A635" s="4" t="s">
-        <v>830</v>
+        <v>816</v>
       </c>
       <c r="B635" s="5" t="s">
-        <v>836</v>
+        <v>817</v>
       </c>
       <c r="C635" s="6" t="s">
-        <v>154</v>
+        <v>83</v>
       </c>
       <c r="D635" t="s">
-        <v>832</v>
+        <v>818</v>
       </c>
       <c r="E635" t="s">
-        <v>833</v>
+        <v>819</v>
       </c>
       <c r="F635" t="s">
-        <v>834</v>
-[...2 lines deleted...]
-        <v>835</v>
+        <v>820</v>
+      </c>
+      <c r="G635">
+        <v>0</v>
       </c>
     </row>
     <row r="636" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A636" s="4" t="s">
-        <v>830</v>
+        <v>816</v>
       </c>
       <c r="B636" s="5" t="s">
-        <v>837</v>
+        <v>808</v>
       </c>
       <c r="C636" s="6" t="s">
-        <v>154</v>
+        <v>83</v>
       </c>
       <c r="D636" t="s">
-        <v>832</v>
+        <v>818</v>
       </c>
       <c r="E636" t="s">
-        <v>833</v>
+        <v>819</v>
       </c>
       <c r="F636" t="s">
-        <v>834</v>
-[...2 lines deleted...]
-        <v>835</v>
+        <v>820</v>
+      </c>
+      <c r="G636">
+        <v>0</v>
       </c>
     </row>
     <row r="637" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A637" s="4" t="s">
-        <v>830</v>
+        <v>821</v>
       </c>
       <c r="B637" s="5" t="s">
-        <v>838</v>
+        <v>822</v>
       </c>
       <c r="C637" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D637" t="s">
-        <v>832</v>
+        <v>823</v>
       </c>
       <c r="E637" t="s">
-        <v>833</v>
+        <v>824</v>
       </c>
       <c r="F637" t="s">
-        <v>834</v>
+        <v>825</v>
       </c>
       <c r="G637" t="s">
-        <v>835</v>
+        <v>826</v>
       </c>
     </row>
     <row r="638" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A638" s="4" t="s">
-        <v>830</v>
+        <v>821</v>
       </c>
       <c r="B638" s="5" t="s">
-        <v>839</v>
+        <v>827</v>
       </c>
       <c r="C638" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D638" t="s">
-        <v>832</v>
+        <v>823</v>
       </c>
       <c r="E638" t="s">
-        <v>833</v>
+        <v>824</v>
       </c>
       <c r="F638" t="s">
-        <v>834</v>
+        <v>825</v>
       </c>
       <c r="G638" t="s">
-        <v>835</v>
+        <v>826</v>
       </c>
     </row>
     <row r="639" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A639" s="4" t="s">
-        <v>830</v>
+        <v>821</v>
       </c>
       <c r="B639" s="5" t="s">
-        <v>840</v>
+        <v>828</v>
       </c>
       <c r="C639" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D639" t="s">
-        <v>832</v>
+        <v>823</v>
       </c>
       <c r="E639" t="s">
-        <v>833</v>
+        <v>824</v>
       </c>
       <c r="F639" t="s">
-        <v>834</v>
+        <v>825</v>
       </c>
       <c r="G639" t="s">
-        <v>835</v>
+        <v>826</v>
       </c>
     </row>
     <row r="640" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A640" s="4" t="s">
-        <v>830</v>
+        <v>821</v>
       </c>
       <c r="B640" s="5" t="s">
-        <v>841</v>
+        <v>829</v>
       </c>
       <c r="C640" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D640" t="s">
-        <v>832</v>
+        <v>823</v>
       </c>
       <c r="E640" t="s">
-        <v>833</v>
+        <v>824</v>
       </c>
       <c r="F640" t="s">
-        <v>834</v>
+        <v>825</v>
       </c>
       <c r="G640" t="s">
-        <v>835</v>
+        <v>826</v>
       </c>
     </row>
     <row r="641" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A641" s="4" t="s">
+        <v>821</v>
+      </c>
+      <c r="B641" s="5" t="s">
         <v>830</v>
       </c>
-      <c r="B641" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C641" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D641" t="s">
-        <v>832</v>
+        <v>823</v>
       </c>
       <c r="E641" t="s">
-        <v>833</v>
+        <v>824</v>
       </c>
       <c r="F641" t="s">
-        <v>834</v>
+        <v>825</v>
       </c>
       <c r="G641" t="s">
-        <v>835</v>
+        <v>826</v>
       </c>
     </row>
     <row r="642" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A642" s="4" t="s">
-        <v>830</v>
+        <v>821</v>
       </c>
       <c r="B642" s="5" t="s">
-        <v>843</v>
+        <v>831</v>
       </c>
       <c r="C642" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D642" t="s">
+        <v>823</v>
+      </c>
+      <c r="E642" t="s">
+        <v>824</v>
+      </c>
+      <c r="F642" t="s">
+        <v>825</v>
+      </c>
+      <c r="G642" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="643" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A643" s="4" t="s">
+        <v>821</v>
+      </c>
+      <c r="B643" s="5" t="s">
         <v>832</v>
       </c>
-      <c r="E642" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="C643" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D643" t="s">
-        <v>832</v>
+        <v>823</v>
       </c>
       <c r="E643" t="s">
-        <v>833</v>
+        <v>824</v>
       </c>
       <c r="F643" t="s">
-        <v>834</v>
+        <v>825</v>
       </c>
       <c r="G643" t="s">
-        <v>835</v>
+        <v>826</v>
       </c>
     </row>
     <row r="644" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A644" s="4" t="s">
-        <v>845</v>
+        <v>821</v>
       </c>
       <c r="B644" s="5" t="s">
-        <v>846</v>
+        <v>833</v>
       </c>
       <c r="C644" s="6" t="s">
-        <v>9</v>
+        <v>153</v>
       </c>
       <c r="D644" t="s">
-        <v>847</v>
+        <v>823</v>
       </c>
       <c r="E644" t="s">
-        <v>848</v>
+        <v>824</v>
       </c>
       <c r="F644" t="s">
-        <v>849</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>825</v>
+      </c>
+      <c r="G644" t="s">
+        <v>826</v>
       </c>
     </row>
     <row r="645" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A645" s="4" t="s">
-        <v>845</v>
+        <v>821</v>
       </c>
       <c r="B645" s="5" t="s">
-        <v>850</v>
+        <v>834</v>
       </c>
       <c r="C645" s="6" t="s">
-        <v>9</v>
+        <v>153</v>
       </c>
       <c r="D645" t="s">
-        <v>847</v>
+        <v>823</v>
       </c>
       <c r="E645" t="s">
-        <v>848</v>
+        <v>824</v>
       </c>
       <c r="F645" t="s">
-        <v>849</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>825</v>
+      </c>
+      <c r="G645" t="s">
+        <v>826</v>
       </c>
     </row>
     <row r="646" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A646" s="7" t="s">
-        <v>845</v>
+      <c r="A646" s="4" t="s">
+        <v>821</v>
       </c>
       <c r="B646" s="5" t="s">
-        <v>851</v>
+        <v>835</v>
       </c>
       <c r="C646" s="6" t="s">
-        <v>9</v>
+        <v>153</v>
       </c>
       <c r="D646" t="s">
-        <v>847</v>
+        <v>823</v>
       </c>
       <c r="E646" t="s">
-        <v>848</v>
+        <v>824</v>
       </c>
       <c r="F646" t="s">
-        <v>849</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>825</v>
+      </c>
+      <c r="G646" t="s">
+        <v>826</v>
       </c>
     </row>
     <row r="647" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A647" s="4" t="s">
-        <v>852</v>
+        <v>836</v>
       </c>
       <c r="B647" s="5" t="s">
-        <v>853</v>
+        <v>837</v>
       </c>
       <c r="C647" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D647" t="s">
-        <v>854</v>
+        <v>838</v>
       </c>
       <c r="E647" t="s">
-        <v>855</v>
+        <v>839</v>
       </c>
       <c r="F647" t="s">
-        <v>856</v>
-[...2 lines deleted...]
-        <v>857</v>
+        <v>840</v>
+      </c>
+      <c r="G647">
+        <v>0</v>
       </c>
     </row>
     <row r="648" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A648" s="4" t="s">
-        <v>852</v>
+        <v>836</v>
       </c>
       <c r="B648" s="5" t="s">
-        <v>858</v>
+        <v>841</v>
       </c>
       <c r="C648" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D648" t="s">
-        <v>854</v>
+        <v>838</v>
       </c>
       <c r="E648" t="s">
-        <v>855</v>
+        <v>839</v>
       </c>
       <c r="F648" t="s">
-        <v>856</v>
-[...2 lines deleted...]
-        <v>857</v>
+        <v>840</v>
+      </c>
+      <c r="G648">
+        <v>0</v>
       </c>
     </row>
     <row r="649" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A649" s="4" t="s">
-        <v>852</v>
+        <v>836</v>
       </c>
       <c r="B649" s="5" t="s">
-        <v>859</v>
+        <v>842</v>
       </c>
       <c r="C649" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D649" t="s">
-        <v>854</v>
+        <v>838</v>
       </c>
       <c r="E649" t="s">
-        <v>855</v>
+        <v>839</v>
       </c>
       <c r="F649" t="s">
-        <v>856</v>
-[...2 lines deleted...]
-        <v>857</v>
+        <v>840</v>
+      </c>
+      <c r="G649">
+        <v>0</v>
       </c>
     </row>
     <row r="650" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A650" s="4" t="s">
-        <v>852</v>
+        <v>843</v>
       </c>
       <c r="B650" s="5" t="s">
-        <v>860</v>
+        <v>844</v>
       </c>
       <c r="C650" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D650" t="s">
-        <v>854</v>
+        <v>1216</v>
       </c>
       <c r="E650" t="s">
-        <v>855</v>
+        <v>845</v>
       </c>
       <c r="F650" t="s">
-        <v>856</v>
+        <v>846</v>
       </c>
       <c r="G650" t="s">
-        <v>857</v>
+        <v>847</v>
       </c>
     </row>
     <row r="651" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A651" s="4" t="s">
-        <v>852</v>
+        <v>843</v>
       </c>
       <c r="B651" s="5" t="s">
-        <v>861</v>
+        <v>848</v>
       </c>
       <c r="C651" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D651" t="s">
-        <v>854</v>
+        <v>1216</v>
       </c>
       <c r="E651" t="s">
-        <v>855</v>
+        <v>845</v>
       </c>
       <c r="F651" t="s">
-        <v>856</v>
+        <v>846</v>
       </c>
       <c r="G651" t="s">
-        <v>857</v>
+        <v>847</v>
       </c>
     </row>
     <row r="652" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A652" s="4" t="s">
-        <v>852</v>
+        <v>843</v>
       </c>
       <c r="B652" s="5" t="s">
-        <v>862</v>
+        <v>849</v>
       </c>
       <c r="C652" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D652" t="s">
-        <v>854</v>
+        <v>1216</v>
       </c>
       <c r="E652" t="s">
-        <v>855</v>
+        <v>845</v>
       </c>
       <c r="F652" t="s">
-        <v>856</v>
+        <v>846</v>
       </c>
       <c r="G652" t="s">
-        <v>857</v>
+        <v>847</v>
       </c>
     </row>
     <row r="653" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A653" s="4" t="s">
-        <v>852</v>
+        <v>843</v>
       </c>
       <c r="B653" s="5" t="s">
-        <v>863</v>
+        <v>850</v>
       </c>
       <c r="C653" s="6" t="s">
-        <v>210</v>
+        <v>9</v>
       </c>
       <c r="D653" t="s">
-        <v>854</v>
+        <v>1216</v>
       </c>
       <c r="E653" t="s">
-        <v>855</v>
+        <v>845</v>
       </c>
       <c r="F653" t="s">
-        <v>856</v>
+        <v>846</v>
       </c>
       <c r="G653" t="s">
-        <v>857</v>
+        <v>847</v>
       </c>
     </row>
     <row r="654" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A654" s="4" t="s">
-        <v>852</v>
+        <v>843</v>
       </c>
       <c r="B654" s="5" t="s">
-        <v>864</v>
+        <v>851</v>
       </c>
       <c r="C654" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D654" t="s">
-        <v>854</v>
+        <v>1216</v>
       </c>
       <c r="E654" t="s">
-        <v>855</v>
+        <v>845</v>
       </c>
       <c r="F654" t="s">
-        <v>856</v>
+        <v>846</v>
       </c>
       <c r="G654" t="s">
-        <v>857</v>
+        <v>847</v>
       </c>
     </row>
     <row r="655" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A655" s="4" t="s">
+        <v>843</v>
+      </c>
+      <c r="B655" s="5" t="s">
         <v>852</v>
-      </c>
-[...1 lines deleted...]
-        <v>865</v>
       </c>
       <c r="C655" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D655" t="s">
-        <v>854</v>
+        <v>1216</v>
       </c>
       <c r="E655" t="s">
-        <v>855</v>
+        <v>845</v>
       </c>
       <c r="F655" t="s">
-        <v>856</v>
+        <v>846</v>
       </c>
       <c r="G655" t="s">
-        <v>857</v>
+        <v>847</v>
       </c>
     </row>
     <row r="656" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A656" s="7" t="s">
-        <v>852</v>
+      <c r="A656" s="4" t="s">
+        <v>843</v>
       </c>
       <c r="B656" s="5" t="s">
-        <v>866</v>
+        <v>853</v>
       </c>
       <c r="C656" s="6" t="s">
-        <v>210</v>
+        <v>9</v>
       </c>
       <c r="D656" t="s">
-        <v>854</v>
+        <v>1216</v>
       </c>
       <c r="E656" t="s">
-        <v>855</v>
+        <v>845</v>
       </c>
       <c r="F656" t="s">
-        <v>856</v>
+        <v>846</v>
       </c>
       <c r="G656" t="s">
-        <v>857</v>
+        <v>847</v>
       </c>
     </row>
     <row r="657" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A657" s="4" t="s">
-        <v>867</v>
+        <v>843</v>
       </c>
       <c r="B657" s="5" t="s">
-        <v>868</v>
+        <v>854</v>
       </c>
       <c r="C657" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="D657" t="e">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="D657" t="s">
+        <v>1216</v>
+      </c>
+      <c r="E657" t="s">
+        <v>845</v>
+      </c>
+      <c r="F657" t="s">
+        <v>846</v>
+      </c>
+      <c r="G657" t="s">
+        <v>847</v>
       </c>
     </row>
     <row r="658" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A658" s="4" t="s">
-        <v>867</v>
+        <v>843</v>
       </c>
       <c r="B658" s="5" t="s">
-        <v>869</v>
+        <v>855</v>
       </c>
       <c r="C658" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="D658" t="e">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="D658" t="s">
+        <v>1216</v>
+      </c>
+      <c r="E658" t="s">
+        <v>845</v>
+      </c>
+      <c r="F658" t="s">
+        <v>846</v>
+      </c>
+      <c r="G658" t="s">
+        <v>847</v>
       </c>
     </row>
     <row r="659" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A659" s="4" t="s">
-        <v>867</v>
+        <v>843</v>
       </c>
       <c r="B659" s="5" t="s">
-        <v>870</v>
+        <v>856</v>
       </c>
       <c r="C659" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="D659" t="e">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="D659" t="s">
+        <v>1216</v>
+      </c>
+      <c r="E659" t="s">
+        <v>845</v>
+      </c>
+      <c r="F659" t="s">
+        <v>846</v>
+      </c>
+      <c r="G659" t="s">
+        <v>847</v>
       </c>
     </row>
     <row r="660" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A660" s="7" t="s">
-        <v>867</v>
+      <c r="A660" s="4" t="s">
+        <v>843</v>
       </c>
       <c r="B660" s="5" t="s">
-        <v>871</v>
+        <v>857</v>
       </c>
       <c r="C660" s="6" t="s">
-        <v>9</v>
-[...11 lines deleted...]
-        <v>#N/A</v>
+        <v>207</v>
+      </c>
+      <c r="D660" t="s">
+        <v>1216</v>
+      </c>
+      <c r="E660" t="s">
+        <v>845</v>
+      </c>
+      <c r="F660" t="s">
+        <v>846</v>
+      </c>
+      <c r="G660" t="s">
+        <v>847</v>
       </c>
     </row>
     <row r="661" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A661" s="4" t="s">
-        <v>872</v>
+        <v>843</v>
       </c>
       <c r="B661" s="5" t="s">
-        <v>873</v>
+        <v>858</v>
       </c>
       <c r="C661" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D661" t="s">
-        <v>874</v>
+        <v>1216</v>
       </c>
       <c r="E661" t="s">
-        <v>875</v>
+        <v>845</v>
       </c>
       <c r="F661" t="s">
-        <v>876</v>
+        <v>846</v>
       </c>
       <c r="G661" t="s">
-        <v>877</v>
+        <v>847</v>
       </c>
     </row>
     <row r="662" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A662" s="4" t="s">
-        <v>872</v>
+        <v>843</v>
       </c>
       <c r="B662" s="5" t="s">
-        <v>878</v>
+        <v>859</v>
       </c>
       <c r="C662" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D662" t="s">
-        <v>874</v>
+        <v>1216</v>
       </c>
       <c r="E662" t="s">
-        <v>875</v>
+        <v>845</v>
       </c>
       <c r="F662" t="s">
-        <v>876</v>
+        <v>846</v>
       </c>
       <c r="G662" t="s">
-        <v>877</v>
+        <v>847</v>
       </c>
     </row>
     <row r="663" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A663" s="4" t="s">
-        <v>872</v>
+        <v>843</v>
       </c>
       <c r="B663" s="5" t="s">
-        <v>879</v>
+        <v>860</v>
       </c>
       <c r="C663" s="6" t="s">
-        <v>9</v>
+        <v>207</v>
       </c>
       <c r="D663" t="s">
-        <v>874</v>
+        <v>1216</v>
       </c>
       <c r="E663" t="s">
-        <v>875</v>
+        <v>845</v>
       </c>
       <c r="F663" t="s">
-        <v>876</v>
+        <v>846</v>
       </c>
       <c r="G663" t="s">
-        <v>877</v>
+        <v>847</v>
       </c>
     </row>
     <row r="664" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A664" s="4" t="s">
-        <v>872</v>
+        <v>861</v>
       </c>
       <c r="B664" s="5" t="s">
-        <v>880</v>
+        <v>862</v>
       </c>
       <c r="C664" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D664" t="s">
-        <v>874</v>
+        <v>863</v>
       </c>
       <c r="E664" t="s">
-        <v>875</v>
+        <v>864</v>
       </c>
       <c r="F664" t="s">
-        <v>876</v>
+        <v>865</v>
       </c>
       <c r="G664" t="s">
-        <v>877</v>
+        <v>866</v>
       </c>
     </row>
     <row r="665" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A665" s="4" t="s">
-        <v>872</v>
+        <v>861</v>
       </c>
       <c r="B665" s="5" t="s">
-        <v>881</v>
+        <v>867</v>
       </c>
       <c r="C665" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D665" t="s">
-        <v>874</v>
+        <v>863</v>
       </c>
       <c r="E665" t="s">
-        <v>875</v>
+        <v>864</v>
       </c>
       <c r="F665" t="s">
-        <v>876</v>
+        <v>865</v>
       </c>
       <c r="G665" t="s">
-        <v>877</v>
+        <v>866</v>
       </c>
     </row>
     <row r="666" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A666" s="4" t="s">
-        <v>872</v>
+        <v>861</v>
       </c>
       <c r="B666" s="5" t="s">
-        <v>882</v>
+        <v>868</v>
       </c>
       <c r="C666" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D666" t="s">
-        <v>874</v>
+        <v>863</v>
       </c>
       <c r="E666" t="s">
-        <v>875</v>
+        <v>864</v>
       </c>
       <c r="F666" t="s">
-        <v>876</v>
+        <v>865</v>
       </c>
       <c r="G666" t="s">
-        <v>877</v>
+        <v>866</v>
       </c>
     </row>
     <row r="667" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A667" s="7" t="s">
-        <v>872</v>
+      <c r="A667" s="4" t="s">
+        <v>861</v>
       </c>
       <c r="B667" s="5" t="s">
-        <v>883</v>
+        <v>869</v>
       </c>
       <c r="C667" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D667" t="s">
-        <v>874</v>
+        <v>863</v>
       </c>
       <c r="E667" t="s">
-        <v>875</v>
+        <v>864</v>
       </c>
       <c r="F667" t="s">
-        <v>876</v>
+        <v>865</v>
       </c>
       <c r="G667" t="s">
-        <v>877</v>
+        <v>866</v>
       </c>
     </row>
     <row r="668" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A668" s="4" t="s">
-        <v>884</v>
+        <v>861</v>
       </c>
       <c r="B668" s="5" t="s">
-        <v>885</v>
+        <v>870</v>
       </c>
       <c r="C668" s="6" t="s">
-        <v>210</v>
+        <v>9</v>
       </c>
       <c r="D668" t="s">
-        <v>886</v>
+        <v>863</v>
       </c>
       <c r="E668" t="s">
-        <v>887</v>
+        <v>864</v>
       </c>
       <c r="F668" t="s">
-        <v>888</v>
+        <v>865</v>
       </c>
       <c r="G668" t="s">
-        <v>889</v>
+        <v>866</v>
       </c>
     </row>
     <row r="669" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A669" s="4" t="s">
-        <v>884</v>
+        <v>861</v>
       </c>
       <c r="B669" s="5" t="s">
-        <v>890</v>
+        <v>871</v>
       </c>
       <c r="C669" s="6" t="s">
-        <v>210</v>
+        <v>9</v>
       </c>
       <c r="D669" t="s">
-        <v>886</v>
+        <v>863</v>
       </c>
       <c r="E669" t="s">
-        <v>887</v>
+        <v>864</v>
       </c>
       <c r="F669" t="s">
-        <v>888</v>
+        <v>865</v>
       </c>
       <c r="G669" t="s">
-        <v>889</v>
+        <v>866</v>
       </c>
     </row>
     <row r="670" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A670" s="4" t="s">
-        <v>884</v>
+        <v>861</v>
       </c>
       <c r="B670" s="5" t="s">
-        <v>891</v>
+        <v>872</v>
       </c>
       <c r="C670" s="6" t="s">
-        <v>210</v>
+        <v>9</v>
       </c>
       <c r="D670" t="s">
-        <v>886</v>
+        <v>863</v>
       </c>
       <c r="E670" t="s">
-        <v>887</v>
+        <v>864</v>
       </c>
       <c r="F670" t="s">
-        <v>888</v>
+        <v>865</v>
       </c>
       <c r="G670" t="s">
-        <v>889</v>
+        <v>866</v>
       </c>
     </row>
     <row r="671" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A671" s="4" t="s">
-        <v>884</v>
+        <v>873</v>
       </c>
       <c r="B671" s="5" t="s">
-        <v>892</v>
+        <v>874</v>
       </c>
       <c r="C671" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D671" t="s">
-        <v>886</v>
+        <v>875</v>
       </c>
       <c r="E671" t="s">
-        <v>887</v>
+        <v>876</v>
       </c>
       <c r="F671" t="s">
-        <v>888</v>
+        <v>877</v>
       </c>
       <c r="G671" t="s">
-        <v>889</v>
+        <v>878</v>
       </c>
     </row>
     <row r="672" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A672" s="4" t="s">
-        <v>884</v>
+        <v>873</v>
       </c>
       <c r="B672" s="5" t="s">
-        <v>893</v>
+        <v>879</v>
       </c>
       <c r="C672" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D672" t="s">
-        <v>886</v>
+        <v>875</v>
       </c>
       <c r="E672" t="s">
-        <v>887</v>
+        <v>876</v>
       </c>
       <c r="F672" t="s">
-        <v>888</v>
+        <v>877</v>
       </c>
       <c r="G672" t="s">
-        <v>889</v>
+        <v>878</v>
       </c>
     </row>
     <row r="673" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A673" s="4" t="s">
-        <v>884</v>
+        <v>873</v>
       </c>
       <c r="B673" s="5" t="s">
-        <v>894</v>
+        <v>880</v>
       </c>
       <c r="C673" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D673" t="s">
-        <v>886</v>
+        <v>875</v>
       </c>
       <c r="E673" t="s">
-        <v>887</v>
+        <v>876</v>
       </c>
       <c r="F673" t="s">
-        <v>888</v>
+        <v>877</v>
       </c>
       <c r="G673" t="s">
-        <v>889</v>
+        <v>878</v>
       </c>
     </row>
     <row r="674" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A674" s="7" t="s">
-        <v>884</v>
+      <c r="A674" s="4" t="s">
+        <v>873</v>
       </c>
       <c r="B674" s="5" t="s">
-        <v>895</v>
+        <v>881</v>
       </c>
       <c r="C674" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D674" t="s">
-        <v>886</v>
+        <v>875</v>
       </c>
       <c r="E674" t="s">
-        <v>887</v>
+        <v>876</v>
       </c>
       <c r="F674" t="s">
-        <v>888</v>
+        <v>877</v>
       </c>
       <c r="G674" t="s">
-        <v>889</v>
+        <v>878</v>
       </c>
     </row>
     <row r="675" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A675" s="4" t="s">
-        <v>896</v>
+        <v>873</v>
       </c>
       <c r="B675" s="5" t="s">
-        <v>897</v>
+        <v>882</v>
       </c>
       <c r="C675" s="6" t="s">
-        <v>83</v>
+        <v>207</v>
       </c>
       <c r="D675" t="s">
-        <v>898</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>875</v>
+      </c>
+      <c r="E675" t="s">
+        <v>876</v>
       </c>
       <c r="F675" t="s">
-        <v>899</v>
+        <v>877</v>
       </c>
       <c r="G675" t="s">
-        <v>900</v>
+        <v>878</v>
       </c>
     </row>
     <row r="676" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A676" s="4" t="s">
-        <v>896</v>
+        <v>873</v>
       </c>
       <c r="B676" s="5" t="s">
-        <v>901</v>
+        <v>883</v>
       </c>
       <c r="C676" s="6" t="s">
-        <v>83</v>
+        <v>207</v>
       </c>
       <c r="D676" t="s">
-        <v>898</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>875</v>
+      </c>
+      <c r="E676" t="s">
+        <v>876</v>
       </c>
       <c r="F676" t="s">
-        <v>899</v>
+        <v>877</v>
       </c>
       <c r="G676" t="s">
-        <v>900</v>
+        <v>878</v>
       </c>
     </row>
     <row r="677" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A677" s="4" t="s">
-        <v>896</v>
+        <v>873</v>
       </c>
       <c r="B677" s="5" t="s">
-        <v>902</v>
+        <v>884</v>
       </c>
       <c r="C677" s="6" t="s">
-        <v>83</v>
+        <v>207</v>
       </c>
       <c r="D677" t="s">
-        <v>898</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>875</v>
+      </c>
+      <c r="E677" t="s">
+        <v>876</v>
       </c>
       <c r="F677" t="s">
-        <v>899</v>
+        <v>877</v>
       </c>
       <c r="G677" t="s">
-        <v>900</v>
+        <v>878</v>
       </c>
     </row>
     <row r="678" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A678" s="4" t="s">
-        <v>896</v>
+        <v>885</v>
       </c>
       <c r="B678" s="5" t="s">
-        <v>903</v>
+        <v>886</v>
       </c>
       <c r="C678" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D678" t="s">
-        <v>898</v>
+        <v>887</v>
       </c>
       <c r="E678">
         <v>0</v>
       </c>
       <c r="F678" t="s">
-        <v>899</v>
+        <v>888</v>
       </c>
       <c r="G678" t="s">
-        <v>900</v>
+        <v>889</v>
       </c>
     </row>
     <row r="679" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A679" s="4" t="s">
-        <v>896</v>
+        <v>885</v>
       </c>
       <c r="B679" s="5" t="s">
-        <v>904</v>
+        <v>890</v>
       </c>
       <c r="C679" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D679" t="s">
-        <v>898</v>
+        <v>887</v>
       </c>
       <c r="E679">
         <v>0</v>
       </c>
       <c r="F679" t="s">
-        <v>899</v>
+        <v>888</v>
       </c>
       <c r="G679" t="s">
-        <v>900</v>
+        <v>889</v>
       </c>
     </row>
     <row r="680" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A680" s="4" t="s">
-        <v>896</v>
+        <v>885</v>
       </c>
       <c r="B680" s="5" t="s">
-        <v>905</v>
+        <v>891</v>
       </c>
       <c r="C680" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D680" t="s">
-        <v>898</v>
+        <v>887</v>
       </c>
       <c r="E680">
         <v>0</v>
       </c>
       <c r="F680" t="s">
-        <v>899</v>
+        <v>888</v>
       </c>
       <c r="G680" t="s">
-        <v>900</v>
+        <v>889</v>
       </c>
     </row>
     <row r="681" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A681" s="4" t="s">
-        <v>896</v>
+        <v>885</v>
       </c>
       <c r="B681" s="5" t="s">
-        <v>906</v>
+        <v>892</v>
       </c>
       <c r="C681" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D681" t="s">
-        <v>898</v>
+        <v>887</v>
       </c>
       <c r="E681">
         <v>0</v>
       </c>
       <c r="F681" t="s">
-        <v>899</v>
+        <v>888</v>
       </c>
       <c r="G681" t="s">
-        <v>900</v>
+        <v>889</v>
       </c>
     </row>
     <row r="682" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A682" s="4" t="s">
-        <v>896</v>
+        <v>885</v>
       </c>
       <c r="B682" s="5" t="s">
-        <v>907</v>
+        <v>893</v>
       </c>
       <c r="C682" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D682" t="s">
-        <v>898</v>
+        <v>887</v>
       </c>
       <c r="E682">
         <v>0</v>
       </c>
       <c r="F682" t="s">
-        <v>899</v>
+        <v>888</v>
       </c>
       <c r="G682" t="s">
-        <v>900</v>
+        <v>889</v>
       </c>
     </row>
     <row r="683" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A683" s="4" t="s">
-        <v>896</v>
+        <v>885</v>
       </c>
       <c r="B683" s="5" t="s">
-        <v>908</v>
+        <v>894</v>
       </c>
       <c r="C683" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D683" t="s">
-        <v>898</v>
+        <v>887</v>
       </c>
       <c r="E683">
         <v>0</v>
       </c>
       <c r="F683" t="s">
-        <v>899</v>
+        <v>888</v>
       </c>
       <c r="G683" t="s">
-        <v>900</v>
+        <v>889</v>
       </c>
     </row>
     <row r="684" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A684" s="4" t="s">
-        <v>896</v>
+        <v>885</v>
       </c>
       <c r="B684" s="5" t="s">
-        <v>909</v>
+        <v>895</v>
       </c>
       <c r="C684" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D684" t="s">
-        <v>898</v>
+        <v>887</v>
       </c>
       <c r="E684">
         <v>0</v>
       </c>
       <c r="F684" t="s">
-        <v>899</v>
+        <v>888</v>
       </c>
       <c r="G684" t="s">
-        <v>900</v>
+        <v>889</v>
       </c>
     </row>
     <row r="685" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A685" s="7" t="s">
+      <c r="A685" s="4" t="s">
+        <v>885</v>
+      </c>
+      <c r="B685" s="5" t="s">
         <v>896</v>
-      </c>
-[...1 lines deleted...]
-        <v>910</v>
       </c>
       <c r="C685" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D685" t="s">
-        <v>898</v>
+        <v>887</v>
       </c>
       <c r="E685">
         <v>0</v>
       </c>
       <c r="F685" t="s">
-        <v>899</v>
+        <v>888</v>
       </c>
       <c r="G685" t="s">
-        <v>900</v>
+        <v>889</v>
       </c>
     </row>
     <row r="686" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A686" s="7" t="s">
-        <v>911</v>
+      <c r="A686" s="4" t="s">
+        <v>885</v>
       </c>
       <c r="B686" s="5" t="s">
-        <v>912</v>
+        <v>897</v>
       </c>
       <c r="C686" s="6" t="s">
-        <v>9</v>
+        <v>83</v>
       </c>
       <c r="D686" t="s">
-        <v>913</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>887</v>
+      </c>
+      <c r="E686">
+        <v>0</v>
+      </c>
+      <c r="F686" t="s">
+        <v>888</v>
+      </c>
+      <c r="G686" t="s">
+        <v>889</v>
       </c>
     </row>
     <row r="687" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A687" s="4" t="s">
-        <v>915</v>
+        <v>885</v>
       </c>
       <c r="B687" s="5" t="s">
-        <v>916</v>
+        <v>898</v>
       </c>
       <c r="C687" s="6" t="s">
-        <v>9</v>
+        <v>83</v>
       </c>
       <c r="D687" t="s">
-        <v>917</v>
+        <v>887</v>
       </c>
       <c r="E687">
         <v>0</v>
       </c>
       <c r="F687" t="s">
-        <v>918</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>888</v>
+      </c>
+      <c r="G687" t="s">
+        <v>889</v>
       </c>
     </row>
     <row r="688" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A688" s="4" t="s">
-        <v>915</v>
+        <v>885</v>
       </c>
       <c r="B688" s="5" t="s">
-        <v>919</v>
+        <v>899</v>
       </c>
       <c r="C688" s="6" t="s">
-        <v>9</v>
+        <v>83</v>
       </c>
       <c r="D688" t="s">
-        <v>917</v>
+        <v>887</v>
       </c>
       <c r="E688">
         <v>0</v>
       </c>
       <c r="F688" t="s">
-        <v>918</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>888</v>
+      </c>
+      <c r="G688" t="s">
+        <v>889</v>
       </c>
     </row>
     <row r="689" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A689" s="4" t="s">
-        <v>915</v>
+        <v>900</v>
       </c>
       <c r="B689" s="5" t="s">
-        <v>920</v>
+        <v>901</v>
       </c>
       <c r="C689" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D689" t="s">
-        <v>917</v>
+        <v>902</v>
       </c>
       <c r="E689">
         <v>0</v>
       </c>
       <c r="F689" t="s">
-        <v>918</v>
+        <v>903</v>
       </c>
       <c r="G689">
         <v>0</v>
       </c>
     </row>
     <row r="690" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A690" s="4" t="s">
-        <v>915</v>
+        <v>900</v>
       </c>
       <c r="B690" s="5" t="s">
-        <v>921</v>
+        <v>904</v>
       </c>
       <c r="C690" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D690" t="s">
-        <v>917</v>
+        <v>902</v>
       </c>
       <c r="E690">
         <v>0</v>
       </c>
       <c r="F690" t="s">
-        <v>918</v>
+        <v>903</v>
       </c>
       <c r="G690">
         <v>0</v>
       </c>
     </row>
     <row r="691" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A691" s="4" t="s">
-        <v>915</v>
+        <v>900</v>
       </c>
       <c r="B691" s="5" t="s">
-        <v>922</v>
+        <v>905</v>
       </c>
       <c r="C691" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D691" t="s">
-        <v>917</v>
+        <v>902</v>
       </c>
       <c r="E691">
         <v>0</v>
       </c>
       <c r="F691" t="s">
-        <v>918</v>
+        <v>903</v>
       </c>
       <c r="G691">
         <v>0</v>
       </c>
     </row>
     <row r="692" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A692" s="4" t="s">
-        <v>915</v>
+        <v>900</v>
       </c>
       <c r="B692" s="5" t="s">
-        <v>923</v>
+        <v>906</v>
       </c>
       <c r="C692" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D692" t="s">
-        <v>917</v>
+        <v>902</v>
       </c>
       <c r="E692">
         <v>0</v>
       </c>
       <c r="F692" t="s">
-        <v>918</v>
+        <v>903</v>
       </c>
       <c r="G692">
         <v>0</v>
       </c>
     </row>
     <row r="693" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A693" s="4" t="s">
-        <v>915</v>
+        <v>900</v>
       </c>
       <c r="B693" s="5" t="s">
-        <v>924</v>
+        <v>907</v>
       </c>
       <c r="C693" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D693" t="s">
-        <v>917</v>
+        <v>902</v>
       </c>
       <c r="E693">
         <v>0</v>
       </c>
       <c r="F693" t="s">
-        <v>918</v>
+        <v>903</v>
       </c>
       <c r="G693">
         <v>0</v>
       </c>
     </row>
     <row r="694" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A694" s="4" t="s">
-        <v>915</v>
+        <v>900</v>
       </c>
       <c r="B694" s="5" t="s">
-        <v>925</v>
+        <v>908</v>
       </c>
       <c r="C694" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D694" t="s">
-        <v>917</v>
+        <v>902</v>
       </c>
       <c r="E694">
         <v>0</v>
       </c>
       <c r="F694" t="s">
-        <v>918</v>
+        <v>903</v>
       </c>
       <c r="G694">
         <v>0</v>
       </c>
     </row>
     <row r="695" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A695" s="4" t="s">
-        <v>915</v>
+        <v>900</v>
       </c>
       <c r="B695" s="5" t="s">
-        <v>926</v>
+        <v>909</v>
       </c>
       <c r="C695" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D695" t="s">
-        <v>917</v>
+        <v>902</v>
       </c>
       <c r="E695">
         <v>0</v>
       </c>
       <c r="F695" t="s">
-        <v>918</v>
+        <v>903</v>
       </c>
       <c r="G695">
         <v>0</v>
       </c>
     </row>
     <row r="696" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A696" s="4" t="s">
-        <v>915</v>
+        <v>900</v>
       </c>
       <c r="B696" s="5" t="s">
-        <v>411</v>
+        <v>910</v>
       </c>
       <c r="C696" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D696" t="s">
-        <v>917</v>
+        <v>902</v>
       </c>
       <c r="E696">
         <v>0</v>
       </c>
       <c r="F696" t="s">
-        <v>918</v>
+        <v>903</v>
       </c>
       <c r="G696">
         <v>0</v>
       </c>
     </row>
     <row r="697" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A697" s="4" t="s">
-        <v>915</v>
+        <v>900</v>
       </c>
       <c r="B697" s="5" t="s">
-        <v>927</v>
+        <v>911</v>
       </c>
       <c r="C697" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D697" t="s">
-        <v>917</v>
+        <v>902</v>
       </c>
       <c r="E697">
         <v>0</v>
       </c>
       <c r="F697" t="s">
-        <v>918</v>
+        <v>903</v>
       </c>
       <c r="G697">
         <v>0</v>
       </c>
     </row>
     <row r="698" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A698" s="7" t="s">
-        <v>915</v>
+      <c r="A698" s="4" t="s">
+        <v>900</v>
       </c>
       <c r="B698" s="5" t="s">
-        <v>928</v>
+        <v>912</v>
       </c>
       <c r="C698" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D698" t="s">
-        <v>917</v>
+        <v>902</v>
       </c>
       <c r="E698">
         <v>0</v>
       </c>
       <c r="F698" t="s">
-        <v>918</v>
+        <v>903</v>
       </c>
       <c r="G698">
         <v>0</v>
       </c>
     </row>
     <row r="699" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A699" s="7" t="s">
-        <v>929</v>
+      <c r="A699" s="4" t="s">
+        <v>900</v>
       </c>
       <c r="B699" s="5" t="s">
-        <v>930</v>
+        <v>406</v>
       </c>
       <c r="C699" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="D699" t="e">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="D699" t="s">
+        <v>902</v>
+      </c>
+      <c r="E699">
+        <v>0</v>
+      </c>
+      <c r="F699" t="s">
+        <v>903</v>
+      </c>
+      <c r="G699">
+        <v>0</v>
       </c>
     </row>
     <row r="700" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A700" s="4" t="s">
-        <v>931</v>
+        <v>900</v>
       </c>
       <c r="B700" s="5" t="s">
-        <v>932</v>
+        <v>913</v>
       </c>
       <c r="C700" s="6" t="s">
-        <v>210</v>
+        <v>9</v>
       </c>
       <c r="D700" t="s">
-        <v>933</v>
-[...2 lines deleted...]
-        <v>934</v>
+        <v>902</v>
+      </c>
+      <c r="E700">
+        <v>0</v>
       </c>
       <c r="F700" t="s">
-        <v>935</v>
-[...2 lines deleted...]
-        <v>936</v>
+        <v>903</v>
+      </c>
+      <c r="G700">
+        <v>0</v>
       </c>
     </row>
     <row r="701" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A701" s="4" t="s">
-        <v>931</v>
+        <v>900</v>
       </c>
       <c r="B701" s="5" t="s">
-        <v>937</v>
+        <v>914</v>
       </c>
       <c r="C701" s="6" t="s">
-        <v>210</v>
+        <v>9</v>
       </c>
       <c r="D701" t="s">
-        <v>933</v>
-[...2 lines deleted...]
-        <v>934</v>
+        <v>902</v>
+      </c>
+      <c r="E701">
+        <v>0</v>
       </c>
       <c r="F701" t="s">
-        <v>935</v>
-[...2 lines deleted...]
-        <v>936</v>
+        <v>903</v>
+      </c>
+      <c r="G701">
+        <v>0</v>
       </c>
     </row>
     <row r="702" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A702" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B702" s="5" t="s">
-        <v>938</v>
+        <v>916</v>
       </c>
       <c r="C702" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D702" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E702" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F702" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G702" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="703" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A703" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B703" s="5" t="s">
-        <v>939</v>
+        <v>920</v>
       </c>
       <c r="C703" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D703" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E703" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F703" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G703" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="704" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A704" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B704" s="5" t="s">
-        <v>940</v>
+        <v>921</v>
       </c>
       <c r="C704" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D704" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E704" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F704" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G704" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="705" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A705" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B705" s="5" t="s">
-        <v>941</v>
+        <v>922</v>
       </c>
       <c r="C705" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D705" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E705" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F705" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G705" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="706" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A706" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B706" s="5" t="s">
-        <v>942</v>
+        <v>923</v>
       </c>
       <c r="C706" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D706" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E706" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F706" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G706" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="707" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A707" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B707" s="5" t="s">
-        <v>943</v>
+        <v>924</v>
       </c>
       <c r="C707" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D707" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E707" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F707" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G707" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="708" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A708" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B708" s="5" t="s">
-        <v>944</v>
+        <v>925</v>
       </c>
       <c r="C708" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D708" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E708" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F708" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G708" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="709" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A709" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B709" s="5" t="s">
-        <v>945</v>
+        <v>926</v>
       </c>
       <c r="C709" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D709" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E709" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F709" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G709" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="710" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A710" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B710" s="5" t="s">
-        <v>946</v>
+        <v>927</v>
       </c>
       <c r="C710" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D710" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E710" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F710" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G710" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="711" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A711" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B711" s="5" t="s">
-        <v>947</v>
+        <v>928</v>
       </c>
       <c r="C711" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D711" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E711" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F711" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G711" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="712" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A712" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B712" s="5" t="s">
-        <v>948</v>
+        <v>929</v>
       </c>
       <c r="C712" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D712" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E712" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F712" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G712" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="713" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A713" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B713" s="5" t="s">
-        <v>949</v>
+        <v>930</v>
       </c>
       <c r="C713" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D713" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E713" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F713" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G713" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="714" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A714" s="4" t="s">
+        <v>915</v>
+      </c>
+      <c r="B714" s="5" t="s">
         <v>931</v>
       </c>
-      <c r="B714" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C714" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D714" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E714" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F714" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G714" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="715" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A715" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B715" s="5" t="s">
-        <v>951</v>
+        <v>932</v>
       </c>
       <c r="C715" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D715" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E715" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F715" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G715" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="716" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A716" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B716" s="5" t="s">
-        <v>952</v>
+        <v>933</v>
       </c>
       <c r="C716" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D716" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E716" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F716" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G716" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="717" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A717" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B717" s="5" t="s">
-        <v>953</v>
+        <v>934</v>
       </c>
       <c r="C717" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D717" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E717" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F717" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G717" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="718" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A718" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B718" s="5" t="s">
-        <v>954</v>
+        <v>935</v>
       </c>
       <c r="C718" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D718" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E718" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F718" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G718" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="719" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A719" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B719" s="5" t="s">
-        <v>955</v>
+        <v>936</v>
       </c>
       <c r="C719" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D719" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E719" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F719" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G719" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="720" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A720" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B720" s="5" t="s">
-        <v>956</v>
+        <v>937</v>
       </c>
       <c r="C720" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D720" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E720" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F720" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G720" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="721" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A721" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B721" s="5" t="s">
-        <v>957</v>
+        <v>938</v>
       </c>
       <c r="C721" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D721" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E721" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F721" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G721" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="722" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A722" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B722" s="5" t="s">
-        <v>958</v>
+        <v>939</v>
       </c>
       <c r="C722" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D722" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E722" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F722" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G722" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="723" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A723" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B723" s="5" t="s">
-        <v>959</v>
+        <v>940</v>
       </c>
       <c r="C723" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D723" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E723" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F723" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G723" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="724" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A724" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B724" s="5" t="s">
-        <v>960</v>
+        <v>941</v>
       </c>
       <c r="C724" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D724" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E724" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F724" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G724" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="725" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A725" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B725" s="5" t="s">
-        <v>961</v>
+        <v>942</v>
       </c>
       <c r="C725" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D725" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E725" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F725" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G725" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="726" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A726" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B726" s="5" t="s">
-        <v>962</v>
+        <v>943</v>
       </c>
       <c r="C726" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D726" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E726" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F726" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G726" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="727" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A727" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B727" s="5" t="s">
-        <v>963</v>
+        <v>944</v>
       </c>
       <c r="C727" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D727" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E727" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F727" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G727" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="728" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A728" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B728" s="5" t="s">
-        <v>964</v>
+        <v>945</v>
       </c>
       <c r="C728" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D728" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E728" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F728" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G728" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="729" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A729" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B729" s="5" t="s">
-        <v>965</v>
+        <v>946</v>
       </c>
       <c r="C729" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D729" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E729" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F729" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G729" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="730" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A730" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B730" s="5" t="s">
-        <v>966</v>
+        <v>947</v>
       </c>
       <c r="C730" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D730" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E730" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F730" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G730" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="731" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A731" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B731" s="5" t="s">
-        <v>967</v>
+        <v>948</v>
       </c>
       <c r="C731" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D731" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E731" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F731" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G731" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="732" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A732" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B732" s="5" t="s">
-        <v>968</v>
+        <v>949</v>
       </c>
       <c r="C732" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D732" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E732" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F732" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G732" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="733" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A733" s="4" t="s">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B733" s="5" t="s">
-        <v>969</v>
+        <v>950</v>
       </c>
       <c r="C733" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D733" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E733" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F733" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G733" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="734" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A734" s="7" t="s">
-        <v>931</v>
+      <c r="A734" s="4" t="s">
+        <v>915</v>
       </c>
       <c r="B734" s="5" t="s">
-        <v>970</v>
+        <v>951</v>
       </c>
       <c r="C734" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D734" t="s">
-        <v>933</v>
+        <v>1207</v>
       </c>
       <c r="E734" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="F734" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="G734" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
     </row>
     <row r="735" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A735" s="4" t="s">
-        <v>971</v>
+        <v>915</v>
       </c>
       <c r="B735" s="5" t="s">
-        <v>972</v>
+        <v>952</v>
       </c>
       <c r="C735" s="6" t="s">
-        <v>154</v>
+        <v>207</v>
       </c>
       <c r="D735" t="s">
-        <v>973</v>
+        <v>1207</v>
       </c>
       <c r="E735" t="s">
-        <v>974</v>
+        <v>917</v>
       </c>
       <c r="F735" t="s">
-        <v>975</v>
+        <v>918</v>
       </c>
       <c r="G735" t="s">
-        <v>976</v>
+        <v>919</v>
       </c>
     </row>
     <row r="736" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A736" s="4" t="s">
-        <v>971</v>
+        <v>915</v>
       </c>
       <c r="B736" s="5" t="s">
-        <v>977</v>
+        <v>953</v>
       </c>
       <c r="C736" s="6" t="s">
-        <v>154</v>
+        <v>207</v>
       </c>
       <c r="D736" t="s">
-        <v>973</v>
+        <v>1207</v>
       </c>
       <c r="E736" t="s">
-        <v>974</v>
+        <v>917</v>
       </c>
       <c r="F736" t="s">
-        <v>975</v>
+        <v>918</v>
       </c>
       <c r="G736" t="s">
-        <v>976</v>
+        <v>919</v>
       </c>
     </row>
     <row r="737" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A737" s="4" t="s">
-        <v>971</v>
+        <v>954</v>
       </c>
       <c r="B737" s="5" t="s">
-        <v>978</v>
+        <v>955</v>
       </c>
       <c r="C737" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D737" t="s">
-        <v>973</v>
+        <v>956</v>
       </c>
       <c r="E737" t="s">
-        <v>974</v>
+        <v>957</v>
       </c>
       <c r="F737" t="s">
-        <v>975</v>
+        <v>958</v>
       </c>
       <c r="G737" t="s">
-        <v>976</v>
+        <v>959</v>
       </c>
     </row>
     <row r="738" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A738" s="4" t="s">
-        <v>971</v>
+        <v>954</v>
       </c>
       <c r="B738" s="5" t="s">
-        <v>979</v>
+        <v>960</v>
       </c>
       <c r="C738" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D738" t="s">
-        <v>973</v>
+        <v>956</v>
       </c>
       <c r="E738" t="s">
-        <v>974</v>
+        <v>957</v>
       </c>
       <c r="F738" t="s">
-        <v>975</v>
+        <v>958</v>
       </c>
       <c r="G738" t="s">
-        <v>976</v>
+        <v>959</v>
       </c>
     </row>
     <row r="739" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A739" s="4" t="s">
-        <v>971</v>
+        <v>954</v>
       </c>
       <c r="B739" s="5" t="s">
-        <v>980</v>
+        <v>961</v>
       </c>
       <c r="C739" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D739" t="s">
-        <v>973</v>
+        <v>956</v>
       </c>
       <c r="E739" t="s">
-        <v>974</v>
+        <v>957</v>
       </c>
       <c r="F739" t="s">
-        <v>975</v>
+        <v>958</v>
       </c>
       <c r="G739" t="s">
-        <v>976</v>
+        <v>959</v>
       </c>
     </row>
     <row r="740" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A740" s="4" t="s">
-        <v>971</v>
+        <v>954</v>
       </c>
       <c r="B740" s="5" t="s">
-        <v>981</v>
+        <v>962</v>
       </c>
       <c r="C740" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D740" t="s">
-        <v>973</v>
+        <v>956</v>
       </c>
       <c r="E740" t="s">
-        <v>974</v>
+        <v>957</v>
       </c>
       <c r="F740" t="s">
-        <v>975</v>
+        <v>958</v>
       </c>
       <c r="G740" t="s">
-        <v>976</v>
+        <v>959</v>
       </c>
     </row>
     <row r="741" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A741" s="4" t="s">
-        <v>971</v>
+        <v>954</v>
       </c>
       <c r="B741" s="5" t="s">
-        <v>982</v>
+        <v>963</v>
       </c>
       <c r="C741" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D741" t="s">
-        <v>973</v>
+        <v>956</v>
       </c>
       <c r="E741" t="s">
-        <v>974</v>
+        <v>957</v>
       </c>
       <c r="F741" t="s">
-        <v>975</v>
+        <v>958</v>
       </c>
       <c r="G741" t="s">
-        <v>976</v>
+        <v>959</v>
       </c>
     </row>
     <row r="742" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A742" s="4" t="s">
-        <v>971</v>
+        <v>954</v>
       </c>
       <c r="B742" s="5" t="s">
-        <v>983</v>
+        <v>964</v>
       </c>
       <c r="C742" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D742" t="s">
-        <v>973</v>
+        <v>956</v>
       </c>
       <c r="E742" t="s">
-        <v>974</v>
+        <v>957</v>
       </c>
       <c r="F742" t="s">
-        <v>975</v>
+        <v>958</v>
       </c>
       <c r="G742" t="s">
-        <v>976</v>
+        <v>959</v>
       </c>
     </row>
     <row r="743" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A743" s="4" t="s">
-        <v>971</v>
+        <v>954</v>
       </c>
       <c r="B743" s="5" t="s">
-        <v>984</v>
+        <v>965</v>
       </c>
       <c r="C743" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D743" t="s">
-        <v>973</v>
+        <v>956</v>
       </c>
       <c r="E743" t="s">
-        <v>974</v>
+        <v>957</v>
       </c>
       <c r="F743" t="s">
-        <v>975</v>
+        <v>958</v>
       </c>
       <c r="G743" t="s">
-        <v>976</v>
+        <v>959</v>
       </c>
     </row>
     <row r="744" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A744" s="4" t="s">
-        <v>971</v>
+        <v>954</v>
       </c>
       <c r="B744" s="5" t="s">
-        <v>985</v>
+        <v>966</v>
       </c>
       <c r="C744" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D744" t="s">
-        <v>973</v>
+        <v>956</v>
       </c>
       <c r="E744" t="s">
-        <v>974</v>
+        <v>957</v>
       </c>
       <c r="F744" t="s">
-        <v>975</v>
+        <v>958</v>
       </c>
       <c r="G744" t="s">
-        <v>976</v>
+        <v>959</v>
       </c>
     </row>
     <row r="745" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A745" s="4" t="s">
-        <v>971</v>
+        <v>954</v>
       </c>
       <c r="B745" s="5" t="s">
-        <v>986</v>
+        <v>967</v>
       </c>
       <c r="C745" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D745" t="s">
-        <v>973</v>
+        <v>956</v>
       </c>
       <c r="E745" t="s">
-        <v>974</v>
+        <v>957</v>
       </c>
       <c r="F745" t="s">
-        <v>975</v>
+        <v>958</v>
       </c>
       <c r="G745" t="s">
-        <v>976</v>
+        <v>959</v>
       </c>
     </row>
     <row r="746" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A746" s="4" t="s">
-        <v>971</v>
+        <v>954</v>
       </c>
       <c r="B746" s="5" t="s">
-        <v>987</v>
+        <v>968</v>
       </c>
       <c r="C746" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D746" t="s">
-        <v>973</v>
+        <v>956</v>
       </c>
       <c r="E746" t="s">
-        <v>974</v>
+        <v>957</v>
       </c>
       <c r="F746" t="s">
-        <v>975</v>
+        <v>958</v>
       </c>
       <c r="G746" t="s">
-        <v>976</v>
+        <v>959</v>
       </c>
     </row>
     <row r="747" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A747" s="4" t="s">
-        <v>971</v>
+        <v>954</v>
       </c>
       <c r="B747" s="5" t="s">
-        <v>69</v>
+        <v>969</v>
       </c>
       <c r="C747" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D747" t="s">
-        <v>973</v>
+        <v>956</v>
       </c>
       <c r="E747" t="s">
-        <v>974</v>
+        <v>957</v>
       </c>
       <c r="F747" t="s">
-        <v>975</v>
+        <v>958</v>
       </c>
       <c r="G747" t="s">
-        <v>976</v>
+        <v>959</v>
       </c>
     </row>
     <row r="748" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A748" s="4" t="s">
-        <v>971</v>
+        <v>954</v>
       </c>
       <c r="B748" s="5" t="s">
-        <v>988</v>
+        <v>970</v>
       </c>
       <c r="C748" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D748" t="s">
-        <v>973</v>
+        <v>956</v>
       </c>
       <c r="E748" t="s">
-        <v>974</v>
+        <v>957</v>
       </c>
       <c r="F748" t="s">
-        <v>975</v>
+        <v>958</v>
       </c>
       <c r="G748" t="s">
-        <v>976</v>
+        <v>959</v>
       </c>
     </row>
     <row r="749" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A749" s="4" t="s">
-        <v>971</v>
+        <v>954</v>
       </c>
       <c r="B749" s="5" t="s">
-        <v>989</v>
+        <v>69</v>
       </c>
       <c r="C749" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D749" t="s">
-        <v>973</v>
+        <v>956</v>
       </c>
       <c r="E749" t="s">
-        <v>974</v>
+        <v>957</v>
       </c>
       <c r="F749" t="s">
-        <v>975</v>
+        <v>958</v>
       </c>
       <c r="G749" t="s">
-        <v>976</v>
+        <v>959</v>
       </c>
     </row>
     <row r="750" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A750" s="4" t="s">
+        <v>954</v>
+      </c>
+      <c r="B750" s="5" t="s">
         <v>971</v>
       </c>
-      <c r="B750" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C750" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D750" t="s">
-        <v>973</v>
+        <v>956</v>
       </c>
       <c r="E750" t="s">
-        <v>974</v>
+        <v>957</v>
       </c>
       <c r="F750" t="s">
-        <v>975</v>
+        <v>958</v>
       </c>
       <c r="G750" t="s">
-        <v>976</v>
+        <v>959</v>
       </c>
     </row>
     <row r="751" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A751" s="4" t="s">
-        <v>971</v>
+        <v>954</v>
       </c>
       <c r="B751" s="5" t="s">
-        <v>991</v>
+        <v>972</v>
       </c>
       <c r="C751" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D751" t="s">
-        <v>973</v>
+        <v>956</v>
       </c>
       <c r="E751" t="s">
-        <v>974</v>
+        <v>957</v>
       </c>
       <c r="F751" t="s">
-        <v>975</v>
+        <v>958</v>
       </c>
       <c r="G751" t="s">
-        <v>976</v>
+        <v>959</v>
       </c>
     </row>
     <row r="752" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A752" s="4" t="s">
-        <v>971</v>
+        <v>954</v>
       </c>
       <c r="B752" s="5" t="s">
-        <v>992</v>
+        <v>973</v>
       </c>
       <c r="C752" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D752" t="s">
-        <v>973</v>
+        <v>956</v>
       </c>
       <c r="E752" t="s">
-        <v>974</v>
+        <v>957</v>
       </c>
       <c r="F752" t="s">
-        <v>975</v>
+        <v>958</v>
       </c>
       <c r="G752" t="s">
-        <v>976</v>
+        <v>959</v>
       </c>
     </row>
     <row r="753" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A753" s="4" t="s">
-        <v>971</v>
+        <v>954</v>
       </c>
       <c r="B753" s="5" t="s">
-        <v>993</v>
+        <v>974</v>
       </c>
       <c r="C753" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D753" t="s">
-        <v>973</v>
+        <v>956</v>
       </c>
       <c r="E753" t="s">
-        <v>974</v>
+        <v>957</v>
       </c>
       <c r="F753" t="s">
-        <v>975</v>
+        <v>958</v>
       </c>
       <c r="G753" t="s">
-        <v>976</v>
+        <v>959</v>
       </c>
     </row>
     <row r="754" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A754" s="4" t="s">
-        <v>971</v>
+        <v>954</v>
       </c>
       <c r="B754" s="5" t="s">
-        <v>994</v>
+        <v>975</v>
       </c>
       <c r="C754" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D754" t="s">
-        <v>973</v>
+        <v>956</v>
       </c>
       <c r="E754" t="s">
-        <v>974</v>
+        <v>957</v>
       </c>
       <c r="F754" t="s">
-        <v>975</v>
+        <v>958</v>
       </c>
       <c r="G754" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="755" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A755" s="4" t="s">
+        <v>954</v>
+      </c>
+      <c r="B755" s="5" t="s">
         <v>976</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c r="C755" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D755" t="s">
-        <v>973</v>
+        <v>956</v>
       </c>
       <c r="E755" t="s">
-        <v>974</v>
+        <v>957</v>
       </c>
       <c r="F755" t="s">
-        <v>975</v>
+        <v>958</v>
       </c>
       <c r="G755" t="s">
-        <v>976</v>
+        <v>959</v>
       </c>
     </row>
     <row r="756" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A756" s="4" t="s">
-        <v>996</v>
+        <v>954</v>
       </c>
       <c r="B756" s="5" t="s">
-        <v>997</v>
+        <v>977</v>
       </c>
       <c r="C756" s="6" t="s">
-        <v>34</v>
+        <v>153</v>
       </c>
       <c r="D756" t="s">
-        <v>998</v>
+        <v>956</v>
       </c>
       <c r="E756" t="s">
-        <v>999</v>
+        <v>957</v>
       </c>
       <c r="F756" t="s">
-        <v>1000</v>
+        <v>958</v>
       </c>
       <c r="G756" t="s">
-        <v>1001</v>
+        <v>959</v>
       </c>
     </row>
     <row r="757" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A757" s="4" t="s">
-        <v>996</v>
+        <v>954</v>
       </c>
       <c r="B757" s="5" t="s">
-        <v>1002</v>
+        <v>978</v>
       </c>
       <c r="C757" s="6" t="s">
-        <v>34</v>
+        <v>153</v>
       </c>
       <c r="D757" t="s">
-        <v>998</v>
+        <v>956</v>
       </c>
       <c r="E757" t="s">
-        <v>999</v>
+        <v>957</v>
       </c>
       <c r="F757" t="s">
-        <v>1000</v>
+        <v>958</v>
       </c>
       <c r="G757" t="s">
-        <v>1001</v>
+        <v>959</v>
       </c>
     </row>
     <row r="758" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A758" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B758" s="5" t="s">
-        <v>1003</v>
+        <v>980</v>
       </c>
       <c r="C758" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D758" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E758" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F758" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G758" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="759" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A759" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B759" s="5" t="s">
-        <v>1004</v>
+        <v>985</v>
       </c>
       <c r="C759" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D759" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E759" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F759" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G759" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="760" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A760" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B760" s="5" t="s">
-        <v>1005</v>
+        <v>986</v>
       </c>
       <c r="C760" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D760" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E760" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F760" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G760" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="761" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A761" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B761" s="5" t="s">
-        <v>1006</v>
+        <v>987</v>
       </c>
       <c r="C761" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D761" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E761" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F761" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G761" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="762" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A762" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B762" s="5" t="s">
-        <v>1007</v>
+        <v>988</v>
       </c>
       <c r="C762" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D762" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E762" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F762" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G762" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="763" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A763" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B763" s="5" t="s">
-        <v>1008</v>
+        <v>989</v>
       </c>
       <c r="C763" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D763" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E763" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F763" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G763" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="764" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A764" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B764" s="5" t="s">
-        <v>1009</v>
+        <v>990</v>
       </c>
       <c r="C764" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D764" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E764" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F764" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G764" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="765" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A765" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B765" s="5" t="s">
-        <v>1010</v>
+        <v>991</v>
       </c>
       <c r="C765" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D765" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E765" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F765" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G765" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="766" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A766" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B766" s="5" t="s">
-        <v>1011</v>
+        <v>992</v>
       </c>
       <c r="C766" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D766" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E766" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F766" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G766" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="767" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A767" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B767" s="5" t="s">
-        <v>1012</v>
+        <v>993</v>
       </c>
       <c r="C767" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D767" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E767" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F767" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G767" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="768" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A768" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B768" s="5" t="s">
-        <v>1013</v>
+        <v>994</v>
       </c>
       <c r="C768" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D768" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E768" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F768" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G768" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="769" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A769" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B769" s="5" t="s">
-        <v>1014</v>
+        <v>995</v>
       </c>
       <c r="C769" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D769" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E769" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F769" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G769" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="770" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A770" s="4" t="s">
+        <v>979</v>
+      </c>
+      <c r="B770" s="5" t="s">
         <v>996</v>
       </c>
-      <c r="B770" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C770" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D770" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E770" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F770" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G770" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="771" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A771" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B771" s="5" t="s">
-        <v>1016</v>
+        <v>997</v>
       </c>
       <c r="C771" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D771" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E771" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F771" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G771" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="772" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A772" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B772" s="5" t="s">
-        <v>1017</v>
+        <v>998</v>
       </c>
       <c r="C772" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D772" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E772" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F772" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G772" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="773" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A773" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B773" s="5" t="s">
-        <v>1018</v>
+        <v>999</v>
       </c>
       <c r="C773" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D773" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E773" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F773" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G773" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="774" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A774" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B774" s="5" t="s">
-        <v>1019</v>
+        <v>1000</v>
       </c>
       <c r="C774" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D774" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E774" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F774" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G774" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="775" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A775" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B775" s="5" t="s">
-        <v>1020</v>
+        <v>1001</v>
       </c>
       <c r="C775" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D775" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E775" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F775" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G775" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="776" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A776" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B776" s="5" t="s">
-        <v>1021</v>
+        <v>1002</v>
       </c>
       <c r="C776" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D776" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E776" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F776" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G776" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="777" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A777" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B777" s="5" t="s">
-        <v>1022</v>
+        <v>1003</v>
       </c>
       <c r="C777" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D777" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E777" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F777" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G777" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="778" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A778" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B778" s="5" t="s">
-        <v>1023</v>
+        <v>1004</v>
       </c>
       <c r="C778" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D778" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E778" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F778" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G778" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="779" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A779" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B779" s="5" t="s">
-        <v>1024</v>
+        <v>1005</v>
       </c>
       <c r="C779" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D779" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E779" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F779" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G779" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="780" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A780" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B780" s="5" t="s">
-        <v>1025</v>
+        <v>1006</v>
       </c>
       <c r="C780" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D780" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E780" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F780" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G780" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="781" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A781" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B781" s="5" t="s">
-        <v>1026</v>
+        <v>1007</v>
       </c>
       <c r="C781" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D781" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E781" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F781" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G781" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="782" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A782" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B782" s="5" t="s">
-        <v>1027</v>
+        <v>1008</v>
       </c>
       <c r="C782" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D782" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E782" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F782" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G782" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="783" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A783" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B783" s="5" t="s">
-        <v>1028</v>
+        <v>1009</v>
       </c>
       <c r="C783" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D783" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E783" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F783" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G783" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="784" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A784" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B784" s="5" t="s">
-        <v>1029</v>
+        <v>1010</v>
       </c>
       <c r="C784" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D784" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E784" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F784" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G784" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="785" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A785" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B785" s="5" t="s">
-        <v>1030</v>
+        <v>1011</v>
       </c>
       <c r="C785" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D785" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E785" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F785" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G785" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="786" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A786" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B786" s="5" t="s">
-        <v>1031</v>
+        <v>1012</v>
       </c>
       <c r="C786" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D786" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E786" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F786" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G786" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="787" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A787" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B787" s="5" t="s">
-        <v>1032</v>
+        <v>1013</v>
       </c>
       <c r="C787" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D787" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E787" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F787" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G787" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="788" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A788" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B788" s="5" t="s">
-        <v>1033</v>
+        <v>1014</v>
       </c>
       <c r="C788" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D788" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E788" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F788" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G788" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="789" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A789" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B789" s="5" t="s">
-        <v>1034</v>
+        <v>1015</v>
       </c>
       <c r="C789" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D789" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E789" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F789" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G789" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="790" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A790" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B790" s="5" t="s">
-        <v>1035</v>
+        <v>1016</v>
       </c>
       <c r="C790" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D790" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E790" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F790" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G790" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="791" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A791" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B791" s="5" t="s">
-        <v>1036</v>
+        <v>1017</v>
       </c>
       <c r="C791" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D791" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E791" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F791" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G791" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="792" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A792" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B792" s="5" t="s">
-        <v>1037</v>
+        <v>1018</v>
       </c>
       <c r="C792" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D792" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E792" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F792" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G792" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="793" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A793" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B793" s="5" t="s">
-        <v>1038</v>
+        <v>1019</v>
       </c>
       <c r="C793" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D793" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E793" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F793" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G793" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="794" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A794" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B794" s="5" t="s">
-        <v>1039</v>
+        <v>1020</v>
       </c>
       <c r="C794" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D794" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E794" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F794" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G794" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="795" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A795" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B795" s="5" t="s">
-        <v>1040</v>
+        <v>1021</v>
       </c>
       <c r="C795" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D795" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E795" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F795" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G795" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="796" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A796" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B796" s="5" t="s">
-        <v>1041</v>
+        <v>1022</v>
       </c>
       <c r="C796" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D796" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E796" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F796" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G796" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="797" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A797" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B797" s="5" t="s">
-        <v>1042</v>
+        <v>1023</v>
       </c>
       <c r="C797" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D797" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E797" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F797" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G797" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="798" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A798" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B798" s="5" t="s">
-        <v>1043</v>
+        <v>1024</v>
       </c>
       <c r="C798" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D798" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E798" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F798" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G798" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="799" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A799" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B799" s="5" t="s">
-        <v>1044</v>
+        <v>1025</v>
       </c>
       <c r="C799" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D799" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E799" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F799" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G799" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="800" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A800" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B800" s="5" t="s">
-        <v>1045</v>
+        <v>1026</v>
       </c>
       <c r="C800" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D800" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E800" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F800" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G800" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="801" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A801" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B801" s="5" t="s">
-        <v>1046</v>
+        <v>1027</v>
       </c>
       <c r="C801" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D801" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E801" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F801" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G801" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="802" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A802" s="4" t="s">
-        <v>996</v>
+        <v>979</v>
       </c>
       <c r="B802" s="5" t="s">
-        <v>1047</v>
+        <v>1028</v>
       </c>
       <c r="C802" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D802" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E802" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F802" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G802" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="803" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A803" s="7" t="s">
-        <v>996</v>
+      <c r="A803" s="4" t="s">
+        <v>979</v>
       </c>
       <c r="B803" s="5" t="s">
-        <v>1048</v>
+        <v>1029</v>
       </c>
       <c r="C803" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D803" t="s">
-        <v>998</v>
+        <v>981</v>
       </c>
       <c r="E803" t="s">
-        <v>999</v>
+        <v>982</v>
       </c>
       <c r="F803" t="s">
-        <v>1000</v>
+        <v>983</v>
       </c>
       <c r="G803" t="s">
-        <v>1001</v>
+        <v>984</v>
       </c>
     </row>
     <row r="804" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A804" s="4" t="s">
-        <v>1049</v>
+        <v>979</v>
       </c>
       <c r="B804" s="5" t="s">
-        <v>1050</v>
+        <v>1030</v>
       </c>
       <c r="C804" s="6" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>33</v>
+      </c>
+      <c r="D804" t="s">
+        <v>981</v>
       </c>
       <c r="E804" t="s">
-        <v>1051</v>
+        <v>982</v>
       </c>
       <c r="F804" t="s">
-        <v>1052</v>
+        <v>983</v>
       </c>
       <c r="G804" t="s">
-        <v>1053</v>
+        <v>984</v>
       </c>
     </row>
     <row r="805" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A805" s="4" t="s">
-        <v>1049</v>
+        <v>979</v>
       </c>
       <c r="B805" s="5" t="s">
-        <v>1054</v>
+        <v>1031</v>
       </c>
       <c r="C805" s="6" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>33</v>
+      </c>
+      <c r="D805" t="s">
+        <v>981</v>
       </c>
       <c r="E805" t="s">
-        <v>1051</v>
+        <v>982</v>
       </c>
       <c r="F805" t="s">
-        <v>1052</v>
+        <v>983</v>
       </c>
       <c r="G805" t="s">
-        <v>1053</v>
+        <v>984</v>
       </c>
     </row>
     <row r="806" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A806" s="4" t="s">
-        <v>1049</v>
+        <v>1032</v>
       </c>
       <c r="B806" s="5" t="s">
-        <v>1055</v>
+        <v>1033</v>
       </c>
       <c r="C806" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="D806">
-        <v>0</v>
+      <c r="D806" t="s">
+        <v>1034</v>
       </c>
       <c r="E806" t="s">
-        <v>1051</v>
+        <v>1035</v>
       </c>
       <c r="F806" t="s">
-        <v>1052</v>
+        <v>1036</v>
       </c>
       <c r="G806" t="s">
-        <v>1053</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="807" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A807" s="4" t="s">
-        <v>1049</v>
+        <v>1032</v>
       </c>
       <c r="B807" s="5" t="s">
-        <v>1056</v>
+        <v>1038</v>
       </c>
       <c r="C807" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="D807">
-        <v>0</v>
+      <c r="D807" t="s">
+        <v>1034</v>
       </c>
       <c r="E807" t="s">
-        <v>1051</v>
+        <v>1035</v>
       </c>
       <c r="F807" t="s">
-        <v>1052</v>
+        <v>1036</v>
       </c>
       <c r="G807" t="s">
-        <v>1053</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="808" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A808" s="4" t="s">
-        <v>1049</v>
+        <v>1032</v>
       </c>
       <c r="B808" s="5" t="s">
-        <v>1057</v>
+        <v>1039</v>
       </c>
       <c r="C808" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="D808">
-        <v>0</v>
+      <c r="D808" t="s">
+        <v>1034</v>
       </c>
       <c r="E808" t="s">
-        <v>1051</v>
+        <v>1035</v>
       </c>
       <c r="F808" t="s">
-        <v>1052</v>
+        <v>1036</v>
       </c>
       <c r="G808" t="s">
-        <v>1053</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="809" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A809" s="4" t="s">
-        <v>1049</v>
+        <v>1032</v>
       </c>
       <c r="B809" s="5" t="s">
-        <v>1058</v>
+        <v>1040</v>
       </c>
       <c r="C809" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="D809">
-        <v>0</v>
+      <c r="D809" t="s">
+        <v>1034</v>
       </c>
       <c r="E809" t="s">
-        <v>1051</v>
+        <v>1035</v>
       </c>
       <c r="F809" t="s">
-        <v>1052</v>
+        <v>1036</v>
       </c>
       <c r="G809" t="s">
-        <v>1053</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="810" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A810" s="4" t="s">
-        <v>1049</v>
+        <v>1032</v>
       </c>
       <c r="B810" s="5" t="s">
-        <v>1059</v>
+        <v>1041</v>
       </c>
       <c r="C810" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="D810">
-        <v>0</v>
+      <c r="D810" t="s">
+        <v>1034</v>
       </c>
       <c r="E810" t="s">
-        <v>1051</v>
+        <v>1035</v>
       </c>
       <c r="F810" t="s">
-        <v>1052</v>
+        <v>1036</v>
       </c>
       <c r="G810" t="s">
-        <v>1053</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="811" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A811" s="4" t="s">
-        <v>1049</v>
+        <v>1032</v>
       </c>
       <c r="B811" s="5" t="s">
-        <v>1060</v>
+        <v>1042</v>
       </c>
       <c r="C811" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="D811">
-        <v>0</v>
+      <c r="D811" t="s">
+        <v>1034</v>
       </c>
       <c r="E811" t="s">
-        <v>1051</v>
+        <v>1035</v>
       </c>
       <c r="F811" t="s">
-        <v>1052</v>
+        <v>1036</v>
       </c>
       <c r="G811" t="s">
-        <v>1053</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="812" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A812" s="4" t="s">
-        <v>1049</v>
+        <v>1032</v>
       </c>
       <c r="B812" s="5" t="s">
-        <v>1061</v>
+        <v>1043</v>
       </c>
       <c r="C812" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="D812">
-        <v>0</v>
+      <c r="D812" t="s">
+        <v>1034</v>
       </c>
       <c r="E812" t="s">
-        <v>1051</v>
+        <v>1035</v>
       </c>
       <c r="F812" t="s">
-        <v>1052</v>
+        <v>1036</v>
       </c>
       <c r="G812" t="s">
-        <v>1053</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="813" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A813" s="4" t="s">
-        <v>1049</v>
+        <v>1032</v>
       </c>
       <c r="B813" s="5" t="s">
-        <v>1062</v>
+        <v>1044</v>
       </c>
       <c r="C813" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="D813">
-        <v>0</v>
+      <c r="D813" t="s">
+        <v>1034</v>
       </c>
       <c r="E813" t="s">
-        <v>1051</v>
+        <v>1035</v>
       </c>
       <c r="F813" t="s">
-        <v>1052</v>
+        <v>1036</v>
       </c>
       <c r="G813" t="s">
-        <v>1053</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="814" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A814" s="4" t="s">
-        <v>1049</v>
+        <v>1032</v>
       </c>
       <c r="B814" s="5" t="s">
-        <v>1063</v>
+        <v>1045</v>
       </c>
       <c r="C814" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="D814">
-        <v>0</v>
+      <c r="D814" t="s">
+        <v>1034</v>
       </c>
       <c r="E814" t="s">
-        <v>1051</v>
+        <v>1035</v>
       </c>
       <c r="F814" t="s">
-        <v>1052</v>
+        <v>1036</v>
       </c>
       <c r="G814" t="s">
-        <v>1053</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="815" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A815" s="4" t="s">
-        <v>1049</v>
+        <v>1032</v>
       </c>
       <c r="B815" s="5" t="s">
-        <v>1064</v>
+        <v>1046</v>
       </c>
       <c r="C815" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="D815">
-        <v>0</v>
+      <c r="D815" t="s">
+        <v>1034</v>
       </c>
       <c r="E815" t="s">
-        <v>1051</v>
+        <v>1035</v>
       </c>
       <c r="F815" t="s">
-        <v>1052</v>
+        <v>1036</v>
       </c>
       <c r="G815" t="s">
-        <v>1053</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="816" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A816" s="4" t="s">
-        <v>1049</v>
+        <v>1032</v>
       </c>
       <c r="B816" s="5" t="s">
-        <v>1065</v>
+        <v>1047</v>
       </c>
       <c r="C816" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="D816">
-        <v>0</v>
+      <c r="D816" t="s">
+        <v>1034</v>
       </c>
       <c r="E816" t="s">
-        <v>1051</v>
+        <v>1035</v>
       </c>
       <c r="F816" t="s">
-        <v>1052</v>
+        <v>1036</v>
       </c>
       <c r="G816" t="s">
-        <v>1053</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="817" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A817" s="4" t="s">
-        <v>1049</v>
+        <v>1032</v>
       </c>
       <c r="B817" s="5" t="s">
-        <v>1066</v>
+        <v>1048</v>
       </c>
       <c r="C817" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="D817">
-        <v>0</v>
+      <c r="D817" t="s">
+        <v>1034</v>
       </c>
       <c r="E817" t="s">
-        <v>1051</v>
+        <v>1035</v>
       </c>
       <c r="F817" t="s">
-        <v>1052</v>
+        <v>1036</v>
       </c>
       <c r="G817" t="s">
-        <v>1053</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="818" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A818" s="4" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B818" s="5" t="s">
         <v>1049</v>
-      </c>
-[...1 lines deleted...]
-        <v>1067</v>
       </c>
       <c r="C818" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="D818">
-        <v>0</v>
+      <c r="D818" t="s">
+        <v>1034</v>
       </c>
       <c r="E818" t="s">
-        <v>1051</v>
+        <v>1035</v>
       </c>
       <c r="F818" t="s">
-        <v>1052</v>
+        <v>1036</v>
       </c>
       <c r="G818" t="s">
-        <v>1053</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="819" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A819" s="4" t="s">
-        <v>1049</v>
+        <v>1032</v>
       </c>
       <c r="B819" s="5" t="s">
-        <v>1068</v>
+        <v>1050</v>
       </c>
       <c r="C819" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="D819">
-        <v>0</v>
+      <c r="D819" t="s">
+        <v>1034</v>
       </c>
       <c r="E819" t="s">
-        <v>1051</v>
+        <v>1035</v>
       </c>
       <c r="F819" t="s">
-        <v>1052</v>
+        <v>1036</v>
       </c>
       <c r="G819" t="s">
-        <v>1053</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="820" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A820" s="4" t="s">
-        <v>1049</v>
+        <v>1032</v>
       </c>
       <c r="B820" s="5" t="s">
-        <v>1069</v>
+        <v>1051</v>
       </c>
       <c r="C820" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="D820">
-        <v>0</v>
+      <c r="D820" t="s">
+        <v>1034</v>
       </c>
       <c r="E820" t="s">
-        <v>1051</v>
+        <v>1035</v>
       </c>
       <c r="F820" t="s">
-        <v>1052</v>
+        <v>1036</v>
       </c>
       <c r="G820" t="s">
-        <v>1053</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="821" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A821" s="4" t="s">
-        <v>1049</v>
+        <v>1032</v>
       </c>
       <c r="B821" s="5" t="s">
-        <v>1070</v>
+        <v>1052</v>
       </c>
       <c r="C821" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="D821">
-        <v>0</v>
+      <c r="D821" t="s">
+        <v>1034</v>
       </c>
       <c r="E821" t="s">
-        <v>1051</v>
+        <v>1035</v>
       </c>
       <c r="F821" t="s">
-        <v>1052</v>
+        <v>1036</v>
       </c>
       <c r="G821" t="s">
-        <v>1053</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="822" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A822" s="4" t="s">
-        <v>1049</v>
+        <v>1032</v>
       </c>
       <c r="B822" s="5" t="s">
-        <v>1071</v>
+        <v>1053</v>
       </c>
       <c r="C822" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="D822">
-        <v>0</v>
+      <c r="D822" t="s">
+        <v>1034</v>
       </c>
       <c r="E822" t="s">
-        <v>1051</v>
+        <v>1035</v>
       </c>
       <c r="F822" t="s">
-        <v>1052</v>
+        <v>1036</v>
       </c>
       <c r="G822" t="s">
-        <v>1053</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="823" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A823" s="4" t="s">
-        <v>1049</v>
+        <v>1032</v>
       </c>
       <c r="B823" s="5" t="s">
-        <v>1072</v>
+        <v>1054</v>
       </c>
       <c r="C823" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="D823">
-        <v>0</v>
+      <c r="D823" t="s">
+        <v>1034</v>
       </c>
       <c r="E823" t="s">
-        <v>1051</v>
+        <v>1035</v>
       </c>
       <c r="F823" t="s">
-        <v>1052</v>
+        <v>1036</v>
       </c>
       <c r="G823" t="s">
-        <v>1053</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="824" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A824" s="7" t="s">
-        <v>1049</v>
+      <c r="A824" s="4" t="s">
+        <v>1032</v>
       </c>
       <c r="B824" s="5" t="s">
-        <v>1073</v>
+        <v>1055</v>
       </c>
       <c r="C824" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="D824">
-        <v>0</v>
+      <c r="D824" t="s">
+        <v>1034</v>
       </c>
       <c r="E824" t="s">
-        <v>1051</v>
+        <v>1035</v>
       </c>
       <c r="F824" t="s">
-        <v>1052</v>
+        <v>1036</v>
       </c>
       <c r="G824" t="s">
-        <v>1053</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="825" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A825" s="7" t="s">
-        <v>1074</v>
+      <c r="A825" s="4" t="s">
+        <v>1032</v>
       </c>
       <c r="B825" s="5" t="s">
-        <v>799</v>
+        <v>1056</v>
       </c>
       <c r="C825" s="6" t="s">
-        <v>210</v>
+        <v>83</v>
       </c>
       <c r="D825" t="s">
-        <v>1075</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1034</v>
+      </c>
+      <c r="E825" t="s">
+        <v>1035</v>
       </c>
       <c r="F825" t="s">
-        <v>1076</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1036</v>
+      </c>
+      <c r="G825" t="s">
+        <v>1037</v>
       </c>
     </row>
     <row r="826" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A826" s="4" t="s">
-        <v>1077</v>
+      <c r="A826" s="7" t="s">
+        <v>1032</v>
       </c>
       <c r="B826" s="5" t="s">
-        <v>1078</v>
+        <v>1057</v>
       </c>
       <c r="C826" s="6" t="s">
-        <v>9</v>
+        <v>83</v>
       </c>
       <c r="D826" t="s">
-        <v>1079</v>
+        <v>1034</v>
       </c>
       <c r="E826" t="s">
-        <v>1080</v>
+        <v>1035</v>
       </c>
       <c r="F826" t="s">
-        <v>1081</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1036</v>
+      </c>
+      <c r="G826" t="s">
+        <v>1037</v>
       </c>
     </row>
     <row r="827" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A827" s="4" t="s">
-        <v>1077</v>
+      <c r="A827" s="7" t="s">
+        <v>1058</v>
       </c>
       <c r="B827" s="5" t="s">
-        <v>1082</v>
+        <v>791</v>
       </c>
       <c r="C827" s="6" t="s">
-        <v>9</v>
+        <v>207</v>
       </c>
       <c r="D827" t="s">
-        <v>1079</v>
-[...2 lines deleted...]
-        <v>1080</v>
+        <v>1208</v>
+      </c>
+      <c r="E827">
+        <v>0</v>
       </c>
       <c r="F827" t="s">
-        <v>1081</v>
+        <v>1059</v>
       </c>
       <c r="G827">
         <v>0</v>
       </c>
     </row>
     <row r="828" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A828" s="4" t="s">
-        <v>1077</v>
+      <c r="A828" s="7" t="s">
+        <v>1060</v>
       </c>
       <c r="B828" s="5" t="s">
-        <v>1083</v>
+        <v>1061</v>
       </c>
       <c r="C828" s="6" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="D828" t="s">
-        <v>1079</v>
-[...5 lines deleted...]
-        <v>1081</v>
+        <v>1062</v>
+      </c>
+      <c r="E828">
+        <v>0</v>
+      </c>
+      <c r="F828">
+        <v>0</v>
       </c>
       <c r="G828">
         <v>0</v>
       </c>
     </row>
     <row r="829" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A829" s="4" t="s">
-        <v>1077</v>
+      <c r="A829" s="7" t="s">
+        <v>1060</v>
       </c>
       <c r="B829" s="5" t="s">
-        <v>1084</v>
+        <v>1063</v>
       </c>
       <c r="C829" s="6" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="D829" t="s">
-        <v>1079</v>
-[...5 lines deleted...]
-        <v>1081</v>
+        <v>1062</v>
+      </c>
+      <c r="E829">
+        <v>0</v>
+      </c>
+      <c r="F829">
+        <v>0</v>
       </c>
       <c r="G829">
         <v>0</v>
       </c>
     </row>
     <row r="830" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A830" s="4" t="s">
-        <v>1077</v>
+      <c r="A830" s="7" t="s">
+        <v>1060</v>
       </c>
       <c r="B830" s="5" t="s">
-        <v>1085</v>
+        <v>1064</v>
       </c>
       <c r="C830" s="6" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="D830" t="s">
-        <v>1079</v>
-[...5 lines deleted...]
-        <v>1081</v>
+        <v>1062</v>
+      </c>
+      <c r="E830">
+        <v>0</v>
+      </c>
+      <c r="F830">
+        <v>0</v>
       </c>
       <c r="G830">
         <v>0</v>
       </c>
     </row>
     <row r="831" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A831" s="4" t="s">
-        <v>1077</v>
+      <c r="A831" s="7" t="s">
+        <v>1060</v>
       </c>
       <c r="B831" s="5" t="s">
-        <v>1086</v>
+        <v>1065</v>
       </c>
       <c r="C831" s="6" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="D831" t="s">
-        <v>1079</v>
-[...5 lines deleted...]
-        <v>1081</v>
+        <v>1062</v>
+      </c>
+      <c r="E831">
+        <v>0</v>
+      </c>
+      <c r="F831">
+        <v>0</v>
       </c>
       <c r="G831">
         <v>0</v>
       </c>
     </row>
     <row r="832" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A832" s="4" t="s">
-        <v>1077</v>
+      <c r="A832" s="7" t="s">
+        <v>1060</v>
       </c>
       <c r="B832" s="5" t="s">
-        <v>1087</v>
+        <v>1066</v>
       </c>
       <c r="C832" s="6" t="s">
-        <v>154</v>
+        <v>33</v>
       </c>
       <c r="D832" t="s">
-        <v>1079</v>
-[...5 lines deleted...]
-        <v>1081</v>
+        <v>1062</v>
+      </c>
+      <c r="E832">
+        <v>0</v>
+      </c>
+      <c r="F832">
+        <v>0</v>
       </c>
       <c r="G832">
         <v>0</v>
       </c>
     </row>
     <row r="833" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A833" s="4" t="s">
-        <v>1077</v>
+      <c r="A833" s="7" t="s">
+        <v>1060</v>
       </c>
       <c r="B833" s="5" t="s">
-        <v>1088</v>
+        <v>1067</v>
       </c>
       <c r="C833" s="6" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="D833" t="s">
-        <v>1079</v>
-[...5 lines deleted...]
-        <v>1081</v>
+        <v>1062</v>
+      </c>
+      <c r="E833">
+        <v>0</v>
+      </c>
+      <c r="F833">
+        <v>0</v>
       </c>
       <c r="G833">
         <v>0</v>
       </c>
     </row>
     <row r="834" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A834" s="4" t="s">
-        <v>1077</v>
+      <c r="A834" s="7" t="s">
+        <v>1060</v>
       </c>
       <c r="B834" s="5" t="s">
-        <v>1089</v>
+        <v>1068</v>
       </c>
       <c r="C834" s="6" t="s">
-        <v>154</v>
+        <v>33</v>
       </c>
       <c r="D834" t="s">
-        <v>1079</v>
-[...5 lines deleted...]
-        <v>1081</v>
+        <v>1062</v>
+      </c>
+      <c r="E834">
+        <v>0</v>
+      </c>
+      <c r="F834">
+        <v>0</v>
       </c>
       <c r="G834">
         <v>0</v>
       </c>
     </row>
     <row r="835" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A835" s="4" t="s">
-        <v>1077</v>
+      <c r="A835" s="7" t="s">
+        <v>1060</v>
       </c>
       <c r="B835" s="5" t="s">
-        <v>1090</v>
+        <v>1069</v>
       </c>
       <c r="C835" s="6" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="D835" t="s">
-        <v>1079</v>
-[...5 lines deleted...]
-        <v>1081</v>
+        <v>1062</v>
+      </c>
+      <c r="E835">
+        <v>0</v>
+      </c>
+      <c r="F835">
+        <v>0</v>
       </c>
       <c r="G835">
         <v>0</v>
       </c>
     </row>
     <row r="836" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A836" s="7" t="s">
-        <v>1077</v>
+        <v>1060</v>
       </c>
       <c r="B836" s="5" t="s">
-        <v>1091</v>
+        <v>1070</v>
       </c>
       <c r="C836" s="6" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="D836" t="s">
-        <v>1079</v>
-[...5 lines deleted...]
-        <v>1081</v>
+        <v>1062</v>
+      </c>
+      <c r="E836">
+        <v>0</v>
+      </c>
+      <c r="F836">
+        <v>0</v>
       </c>
       <c r="G836">
         <v>0</v>
       </c>
     </row>
     <row r="837" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A837" s="4" t="s">
-        <v>1092</v>
+      <c r="A837" s="7" t="s">
+        <v>1060</v>
       </c>
       <c r="B837" s="5" t="s">
-        <v>1093</v>
+        <v>1071</v>
       </c>
       <c r="C837" s="6" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="D837" t="s">
-        <v>1094</v>
+        <v>1062</v>
       </c>
       <c r="E837">
         <v>0</v>
       </c>
-      <c r="F837" t="s">
-        <v>1095</v>
+      <c r="F837">
+        <v>0</v>
       </c>
       <c r="G837">
         <v>0</v>
       </c>
     </row>
     <row r="838" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A838" s="4" t="s">
-        <v>1092</v>
+      <c r="A838" s="7" t="s">
+        <v>1060</v>
       </c>
       <c r="B838" s="5" t="s">
-        <v>1096</v>
+        <v>1072</v>
       </c>
       <c r="C838" s="6" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="D838" t="s">
-        <v>1094</v>
+        <v>1062</v>
       </c>
       <c r="E838">
         <v>0</v>
       </c>
-      <c r="F838" t="s">
-        <v>1095</v>
+      <c r="F838">
+        <v>0</v>
       </c>
       <c r="G838">
         <v>0</v>
       </c>
     </row>
     <row r="839" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A839" s="4" t="s">
-        <v>1092</v>
+        <v>1060</v>
       </c>
       <c r="B839" s="5" t="s">
-        <v>1097</v>
+        <v>1073</v>
       </c>
       <c r="C839" s="6" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="D839" t="s">
-        <v>1094</v>
+        <v>1062</v>
       </c>
       <c r="E839">
         <v>0</v>
       </c>
-      <c r="F839" t="s">
-        <v>1095</v>
+      <c r="F839">
+        <v>0</v>
       </c>
       <c r="G839">
         <v>0</v>
       </c>
     </row>
     <row r="840" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A840" s="4" t="s">
-        <v>1092</v>
+        <v>1060</v>
       </c>
       <c r="B840" s="5" t="s">
-        <v>1098</v>
+        <v>1074</v>
       </c>
       <c r="C840" s="6" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="D840" t="s">
-        <v>1094</v>
+        <v>1062</v>
       </c>
       <c r="E840">
         <v>0</v>
       </c>
-      <c r="F840" t="s">
-        <v>1095</v>
+      <c r="F840">
+        <v>0</v>
       </c>
       <c r="G840">
         <v>0</v>
       </c>
     </row>
     <row r="841" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A841" s="4" t="s">
-        <v>1092</v>
+        <v>1075</v>
       </c>
       <c r="B841" s="5" t="s">
-        <v>1099</v>
+        <v>1076</v>
       </c>
       <c r="C841" s="6" t="s">
-        <v>83</v>
+        <v>9</v>
       </c>
       <c r="D841" t="s">
-        <v>1094</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1077</v>
+      </c>
+      <c r="E841" t="s">
+        <v>1078</v>
       </c>
       <c r="F841" t="s">
-        <v>1095</v>
+        <v>1079</v>
       </c>
       <c r="G841">
         <v>0</v>
       </c>
     </row>
     <row r="842" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A842" s="4" t="s">
-        <v>1092</v>
+        <v>1075</v>
       </c>
       <c r="B842" s="5" t="s">
-        <v>1100</v>
+        <v>1080</v>
       </c>
       <c r="C842" s="6" t="s">
-        <v>83</v>
+        <v>9</v>
       </c>
       <c r="D842" t="s">
-        <v>1094</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1077</v>
+      </c>
+      <c r="E842" t="s">
+        <v>1078</v>
       </c>
       <c r="F842" t="s">
-        <v>1095</v>
+        <v>1079</v>
       </c>
       <c r="G842">
         <v>0</v>
       </c>
     </row>
     <row r="843" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A843" s="4" t="s">
-        <v>1092</v>
+        <v>1075</v>
       </c>
       <c r="B843" s="5" t="s">
-        <v>1101</v>
+        <v>1081</v>
       </c>
       <c r="C843" s="6" t="s">
-        <v>83</v>
+        <v>9</v>
       </c>
       <c r="D843" t="s">
-        <v>1094</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1077</v>
+      </c>
+      <c r="E843" t="s">
+        <v>1078</v>
       </c>
       <c r="F843" t="s">
-        <v>1095</v>
+        <v>1079</v>
       </c>
       <c r="G843">
         <v>0</v>
       </c>
     </row>
     <row r="844" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A844" s="4" t="s">
-        <v>1092</v>
+        <v>1075</v>
       </c>
       <c r="B844" s="5" t="s">
-        <v>1102</v>
+        <v>1082</v>
       </c>
       <c r="C844" s="6" t="s">
-        <v>83</v>
+        <v>9</v>
       </c>
       <c r="D844" t="s">
-        <v>1094</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1077</v>
+      </c>
+      <c r="E844" t="s">
+        <v>1078</v>
       </c>
       <c r="F844" t="s">
-        <v>1095</v>
+        <v>1079</v>
       </c>
       <c r="G844">
         <v>0</v>
       </c>
     </row>
     <row r="845" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A845" s="4" t="s">
-        <v>1092</v>
+        <v>1075</v>
       </c>
       <c r="B845" s="5" t="s">
-        <v>1103</v>
+        <v>1083</v>
       </c>
       <c r="C845" s="6" t="s">
-        <v>83</v>
+        <v>9</v>
       </c>
       <c r="D845" t="s">
-        <v>1094</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1077</v>
+      </c>
+      <c r="E845" t="s">
+        <v>1078</v>
       </c>
       <c r="F845" t="s">
-        <v>1095</v>
+        <v>1079</v>
       </c>
       <c r="G845">
         <v>0</v>
       </c>
     </row>
     <row r="846" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A846" s="4" t="s">
-        <v>1092</v>
+        <v>1075</v>
       </c>
       <c r="B846" s="5" t="s">
-        <v>1104</v>
+        <v>1084</v>
       </c>
       <c r="C846" s="6" t="s">
-        <v>83</v>
+        <v>9</v>
       </c>
       <c r="D846" t="s">
-        <v>1094</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1077</v>
+      </c>
+      <c r="E846" t="s">
+        <v>1078</v>
       </c>
       <c r="F846" t="s">
-        <v>1095</v>
+        <v>1079</v>
       </c>
       <c r="G846">
         <v>0</v>
       </c>
     </row>
     <row r="847" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A847" s="4" t="s">
-        <v>1092</v>
+        <v>1075</v>
       </c>
       <c r="B847" s="5" t="s">
-        <v>1105</v>
+        <v>1085</v>
       </c>
       <c r="C847" s="6" t="s">
-        <v>83</v>
+        <v>153</v>
       </c>
       <c r="D847" t="s">
-        <v>1094</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1077</v>
+      </c>
+      <c r="E847" t="s">
+        <v>1078</v>
       </c>
       <c r="F847" t="s">
-        <v>1095</v>
+        <v>1079</v>
       </c>
       <c r="G847">
         <v>0</v>
       </c>
     </row>
     <row r="848" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A848" s="4" t="s">
-        <v>1092</v>
+        <v>1075</v>
       </c>
       <c r="B848" s="5" t="s">
-        <v>1106</v>
+        <v>1086</v>
       </c>
       <c r="C848" s="6" t="s">
-        <v>83</v>
+        <v>9</v>
       </c>
       <c r="D848" t="s">
-        <v>1094</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1077</v>
+      </c>
+      <c r="E848" t="s">
+        <v>1078</v>
       </c>
       <c r="F848" t="s">
-        <v>1095</v>
+        <v>1079</v>
       </c>
       <c r="G848">
         <v>0</v>
       </c>
     </row>
     <row r="849" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A849" s="4" t="s">
-        <v>1092</v>
+        <v>1075</v>
       </c>
       <c r="B849" s="5" t="s">
-        <v>1107</v>
+        <v>1087</v>
       </c>
       <c r="C849" s="6" t="s">
-        <v>83</v>
+        <v>153</v>
       </c>
       <c r="D849" t="s">
-        <v>1094</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1077</v>
+      </c>
+      <c r="E849" t="s">
+        <v>1078</v>
       </c>
       <c r="F849" t="s">
-        <v>1095</v>
+        <v>1079</v>
       </c>
       <c r="G849">
         <v>0</v>
       </c>
     </row>
     <row r="850" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A850" s="4" t="s">
-        <v>1092</v>
+        <v>1075</v>
       </c>
       <c r="B850" s="5" t="s">
-        <v>1108</v>
+        <v>1088</v>
       </c>
       <c r="C850" s="6" t="s">
-        <v>83</v>
+        <v>9</v>
       </c>
       <c r="D850" t="s">
-        <v>1094</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1077</v>
+      </c>
+      <c r="E850" t="s">
+        <v>1078</v>
       </c>
       <c r="F850" t="s">
-        <v>1095</v>
+        <v>1079</v>
       </c>
       <c r="G850">
         <v>0</v>
       </c>
     </row>
     <row r="851" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A851" s="4" t="s">
-        <v>1092</v>
+        <v>1075</v>
       </c>
       <c r="B851" s="5" t="s">
-        <v>1109</v>
+        <v>1089</v>
       </c>
       <c r="C851" s="6" t="s">
-        <v>83</v>
+        <v>9</v>
       </c>
       <c r="D851" t="s">
-        <v>1094</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1077</v>
+      </c>
+      <c r="E851" t="s">
+        <v>1078</v>
       </c>
       <c r="F851" t="s">
-        <v>1095</v>
+        <v>1079</v>
       </c>
       <c r="G851">
         <v>0</v>
       </c>
     </row>
     <row r="852" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A852" s="7" t="s">
-        <v>1092</v>
+      <c r="A852" s="4" t="s">
+        <v>1090</v>
       </c>
       <c r="B852" s="5" t="s">
-        <v>1110</v>
+        <v>1091</v>
       </c>
       <c r="C852" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D852" t="s">
-        <v>1094</v>
+        <v>1092</v>
       </c>
       <c r="E852">
         <v>0</v>
       </c>
       <c r="F852" t="s">
-        <v>1095</v>
+        <v>1093</v>
       </c>
       <c r="G852">
         <v>0</v>
       </c>
     </row>
     <row r="853" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A853" s="4" t="s">
-        <v>1111</v>
+        <v>1090</v>
       </c>
       <c r="B853" s="5" t="s">
-        <v>1112</v>
+        <v>1094</v>
       </c>
       <c r="C853" s="6" t="s">
-        <v>210</v>
+        <v>83</v>
       </c>
       <c r="D853" t="s">
-        <v>1113</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>1092</v>
+      </c>
+      <c r="E853">
+        <v>0</v>
+      </c>
+      <c r="F853" t="s">
+        <v>1093</v>
       </c>
       <c r="G853">
         <v>0</v>
       </c>
     </row>
     <row r="854" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A854" s="4" t="s">
-        <v>1111</v>
+        <v>1090</v>
       </c>
       <c r="B854" s="5" t="s">
-        <v>1115</v>
+        <v>1095</v>
       </c>
       <c r="C854" s="6" t="s">
-        <v>210</v>
+        <v>83</v>
       </c>
       <c r="D854" t="s">
-        <v>1113</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>1092</v>
+      </c>
+      <c r="E854">
+        <v>0</v>
+      </c>
+      <c r="F854" t="s">
+        <v>1093</v>
       </c>
       <c r="G854">
         <v>0</v>
       </c>
     </row>
     <row r="855" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A855" s="4" t="s">
-        <v>1111</v>
+        <v>1090</v>
       </c>
       <c r="B855" s="5" t="s">
-        <v>1116</v>
+        <v>1096</v>
       </c>
       <c r="C855" s="6" t="s">
-        <v>210</v>
+        <v>83</v>
       </c>
       <c r="D855" t="s">
-        <v>1113</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>1092</v>
+      </c>
+      <c r="E855">
+        <v>0</v>
+      </c>
+      <c r="F855" t="s">
+        <v>1093</v>
       </c>
       <c r="G855">
         <v>0</v>
       </c>
     </row>
     <row r="856" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A856" s="4" t="s">
-        <v>1111</v>
+        <v>1090</v>
       </c>
       <c r="B856" s="5" t="s">
-        <v>1117</v>
+        <v>1097</v>
       </c>
       <c r="C856" s="6" t="s">
-        <v>210</v>
+        <v>83</v>
       </c>
       <c r="D856" t="s">
-        <v>1113</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>1092</v>
+      </c>
+      <c r="E856">
+        <v>0</v>
+      </c>
+      <c r="F856" t="s">
+        <v>1093</v>
       </c>
       <c r="G856">
         <v>0</v>
       </c>
     </row>
     <row r="857" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A857" s="7" t="s">
-        <v>1111</v>
+      <c r="A857" s="4" t="s">
+        <v>1090</v>
       </c>
       <c r="B857" s="5" t="s">
-        <v>1118</v>
+        <v>1098</v>
       </c>
       <c r="C857" s="6" t="s">
-        <v>210</v>
+        <v>83</v>
       </c>
       <c r="D857" t="s">
-        <v>1113</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>1092</v>
+      </c>
+      <c r="E857">
+        <v>0</v>
+      </c>
+      <c r="F857" t="s">
+        <v>1093</v>
       </c>
       <c r="G857">
         <v>0</v>
       </c>
     </row>
     <row r="858" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A858" s="4" t="s">
-        <v>1119</v>
+        <v>1090</v>
       </c>
       <c r="B858" s="5" t="s">
-        <v>1120</v>
+        <v>1099</v>
       </c>
       <c r="C858" s="6" t="s">
-        <v>210</v>
+        <v>83</v>
       </c>
       <c r="D858" t="s">
-        <v>1121</v>
-[...2 lines deleted...]
-        <v>1122</v>
+        <v>1092</v>
+      </c>
+      <c r="E858">
+        <v>0</v>
       </c>
       <c r="F858" t="s">
-        <v>1123</v>
-[...2 lines deleted...]
-        <v>1124</v>
+        <v>1093</v>
+      </c>
+      <c r="G858">
+        <v>0</v>
       </c>
     </row>
     <row r="859" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A859" s="4" t="s">
-        <v>1119</v>
+        <v>1090</v>
       </c>
       <c r="B859" s="5" t="s">
-        <v>1125</v>
+        <v>1100</v>
       </c>
       <c r="C859" s="6" t="s">
-        <v>210</v>
+        <v>83</v>
       </c>
       <c r="D859" t="s">
-        <v>1121</v>
-[...2 lines deleted...]
-        <v>1122</v>
+        <v>1092</v>
+      </c>
+      <c r="E859">
+        <v>0</v>
       </c>
       <c r="F859" t="s">
-        <v>1123</v>
-[...2 lines deleted...]
-        <v>1124</v>
+        <v>1093</v>
+      </c>
+      <c r="G859">
+        <v>0</v>
       </c>
     </row>
     <row r="860" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A860" s="4" t="s">
-        <v>1119</v>
+        <v>1090</v>
       </c>
       <c r="B860" s="5" t="s">
-        <v>1126</v>
+        <v>1101</v>
       </c>
       <c r="C860" s="6" t="s">
-        <v>210</v>
+        <v>83</v>
       </c>
       <c r="D860" t="s">
-        <v>1121</v>
-[...2 lines deleted...]
-        <v>1122</v>
+        <v>1092</v>
+      </c>
+      <c r="E860">
+        <v>0</v>
       </c>
       <c r="F860" t="s">
-        <v>1123</v>
-[...2 lines deleted...]
-        <v>1124</v>
+        <v>1093</v>
+      </c>
+      <c r="G860">
+        <v>0</v>
       </c>
     </row>
     <row r="861" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A861" s="4" t="s">
-        <v>1119</v>
+        <v>1090</v>
       </c>
       <c r="B861" s="5" t="s">
-        <v>1127</v>
+        <v>1102</v>
       </c>
       <c r="C861" s="6" t="s">
-        <v>210</v>
+        <v>83</v>
       </c>
       <c r="D861" t="s">
-        <v>1121</v>
-[...2 lines deleted...]
-        <v>1122</v>
+        <v>1092</v>
+      </c>
+      <c r="E861">
+        <v>0</v>
       </c>
       <c r="F861" t="s">
-        <v>1123</v>
-[...2 lines deleted...]
-        <v>1124</v>
+        <v>1093</v>
+      </c>
+      <c r="G861">
+        <v>0</v>
       </c>
     </row>
     <row r="862" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A862" s="4" t="s">
-        <v>1119</v>
+        <v>1090</v>
       </c>
       <c r="B862" s="5" t="s">
-        <v>1128</v>
+        <v>1103</v>
       </c>
       <c r="C862" s="6" t="s">
-        <v>210</v>
+        <v>83</v>
       </c>
       <c r="D862" t="s">
-        <v>1121</v>
-[...2 lines deleted...]
-        <v>1122</v>
+        <v>1092</v>
+      </c>
+      <c r="E862">
+        <v>0</v>
       </c>
       <c r="F862" t="s">
-        <v>1123</v>
-[...2 lines deleted...]
-        <v>1124</v>
+        <v>1093</v>
+      </c>
+      <c r="G862">
+        <v>0</v>
       </c>
     </row>
     <row r="863" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A863" s="4" t="s">
-        <v>1119</v>
+        <v>1090</v>
       </c>
       <c r="B863" s="5" t="s">
-        <v>1129</v>
+        <v>1104</v>
       </c>
       <c r="C863" s="6" t="s">
-        <v>210</v>
+        <v>83</v>
       </c>
       <c r="D863" t="s">
-        <v>1121</v>
-[...2 lines deleted...]
-        <v>1122</v>
+        <v>1092</v>
+      </c>
+      <c r="E863">
+        <v>0</v>
       </c>
       <c r="F863" t="s">
-        <v>1123</v>
-[...2 lines deleted...]
-        <v>1124</v>
+        <v>1093</v>
+      </c>
+      <c r="G863">
+        <v>0</v>
       </c>
     </row>
     <row r="864" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A864" s="4" t="s">
-        <v>1119</v>
+        <v>1090</v>
       </c>
       <c r="B864" s="5" t="s">
-        <v>1130</v>
+        <v>1105</v>
       </c>
       <c r="C864" s="6" t="s">
-        <v>210</v>
+        <v>83</v>
       </c>
       <c r="D864" t="s">
-        <v>1121</v>
-[...2 lines deleted...]
-        <v>1122</v>
+        <v>1092</v>
+      </c>
+      <c r="E864">
+        <v>0</v>
       </c>
       <c r="F864" t="s">
-        <v>1123</v>
-[...2 lines deleted...]
-        <v>1124</v>
+        <v>1093</v>
+      </c>
+      <c r="G864">
+        <v>0</v>
       </c>
     </row>
     <row r="865" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A865" s="7" t="s">
-        <v>1119</v>
+      <c r="A865" s="4" t="s">
+        <v>1090</v>
       </c>
       <c r="B865" s="5" t="s">
-        <v>1131</v>
+        <v>1106</v>
       </c>
       <c r="C865" s="6" t="s">
-        <v>210</v>
+        <v>83</v>
       </c>
       <c r="D865" t="s">
-        <v>1121</v>
-[...2 lines deleted...]
-        <v>1122</v>
+        <v>1092</v>
+      </c>
+      <c r="E865">
+        <v>0</v>
       </c>
       <c r="F865" t="s">
-        <v>1123</v>
-[...2 lines deleted...]
-        <v>1124</v>
+        <v>1093</v>
+      </c>
+      <c r="G865">
+        <v>0</v>
       </c>
     </row>
     <row r="866" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A866" s="4" t="s">
-        <v>1132</v>
+        <v>1090</v>
       </c>
       <c r="B866" s="5" t="s">
-        <v>1133</v>
+        <v>1107</v>
       </c>
       <c r="C866" s="6" t="s">
-        <v>210</v>
+        <v>83</v>
       </c>
       <c r="D866" t="s">
-        <v>1134</v>
-[...2 lines deleted...]
-        <v>456</v>
+        <v>1092</v>
+      </c>
+      <c r="E866">
+        <v>0</v>
       </c>
       <c r="F866" t="s">
-        <v>1135</v>
-[...2 lines deleted...]
-        <v>1136</v>
+        <v>1093</v>
+      </c>
+      <c r="G866">
+        <v>0</v>
       </c>
     </row>
     <row r="867" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A867" s="4" t="s">
-        <v>1132</v>
+        <v>1090</v>
       </c>
       <c r="B867" s="5" t="s">
-        <v>1137</v>
+        <v>1108</v>
       </c>
       <c r="C867" s="6" t="s">
-        <v>210</v>
+        <v>83</v>
       </c>
       <c r="D867" t="s">
-        <v>1134</v>
-[...2 lines deleted...]
-        <v>456</v>
+        <v>1092</v>
+      </c>
+      <c r="E867">
+        <v>0</v>
       </c>
       <c r="F867" t="s">
-        <v>1135</v>
-[...2 lines deleted...]
-        <v>1136</v>
+        <v>1093</v>
+      </c>
+      <c r="G867">
+        <v>0</v>
       </c>
     </row>
     <row r="868" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A868" s="4" t="s">
-        <v>1132</v>
+        <v>1109</v>
       </c>
       <c r="B868" s="5" t="s">
-        <v>1138</v>
+        <v>1110</v>
       </c>
       <c r="C868" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D868" t="s">
-        <v>1134</v>
+        <v>1111</v>
       </c>
       <c r="E868" t="s">
-        <v>456</v>
-[...5 lines deleted...]
-        <v>1136</v>
+        <v>1112</v>
+      </c>
+      <c r="F868">
+        <v>0</v>
+      </c>
+      <c r="G868">
+        <v>0</v>
       </c>
     </row>
     <row r="869" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A869" s="4" t="s">
-        <v>1132</v>
+        <v>1109</v>
       </c>
       <c r="B869" s="5" t="s">
-        <v>1139</v>
+        <v>1113</v>
       </c>
       <c r="C869" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D869" t="s">
-        <v>1134</v>
+        <v>1111</v>
       </c>
       <c r="E869" t="s">
-        <v>456</v>
-[...5 lines deleted...]
-        <v>1136</v>
+        <v>1112</v>
+      </c>
+      <c r="F869">
+        <v>0</v>
+      </c>
+      <c r="G869">
+        <v>0</v>
       </c>
     </row>
     <row r="870" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A870" s="7" t="s">
-        <v>1132</v>
+      <c r="A870" s="4" t="s">
+        <v>1109</v>
       </c>
       <c r="B870" s="5" t="s">
-        <v>1140</v>
+        <v>1114</v>
       </c>
       <c r="C870" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D870" t="s">
-        <v>1134</v>
+        <v>1111</v>
       </c>
       <c r="E870" t="s">
-        <v>456</v>
-[...5 lines deleted...]
-        <v>1136</v>
+        <v>1112</v>
+      </c>
+      <c r="F870">
+        <v>0</v>
+      </c>
+      <c r="G870">
+        <v>0</v>
       </c>
     </row>
     <row r="871" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A871" s="4" t="s">
-        <v>1141</v>
+        <v>1109</v>
       </c>
       <c r="B871" s="5" t="s">
-        <v>1142</v>
+        <v>1115</v>
       </c>
       <c r="C871" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D871" t="s">
-        <v>1143</v>
+        <v>1111</v>
       </c>
       <c r="E871" t="s">
-        <v>1144</v>
-[...5 lines deleted...]
-        <v>1146</v>
+        <v>1112</v>
+      </c>
+      <c r="F871">
+        <v>0</v>
+      </c>
+      <c r="G871">
+        <v>0</v>
       </c>
     </row>
     <row r="872" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A872" s="4" t="s">
-        <v>1141</v>
+        <v>1109</v>
       </c>
       <c r="B872" s="5" t="s">
-        <v>1147</v>
+        <v>1116</v>
       </c>
       <c r="C872" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D872" t="s">
-        <v>1143</v>
+        <v>1111</v>
       </c>
       <c r="E872" t="s">
-        <v>1144</v>
-[...5 lines deleted...]
-        <v>1146</v>
+        <v>1112</v>
+      </c>
+      <c r="F872">
+        <v>0</v>
+      </c>
+      <c r="G872">
+        <v>0</v>
       </c>
     </row>
     <row r="873" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A873" s="4" t="s">
-        <v>1141</v>
+        <v>1117</v>
       </c>
       <c r="B873" s="5" t="s">
-        <v>1148</v>
+        <v>1118</v>
       </c>
       <c r="C873" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D873" t="s">
-        <v>1143</v>
+        <v>1209</v>
       </c>
       <c r="E873" t="s">
-        <v>1144</v>
+        <v>1119</v>
       </c>
       <c r="F873" t="s">
-        <v>1145</v>
+        <v>1120</v>
       </c>
       <c r="G873" t="s">
-        <v>1146</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="874" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A874" s="4" t="s">
-        <v>1141</v>
+        <v>1117</v>
       </c>
       <c r="B874" s="5" t="s">
-        <v>1149</v>
+        <v>1122</v>
       </c>
       <c r="C874" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D874" t="s">
-        <v>1143</v>
+        <v>1209</v>
       </c>
       <c r="E874" t="s">
-        <v>1144</v>
+        <v>1119</v>
       </c>
       <c r="F874" t="s">
-        <v>1145</v>
+        <v>1120</v>
       </c>
       <c r="G874" t="s">
-        <v>1146</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="875" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A875" s="4" t="s">
-        <v>1141</v>
+        <v>1117</v>
       </c>
       <c r="B875" s="5" t="s">
-        <v>1015</v>
+        <v>1123</v>
       </c>
       <c r="C875" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D875" t="s">
-        <v>1143</v>
+        <v>1209</v>
       </c>
       <c r="E875" t="s">
-        <v>1144</v>
+        <v>1119</v>
       </c>
       <c r="F875" t="s">
-        <v>1145</v>
+        <v>1120</v>
       </c>
       <c r="G875" t="s">
-        <v>1146</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="876" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A876" s="4" t="s">
-        <v>1141</v>
+        <v>1117</v>
       </c>
       <c r="B876" s="5" t="s">
-        <v>1150</v>
+        <v>1124</v>
       </c>
       <c r="C876" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D876" t="s">
-        <v>1143</v>
+        <v>1209</v>
       </c>
       <c r="E876" t="s">
-        <v>1144</v>
+        <v>1119</v>
       </c>
       <c r="F876" t="s">
-        <v>1145</v>
+        <v>1120</v>
       </c>
       <c r="G876" t="s">
-        <v>1146</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="877" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A877" s="4" t="s">
-        <v>1141</v>
+        <v>1117</v>
       </c>
       <c r="B877" s="5" t="s">
-        <v>1151</v>
+        <v>1125</v>
       </c>
       <c r="C877" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D877" t="s">
-        <v>1143</v>
+        <v>1209</v>
       </c>
       <c r="E877" t="s">
-        <v>1144</v>
+        <v>1119</v>
       </c>
       <c r="F877" t="s">
-        <v>1145</v>
+        <v>1120</v>
       </c>
       <c r="G877" t="s">
-        <v>1146</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="878" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A878" s="4" t="s">
-        <v>1141</v>
+        <v>1117</v>
       </c>
       <c r="B878" s="5" t="s">
-        <v>1152</v>
+        <v>1126</v>
       </c>
       <c r="C878" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D878" t="s">
-        <v>1143</v>
+        <v>1209</v>
       </c>
       <c r="E878" t="s">
-        <v>1144</v>
+        <v>1119</v>
       </c>
       <c r="F878" t="s">
-        <v>1145</v>
+        <v>1120</v>
       </c>
       <c r="G878" t="s">
-        <v>1146</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="879" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A879" s="4" t="s">
-        <v>1141</v>
+        <v>1117</v>
       </c>
       <c r="B879" s="5" t="s">
-        <v>1153</v>
+        <v>1127</v>
       </c>
       <c r="C879" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D879" t="s">
-        <v>1143</v>
+        <v>1209</v>
       </c>
       <c r="E879" t="s">
-        <v>1144</v>
+        <v>1119</v>
       </c>
       <c r="F879" t="s">
-        <v>1145</v>
+        <v>1120</v>
       </c>
       <c r="G879" t="s">
-        <v>1146</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="880" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A880" s="7" t="s">
-        <v>1141</v>
+      <c r="A880" s="4" t="s">
+        <v>1117</v>
       </c>
       <c r="B880" s="5" t="s">
-        <v>1154</v>
+        <v>1128</v>
       </c>
       <c r="C880" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D880" t="s">
-        <v>1143</v>
+        <v>1209</v>
       </c>
       <c r="E880" t="s">
-        <v>1144</v>
+        <v>1119</v>
       </c>
       <c r="F880" t="s">
-        <v>1145</v>
+        <v>1120</v>
       </c>
       <c r="G880" t="s">
-        <v>1146</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="881" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A881" s="4" t="s">
-        <v>1155</v>
+        <v>1129</v>
       </c>
       <c r="B881" s="5" t="s">
-        <v>1156</v>
+        <v>1130</v>
       </c>
       <c r="C881" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D881" t="s">
-        <v>1157</v>
+        <v>1217</v>
       </c>
       <c r="E881" t="s">
-        <v>1158</v>
+        <v>451</v>
       </c>
       <c r="F881" t="s">
-        <v>1159</v>
+        <v>1131</v>
       </c>
       <c r="G881" t="s">
-        <v>1160</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="882" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A882" s="4" t="s">
-        <v>1155</v>
+        <v>1129</v>
       </c>
       <c r="B882" s="5" t="s">
-        <v>1161</v>
+        <v>1133</v>
       </c>
       <c r="C882" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D882" t="s">
-        <v>1157</v>
+        <v>1217</v>
       </c>
       <c r="E882" t="s">
-        <v>1158</v>
+        <v>451</v>
       </c>
       <c r="F882" t="s">
-        <v>1159</v>
+        <v>1131</v>
       </c>
       <c r="G882" t="s">
-        <v>1160</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="883" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A883" s="4" t="s">
-        <v>1155</v>
+        <v>1129</v>
       </c>
       <c r="B883" s="5" t="s">
-        <v>723</v>
+        <v>1134</v>
       </c>
       <c r="C883" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D883" t="s">
-        <v>1157</v>
+        <v>1217</v>
       </c>
       <c r="E883" t="s">
-        <v>1158</v>
+        <v>451</v>
       </c>
       <c r="F883" t="s">
-        <v>1159</v>
+        <v>1131</v>
       </c>
       <c r="G883" t="s">
-        <v>1160</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="884" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A884" s="4" t="s">
-        <v>1155</v>
+        <v>1129</v>
       </c>
       <c r="B884" s="5" t="s">
-        <v>1162</v>
+        <v>1135</v>
       </c>
       <c r="C884" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D884" t="s">
-        <v>1157</v>
+        <v>1217</v>
       </c>
       <c r="E884" t="s">
-        <v>1158</v>
+        <v>451</v>
       </c>
       <c r="F884" t="s">
-        <v>1159</v>
+        <v>1131</v>
       </c>
       <c r="G884" t="s">
-        <v>1160</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="885" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A885" s="7" t="s">
-        <v>1155</v>
+      <c r="A885" s="4" t="s">
+        <v>1129</v>
       </c>
       <c r="B885" s="5" t="s">
-        <v>1163</v>
+        <v>1136</v>
       </c>
       <c r="C885" s="6" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D885" t="s">
-        <v>1157</v>
+        <v>1217</v>
       </c>
       <c r="E885" t="s">
-        <v>1158</v>
+        <v>451</v>
       </c>
       <c r="F885" t="s">
-        <v>1159</v>
+        <v>1131</v>
       </c>
       <c r="G885" t="s">
-        <v>1160</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="886" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A886" s="4" t="s">
-        <v>1164</v>
+        <v>1137</v>
       </c>
       <c r="B886" s="5" t="s">
-        <v>1165</v>
+        <v>1138</v>
       </c>
       <c r="C886" s="6" t="s">
-        <v>34</v>
+        <v>207</v>
       </c>
       <c r="D886" t="s">
-        <v>1166</v>
+        <v>1210</v>
       </c>
       <c r="E886" t="s">
-        <v>1167</v>
+        <v>1139</v>
       </c>
       <c r="F886" t="s">
-        <v>1168</v>
+        <v>1140</v>
       </c>
       <c r="G886" t="s">
-        <v>1169</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="887" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A887" s="4" t="s">
-        <v>1164</v>
+        <v>1137</v>
       </c>
       <c r="B887" s="5" t="s">
-        <v>1170</v>
+        <v>1142</v>
       </c>
       <c r="C887" s="6" t="s">
-        <v>34</v>
+        <v>207</v>
       </c>
       <c r="D887" t="s">
-        <v>1166</v>
+        <v>1210</v>
       </c>
       <c r="E887" t="s">
-        <v>1167</v>
+        <v>1139</v>
       </c>
       <c r="F887" t="s">
-        <v>1168</v>
+        <v>1140</v>
       </c>
       <c r="G887" t="s">
-        <v>1169</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="888" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A888" s="4" t="s">
-        <v>1164</v>
+        <v>1137</v>
       </c>
       <c r="B888" s="5" t="s">
-        <v>1171</v>
+        <v>1143</v>
       </c>
       <c r="C888" s="6" t="s">
-        <v>34</v>
+        <v>207</v>
       </c>
       <c r="D888" t="s">
-        <v>1166</v>
+        <v>1210</v>
       </c>
       <c r="E888" t="s">
-        <v>1167</v>
+        <v>1139</v>
       </c>
       <c r="F888" t="s">
-        <v>1168</v>
+        <v>1140</v>
       </c>
       <c r="G888" t="s">
-        <v>1169</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="889" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A889" s="4" t="s">
-        <v>1164</v>
+        <v>1137</v>
       </c>
       <c r="B889" s="5" t="s">
-        <v>1172</v>
+        <v>1144</v>
       </c>
       <c r="C889" s="6" t="s">
-        <v>34</v>
+        <v>207</v>
       </c>
       <c r="D889" t="s">
-        <v>1166</v>
+        <v>1210</v>
       </c>
       <c r="E889" t="s">
-        <v>1167</v>
+        <v>1139</v>
       </c>
       <c r="F889" t="s">
-        <v>1168</v>
+        <v>1140</v>
       </c>
       <c r="G889" t="s">
-        <v>1169</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="890" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A890" s="4" t="s">
-        <v>1164</v>
+        <v>1137</v>
       </c>
       <c r="B890" s="5" t="s">
-        <v>1173</v>
+        <v>998</v>
       </c>
       <c r="C890" s="6" t="s">
-        <v>34</v>
+        <v>207</v>
       </c>
       <c r="D890" t="s">
-        <v>1166</v>
+        <v>1210</v>
       </c>
       <c r="E890" t="s">
-        <v>1167</v>
+        <v>1139</v>
       </c>
       <c r="F890" t="s">
-        <v>1168</v>
+        <v>1140</v>
       </c>
       <c r="G890" t="s">
-        <v>1169</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="891" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A891" s="4" t="s">
-        <v>1164</v>
+        <v>1137</v>
       </c>
       <c r="B891" s="5" t="s">
-        <v>1174</v>
+        <v>1145</v>
       </c>
       <c r="C891" s="6" t="s">
-        <v>34</v>
+        <v>207</v>
       </c>
       <c r="D891" t="s">
-        <v>1166</v>
+        <v>1210</v>
       </c>
       <c r="E891" t="s">
-        <v>1167</v>
+        <v>1139</v>
       </c>
       <c r="F891" t="s">
-        <v>1168</v>
+        <v>1140</v>
       </c>
       <c r="G891" t="s">
-        <v>1169</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="892" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A892" s="4" t="s">
-        <v>1164</v>
+        <v>1137</v>
       </c>
       <c r="B892" s="5" t="s">
-        <v>1175</v>
+        <v>1146</v>
       </c>
       <c r="C892" s="6" t="s">
-        <v>34</v>
+        <v>207</v>
       </c>
       <c r="D892" t="s">
-        <v>1166</v>
+        <v>1210</v>
       </c>
       <c r="E892" t="s">
-        <v>1167</v>
+        <v>1139</v>
       </c>
       <c r="F892" t="s">
-        <v>1168</v>
+        <v>1140</v>
       </c>
       <c r="G892" t="s">
-        <v>1169</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="893" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A893" s="4" t="s">
-        <v>1164</v>
+        <v>1137</v>
       </c>
       <c r="B893" s="5" t="s">
-        <v>1176</v>
+        <v>1147</v>
       </c>
       <c r="C893" s="6" t="s">
-        <v>34</v>
+        <v>207</v>
       </c>
       <c r="D893" t="s">
-        <v>1166</v>
+        <v>1210</v>
       </c>
       <c r="E893" t="s">
-        <v>1167</v>
+        <v>1139</v>
       </c>
       <c r="F893" t="s">
-        <v>1168</v>
+        <v>1140</v>
       </c>
       <c r="G893" t="s">
-        <v>1169</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="894" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A894" s="4" t="s">
-        <v>1164</v>
+        <v>1137</v>
       </c>
       <c r="B894" s="5" t="s">
-        <v>1177</v>
+        <v>1148</v>
       </c>
       <c r="C894" s="6" t="s">
-        <v>34</v>
+        <v>207</v>
       </c>
       <c r="D894" t="s">
-        <v>1166</v>
+        <v>1210</v>
       </c>
       <c r="E894" t="s">
-        <v>1167</v>
+        <v>1139</v>
       </c>
       <c r="F894" t="s">
-        <v>1168</v>
+        <v>1140</v>
       </c>
       <c r="G894" t="s">
-        <v>1169</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="895" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A895" s="4" t="s">
-        <v>1164</v>
+        <v>1137</v>
       </c>
       <c r="B895" s="5" t="s">
-        <v>1178</v>
+        <v>1149</v>
       </c>
       <c r="C895" s="6" t="s">
-        <v>34</v>
+        <v>207</v>
       </c>
       <c r="D895" t="s">
-        <v>1166</v>
+        <v>1210</v>
       </c>
       <c r="E895" t="s">
-        <v>1167</v>
+        <v>1139</v>
       </c>
       <c r="F895" t="s">
-        <v>1168</v>
+        <v>1140</v>
       </c>
       <c r="G895" t="s">
-        <v>1169</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="896" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A896" s="4" t="s">
-        <v>1164</v>
+        <v>1150</v>
       </c>
       <c r="B896" s="5" t="s">
-        <v>1179</v>
+        <v>1151</v>
       </c>
       <c r="C896" s="6" t="s">
-        <v>34</v>
+        <v>207</v>
       </c>
       <c r="D896" t="s">
-        <v>1166</v>
-[...2 lines deleted...]
-        <v>1167</v>
+        <v>1218</v>
+      </c>
+      <c r="E896">
+        <v>0</v>
       </c>
       <c r="F896" t="s">
-        <v>1168</v>
+        <v>1152</v>
       </c>
       <c r="G896" t="s">
-        <v>1169</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="897" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A897" s="4" t="s">
-        <v>1164</v>
+        <v>1150</v>
       </c>
       <c r="B897" s="5" t="s">
-        <v>1180</v>
+        <v>1154</v>
       </c>
       <c r="C897" s="6" t="s">
-        <v>34</v>
+        <v>207</v>
       </c>
       <c r="D897" t="s">
-        <v>1166</v>
-[...2 lines deleted...]
-        <v>1167</v>
+        <v>1218</v>
+      </c>
+      <c r="E897">
+        <v>0</v>
       </c>
       <c r="F897" t="s">
-        <v>1168</v>
+        <v>1152</v>
       </c>
       <c r="G897" t="s">
-        <v>1169</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="898" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A898" s="4" t="s">
-        <v>1164</v>
+        <v>1150</v>
       </c>
       <c r="B898" s="5" t="s">
-        <v>1181</v>
+        <v>716</v>
       </c>
       <c r="C898" s="6" t="s">
-        <v>34</v>
+        <v>207</v>
       </c>
       <c r="D898" t="s">
-        <v>1166</v>
-[...2 lines deleted...]
-        <v>1167</v>
+        <v>1218</v>
+      </c>
+      <c r="E898">
+        <v>0</v>
       </c>
       <c r="F898" t="s">
-        <v>1168</v>
+        <v>1152</v>
       </c>
       <c r="G898" t="s">
-        <v>1169</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="899" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A899" s="4" t="s">
-        <v>1164</v>
+        <v>1150</v>
       </c>
       <c r="B899" s="5" t="s">
-        <v>1182</v>
+        <v>1155</v>
       </c>
       <c r="C899" s="6" t="s">
-        <v>34</v>
+        <v>207</v>
       </c>
       <c r="D899" t="s">
-        <v>1166</v>
-[...2 lines deleted...]
-        <v>1167</v>
+        <v>1218</v>
+      </c>
+      <c r="E899">
+        <v>0</v>
       </c>
       <c r="F899" t="s">
-        <v>1168</v>
+        <v>1152</v>
       </c>
       <c r="G899" t="s">
-        <v>1169</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="900" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A900" s="7" t="s">
-        <v>1164</v>
+      <c r="A900" s="4" t="s">
+        <v>1150</v>
       </c>
       <c r="B900" s="5" t="s">
-        <v>1183</v>
+        <v>1156</v>
       </c>
       <c r="C900" s="6" t="s">
-        <v>34</v>
+        <v>207</v>
       </c>
       <c r="D900" t="s">
-        <v>1166</v>
-[...2 lines deleted...]
-        <v>1167</v>
+        <v>1218</v>
+      </c>
+      <c r="E900">
+        <v>0</v>
       </c>
       <c r="F900" t="s">
-        <v>1168</v>
+        <v>1152</v>
       </c>
       <c r="G900" t="s">
-        <v>1169</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="901" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A901" s="4" t="s">
-        <v>1184</v>
+        <v>1157</v>
       </c>
       <c r="B901" s="5" t="s">
-        <v>1185</v>
+        <v>1158</v>
       </c>
       <c r="C901" s="6" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="D901" t="s">
-        <v>1186</v>
+        <v>1159</v>
       </c>
       <c r="E901" t="s">
-        <v>1187</v>
+        <v>1160</v>
       </c>
       <c r="F901" t="s">
-        <v>1188</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1161</v>
+      </c>
+      <c r="G901" t="s">
+        <v>1162</v>
       </c>
     </row>
     <row r="902" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A902" s="4" t="s">
-        <v>1184</v>
+        <v>1157</v>
       </c>
       <c r="B902" s="5" t="s">
-        <v>1189</v>
+        <v>1163</v>
       </c>
       <c r="C902" s="6" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="D902" t="s">
-        <v>1186</v>
+        <v>1159</v>
       </c>
       <c r="E902" t="s">
-        <v>1187</v>
+        <v>1160</v>
       </c>
       <c r="F902" t="s">
-        <v>1188</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1161</v>
+      </c>
+      <c r="G902" t="s">
+        <v>1162</v>
       </c>
     </row>
     <row r="903" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A903" s="4" t="s">
-        <v>1184</v>
+        <v>1157</v>
       </c>
       <c r="B903" s="5" t="s">
-        <v>1190</v>
+        <v>1164</v>
       </c>
       <c r="C903" s="6" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="D903" t="s">
-        <v>1186</v>
+        <v>1159</v>
       </c>
       <c r="E903" t="s">
-        <v>1187</v>
+        <v>1160</v>
       </c>
       <c r="F903" t="s">
-        <v>1188</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1161</v>
+      </c>
+      <c r="G903" t="s">
+        <v>1162</v>
       </c>
     </row>
     <row r="904" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A904" s="4" t="s">
-        <v>1184</v>
+        <v>1157</v>
       </c>
       <c r="B904" s="5" t="s">
-        <v>1191</v>
+        <v>1165</v>
       </c>
       <c r="C904" s="6" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="D904" t="s">
-        <v>1186</v>
+        <v>1159</v>
       </c>
       <c r="E904" t="s">
-        <v>1187</v>
+        <v>1160</v>
       </c>
       <c r="F904" t="s">
-        <v>1188</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1161</v>
+      </c>
+      <c r="G904" t="s">
+        <v>1162</v>
       </c>
     </row>
     <row r="905" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A905" s="7" t="s">
-        <v>1184</v>
+      <c r="A905" s="4" t="s">
+        <v>1157</v>
       </c>
       <c r="B905" s="5" t="s">
-        <v>1192</v>
+        <v>1166</v>
       </c>
       <c r="C905" s="6" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="D905" t="s">
-        <v>1186</v>
+        <v>1159</v>
       </c>
       <c r="E905" t="s">
-        <v>1187</v>
+        <v>1160</v>
       </c>
       <c r="F905" t="s">
-        <v>1188</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1161</v>
+      </c>
+      <c r="G905" t="s">
+        <v>1162</v>
       </c>
     </row>
     <row r="906" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A906" s="7" t="s">
-        <v>1193</v>
+      <c r="A906" s="4" t="s">
+        <v>1157</v>
       </c>
       <c r="B906" s="5" t="s">
-        <v>1194</v>
+        <v>1167</v>
       </c>
       <c r="C906" s="6" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="D906" t="s">
-        <v>1195</v>
+        <v>1159</v>
       </c>
       <c r="E906" t="s">
-        <v>1196</v>
+        <v>1160</v>
       </c>
       <c r="F906" t="s">
-        <v>1197</v>
+        <v>1161</v>
       </c>
       <c r="G906" t="s">
-        <v>1198</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="907" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A907" s="4" t="s">
-        <v>1199</v>
+        <v>1157</v>
       </c>
       <c r="B907" s="5" t="s">
-        <v>1200</v>
+        <v>1168</v>
       </c>
       <c r="C907" s="6" t="s">
-        <v>154</v>
+        <v>33</v>
       </c>
       <c r="D907" t="s">
-        <v>1201</v>
+        <v>1159</v>
       </c>
       <c r="E907" t="s">
-        <v>1202</v>
+        <v>1160</v>
       </c>
       <c r="F907" t="s">
-        <v>1203</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1161</v>
+      </c>
+      <c r="G907" t="s">
+        <v>1162</v>
       </c>
     </row>
     <row r="908" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A908" s="4" t="s">
-        <v>1199</v>
+        <v>1157</v>
       </c>
       <c r="B908" s="5" t="s">
-        <v>1204</v>
+        <v>1169</v>
       </c>
       <c r="C908" s="6" t="s">
-        <v>154</v>
+        <v>33</v>
       </c>
       <c r="D908" t="s">
-        <v>1201</v>
+        <v>1159</v>
       </c>
       <c r="E908" t="s">
-        <v>1202</v>
+        <v>1160</v>
       </c>
       <c r="F908" t="s">
-        <v>1203</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1161</v>
+      </c>
+      <c r="G908" t="s">
+        <v>1162</v>
       </c>
     </row>
     <row r="909" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A909" s="4" t="s">
-        <v>1199</v>
+        <v>1157</v>
       </c>
       <c r="B909" s="5" t="s">
-        <v>1205</v>
+        <v>1170</v>
       </c>
       <c r="C909" s="6" t="s">
-        <v>154</v>
+        <v>33</v>
       </c>
       <c r="D909" t="s">
-        <v>1201</v>
+        <v>1159</v>
       </c>
       <c r="E909" t="s">
-        <v>1202</v>
+        <v>1160</v>
       </c>
       <c r="F909" t="s">
-        <v>1203</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1161</v>
+      </c>
+      <c r="G909" t="s">
+        <v>1162</v>
       </c>
     </row>
     <row r="910" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A910" s="7" t="s">
-        <v>1199</v>
+      <c r="A910" s="4" t="s">
+        <v>1157</v>
       </c>
       <c r="B910" s="5" t="s">
-        <v>1206</v>
+        <v>1171</v>
       </c>
       <c r="C910" s="6" t="s">
-        <v>154</v>
+        <v>33</v>
       </c>
       <c r="D910" t="s">
-        <v>1201</v>
+        <v>1159</v>
       </c>
       <c r="E910" t="s">
-        <v>1202</v>
+        <v>1160</v>
       </c>
       <c r="F910" t="s">
-        <v>1203</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1161</v>
+      </c>
+      <c r="G910" t="s">
+        <v>1162</v>
       </c>
     </row>
     <row r="911" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A911" s="8" t="s">
-[...61 lines deleted...]
-    <row r="926" spans="1:2" ht="15" x14ac:dyDescent="0.25">
+      <c r="A911" s="4" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B911" s="5" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C911" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D911" t="s">
+        <v>1159</v>
+      </c>
+      <c r="E911" t="s">
+        <v>1160</v>
+      </c>
+      <c r="F911" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G911" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="912" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A912" s="4" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B912" s="5" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C912" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D912" t="s">
+        <v>1159</v>
+      </c>
+      <c r="E912" t="s">
+        <v>1160</v>
+      </c>
+      <c r="F912" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G912" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="913" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A913" s="4" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B913" s="5" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C913" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D913" t="s">
+        <v>1159</v>
+      </c>
+      <c r="E913" t="s">
+        <v>1160</v>
+      </c>
+      <c r="F913" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G913" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="914" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A914" s="4" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B914" s="5" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C914" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D914" t="s">
+        <v>1159</v>
+      </c>
+      <c r="E914" t="s">
+        <v>1160</v>
+      </c>
+      <c r="F914" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G914" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="915" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A915" s="4" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B915" s="5" t="s">
+        <v>1176</v>
+      </c>
+      <c r="C915" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D915" t="s">
+        <v>1159</v>
+      </c>
+      <c r="E915" t="s">
+        <v>1160</v>
+      </c>
+      <c r="F915" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G915" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="916" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A916" s="4" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B916" s="5" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C916" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="D916" t="s">
+        <v>1179</v>
+      </c>
+      <c r="E916" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F916" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G916">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="917" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A917" s="4" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B917" s="5" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C917" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="D917" t="s">
+        <v>1179</v>
+      </c>
+      <c r="E917" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F917" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G917">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="918" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A918" s="4" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B918" s="5" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C918" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="D918" t="s">
+        <v>1179</v>
+      </c>
+      <c r="E918" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F918" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G918">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="919" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A919" s="4" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B919" s="5" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C919" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="D919" t="s">
+        <v>1179</v>
+      </c>
+      <c r="E919" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F919" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G919">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="920" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A920" s="4" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B920" s="5" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C920" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="D920" t="s">
+        <v>1179</v>
+      </c>
+      <c r="E920" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F920" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G920">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="921" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A921" s="4" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B921" s="5" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C921" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="D921" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E921" t="s">
+        <v>1188</v>
+      </c>
+      <c r="F921" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G921" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="922" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A922" s="4" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B922" s="5" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C922" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D922" t="s">
+        <v>1219</v>
+      </c>
+      <c r="E922" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F922" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G922">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="923" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A923" s="4" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B923" s="5" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C923" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D923" t="s">
+        <v>1219</v>
+      </c>
+      <c r="E923" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F923" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G923">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="924" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A924" s="8" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B924" s="9" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C924" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D924" t="s">
+        <v>1219</v>
+      </c>
+      <c r="E924" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F924" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G924">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="925" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A925" s="8" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B925" s="9" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C925" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D925" t="s">
+        <v>1219</v>
+      </c>
+      <c r="E925" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F925" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G925">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="926" spans="1:7" ht="15" x14ac:dyDescent="0.25">
       <c r="A926"/>
       <c r="B926"/>
     </row>
-    <row r="927" spans="1:2" ht="15" x14ac:dyDescent="0.25">
+    <row r="927" spans="1:7" ht="15" x14ac:dyDescent="0.25">
       <c r="A927"/>
       <c r="B927"/>
     </row>
-    <row r="928" spans="1:2" ht="15" x14ac:dyDescent="0.25">
+    <row r="928" spans="1:7" ht="15" x14ac:dyDescent="0.25">
       <c r="A928"/>
       <c r="B928"/>
     </row>
     <row r="929" spans="1:2" ht="15" x14ac:dyDescent="0.25">
       <c r="A929"/>
       <c r="B929"/>
     </row>
     <row r="930" spans="1:2" ht="15" x14ac:dyDescent="0.25">
       <c r="A930"/>
       <c r="B930"/>
     </row>
     <row r="931" spans="1:2" ht="15" x14ac:dyDescent="0.25">
       <c r="A931"/>
       <c r="B931"/>
     </row>
     <row r="932" spans="1:2" ht="15" x14ac:dyDescent="0.25">
       <c r="A932"/>
       <c r="B932"/>
     </row>
     <row r="933" spans="1:2" ht="15" x14ac:dyDescent="0.25">
       <c r="A933"/>
       <c r="B933"/>
     </row>
     <row r="934" spans="1:2" ht="15" x14ac:dyDescent="0.25">
       <c r="A934"/>
@@ -25155,76 +25777,97 @@
     </row>
     <row r="976" spans="1:2" ht="15" x14ac:dyDescent="0.25">
       <c r="A976"/>
       <c r="B976"/>
     </row>
     <row r="977" spans="1:2" ht="15" x14ac:dyDescent="0.25">
       <c r="A977"/>
       <c r="B977"/>
     </row>
     <row r="978" spans="1:2" ht="15" x14ac:dyDescent="0.25">
       <c r="A978"/>
       <c r="B978"/>
     </row>
     <row r="979" spans="1:2" ht="15" x14ac:dyDescent="0.25">
       <c r="A979"/>
       <c r="B979"/>
     </row>
     <row r="980" spans="1:2" ht="15" x14ac:dyDescent="0.25">
       <c r="A980"/>
       <c r="B980"/>
     </row>
     <row r="981" spans="1:2" ht="15" x14ac:dyDescent="0.25">
       <c r="A981"/>
       <c r="B981"/>
     </row>
-    <row r="982" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:G911" xr:uid="{00000000-0001-0000-0300-000000000000}"/>
+  <autoFilter ref="A2:G2" xr:uid="{B73DF655-944B-43EF-8BDA-83C42C2E28B5}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>list publicat° valeur</vt:lpstr>
+      <vt:lpstr>list publicat°</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministeres Sociaux</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>LOPEZ, Marie (ARS-PACA/DSDP)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2025-09-15T08:57:42Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>281fab11-4c08-484e-a334-54b4bf630a1c</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>