--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -18,167 +18,164 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\ORGANISATION\DSPE\DPPS\COMMUN\THEMATIQUES\Addictions\01.Binome Aurélie - Sophie  addiction jeune\Réorientation\Réorientation 2026\AAP 2026\Mise en ligne AAP\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D9FCFA2D-1353-443B-A5D1-189F23601BE5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6FD2CF2C-9A79-46D1-933E-4711DC9CAD2A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" firstSheet="4" activeTab="5" xr2:uid="{6EF75838-9230-480E-95C0-AFB7FF42C287}"/>
+    <workbookView xWindow="-25320" yWindow="-120" windowWidth="25440" windowHeight="15270" firstSheet="3" activeTab="7" xr2:uid="{6EF75838-9230-480E-95C0-AFB7FF42C287}"/>
   </bookViews>
   <sheets>
     <sheet name="Prévisionnel de déploiement" sheetId="11" r:id="rId1"/>
     <sheet name="Formation personnel de prévent°" sheetId="1" r:id="rId2"/>
     <sheet name="Soutien à la pratique" sheetId="2" r:id="rId3"/>
     <sheet name="Partenariats régionaux" sheetId="6" r:id="rId4"/>
     <sheet name="Coordination et déploiement" sheetId="3" r:id="rId5"/>
     <sheet name="Matrice &amp; demande de sub" sheetId="5" r:id="rId6"/>
     <sheet name="Réduction des ISTS" sheetId="12" r:id="rId7"/>
     <sheet name="Version AT" sheetId="13" r:id="rId8"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="F68" i="11" l="1"/>
+  <c r="B34" i="5" l="1"/>
+  <c r="B57" i="3"/>
+  <c r="F68" i="11"/>
   <c r="D28" i="11"/>
   <c r="D29" i="11"/>
   <c r="B28" i="11"/>
   <c r="B50" i="3" l="1"/>
   <c r="C8" i="5"/>
   <c r="F8" i="5" s="1"/>
-  <c r="C18" i="5"/>
   <c r="B15" i="3"/>
   <c r="D60" i="3"/>
   <c r="D79" i="3"/>
   <c r="B78" i="3"/>
   <c r="B22" i="3"/>
   <c r="B40" i="3"/>
   <c r="B59" i="3"/>
   <c r="D41" i="3"/>
   <c r="D77" i="3"/>
   <c r="D76" i="3"/>
   <c r="D58" i="3"/>
   <c r="D39" i="3"/>
   <c r="C28" i="5"/>
   <c r="C27" i="5"/>
-  <c r="C29" i="5"/>
-  <c r="B29" i="5"/>
   <c r="B28" i="5"/>
   <c r="B27" i="5"/>
   <c r="B76" i="3"/>
   <c r="B75" i="3"/>
   <c r="B56" i="3"/>
   <c r="B36" i="3"/>
   <c r="B37" i="3"/>
   <c r="D22" i="3"/>
   <c r="D21" i="3"/>
   <c r="D20" i="3"/>
   <c r="B6" i="3"/>
   <c r="D7" i="2"/>
   <c r="B15" i="2" s="1"/>
   <c r="D18" i="6"/>
   <c r="B20" i="6"/>
   <c r="D11" i="6"/>
   <c r="B10" i="6"/>
   <c r="D17" i="6"/>
   <c r="D14" i="2"/>
   <c r="D13" i="2"/>
   <c r="D12" i="2"/>
   <c r="B6" i="2"/>
   <c r="B6" i="1"/>
   <c r="B77" i="11"/>
   <c r="C28" i="11"/>
   <c r="H9" i="11"/>
   <c r="D23" i="3" l="1"/>
   <c r="B11" i="6"/>
   <c r="I25" i="11"/>
   <c r="G25" i="11"/>
   <c r="F25" i="11"/>
   <c r="E25" i="11"/>
-  <c r="B34" i="5" l="1"/>
   <c r="D15" i="6" l="1"/>
   <c r="E22" i="5" l="1"/>
   <c r="H11" i="11"/>
   <c r="H10" i="11"/>
   <c r="H12" i="11"/>
   <c r="H13" i="11"/>
   <c r="H14" i="11"/>
   <c r="H15" i="11"/>
   <c r="H16" i="11"/>
   <c r="H17" i="11"/>
   <c r="H18" i="11"/>
   <c r="H19" i="11"/>
   <c r="H20" i="11"/>
   <c r="H21" i="11"/>
   <c r="H22" i="11"/>
   <c r="H23" i="11"/>
   <c r="H24" i="11"/>
   <c r="H25" i="11" l="1"/>
   <c r="D14" i="1"/>
   <c r="C34" i="5" l="1"/>
   <c r="J25" i="11"/>
   <c r="B75" i="11" s="1"/>
   <c r="B38" i="3" l="1"/>
-  <c r="B57" i="3"/>
   <c r="D5" i="3"/>
   <c r="C10" i="6"/>
   <c r="D9" i="6"/>
   <c r="D8" i="6"/>
   <c r="D7" i="6"/>
   <c r="D6" i="6"/>
   <c r="D5" i="6"/>
   <c r="D4" i="6"/>
   <c r="D3" i="6"/>
   <c r="D4" i="2"/>
   <c r="D57" i="3" l="1"/>
   <c r="D38" i="3"/>
   <c r="D10" i="6"/>
   <c r="D59" i="3"/>
   <c r="D78" i="3"/>
   <c r="D75" i="3"/>
   <c r="B16" i="6" l="1"/>
   <c r="D16" i="6" s="1"/>
   <c r="D4" i="1"/>
   <c r="B3" i="1"/>
   <c r="C10" i="5" l="1"/>
   <c r="F10" i="5" s="1"/>
   <c r="D46" i="3"/>
   <c r="D4" i="3" l="1"/>
   <c r="D6" i="1"/>
@@ -199,187 +196,188 @@
   <c r="B87" i="3" s="1"/>
   <c r="D66" i="3" l="1"/>
   <c r="B68" i="3" s="1"/>
   <c r="D45" i="3"/>
   <c r="D27" i="3"/>
   <c r="D11" i="2"/>
   <c r="D16" i="2" s="1"/>
   <c r="B18" i="2" s="1"/>
   <c r="D5" i="2"/>
   <c r="D15" i="1"/>
   <c r="D13" i="1"/>
   <c r="D12" i="1"/>
   <c r="D5" i="1"/>
   <c r="D7" i="1" s="1"/>
   <c r="B16" i="1" s="1"/>
   <c r="D16" i="1" s="1"/>
   <c r="D3" i="1"/>
   <c r="C15" i="5" l="1"/>
   <c r="C16" i="5" s="1"/>
   <c r="F16" i="5" s="1"/>
   <c r="E16" i="5"/>
   <c r="E15" i="5"/>
   <c r="E17" i="5"/>
   <c r="E18" i="5"/>
   <c r="C17" i="5"/>
+  <c r="C18" i="5" s="1"/>
   <c r="F15" i="5"/>
   <c r="D6" i="2"/>
   <c r="D17" i="1"/>
   <c r="B19" i="1" s="1"/>
   <c r="D3" i="2"/>
   <c r="D36" i="3"/>
   <c r="D40" i="3"/>
   <c r="D37" i="3"/>
   <c r="B28" i="3"/>
   <c r="D28" i="3" s="1"/>
   <c r="B47" i="3" l="1"/>
   <c r="F17" i="5"/>
   <c r="D15" i="2"/>
   <c r="D29" i="3"/>
   <c r="B31" i="3" s="1"/>
   <c r="C9" i="5" l="1"/>
   <c r="F9" i="5" s="1"/>
   <c r="E9" i="5"/>
   <c r="E12" i="5"/>
   <c r="C12" i="5"/>
   <c r="F12" i="5" s="1"/>
   <c r="C32" i="5"/>
   <c r="C35" i="5" s="1"/>
   <c r="E8" i="5"/>
   <c r="B32" i="5" s="1"/>
   <c r="D47" i="3"/>
   <c r="E10" i="5"/>
   <c r="D12" i="3"/>
   <c r="D48" i="3" l="1"/>
   <c r="D13" i="3"/>
   <c r="C11" i="5" l="1"/>
   <c r="F11" i="5" s="1"/>
   <c r="E11" i="5"/>
   <c r="E14" i="5"/>
   <c r="C13" i="5"/>
   <c r="F13" i="5" s="1"/>
   <c r="E13" i="5" l="1"/>
   <c r="E20" i="5" s="1"/>
   <c r="E23" i="5" s="1"/>
   <c r="C14" i="5"/>
   <c r="F14" i="5" s="1"/>
   <c r="B33" i="5" l="1"/>
   <c r="B35" i="5" s="1"/>
-  <c r="C33" i="5"/>
   <c r="F18" i="5"/>
-  <c r="E21" i="5"/>
-  <c r="E24" i="5"/>
+  <c r="E21" i="5" s="1"/>
+  <c r="E24" i="5" s="1"/>
+  <c r="C33" i="5" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>MONTEIL, Sophie (ARS-PACA/DSPE/DPPS)</author>
   </authors>
   <commentList>
     <comment ref="C28" authorId="0" shapeId="0" xr:uid="{26CF8B09-9817-436A-AF72-3541BF29DF27}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">La case C28 divise le temps moyen par 2 car les déplacements doivent être mutualisés au minimum pour 2 classes par établissement. </t>
         </r>
       </text>
     </comment>
     <comment ref="D28" authorId="0" shapeId="0" xr:uid="{5BA59918-57F5-4580-8C54-F8FB47E400F9}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Les cases oranges dans l'onglet « coordination et déploiement » doivent être ajustées en fonction de cette valeur.</t>
         </r>
       </text>
     </comment>
     <comment ref="D29" authorId="0" shapeId="0" xr:uid="{B7125986-689B-4728-8CB6-7A50D5CE2CDF}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
-            <charset val="1"/>
+            <family val="2"/>
           </rPr>
           <t>Valeur reportée automatiquement dans la matrice</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
-            <charset val="1"/>
+            <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
     <comment ref="F68" authorId="0" shapeId="0" xr:uid="{FCCC83C4-4A69-45B8-B053-75E75A2750B9}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Valeur reportée automatiquement dans la matrice</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>MONTEIL, Sophie (ARS-PACA/DSPE/DPPS)</author>
   </authors>
   <commentList>
     <comment ref="B26" authorId="0" shapeId="0" xr:uid="{F5655A70-8BED-4336-A2D7-1C067DCB2DDB}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
-            <charset val="1"/>
+            <family val="2"/>
           </rPr>
           <t xml:space="preserve">+ montant repas midi divisé par 2, soit 10e / classe accompagnée. 
 </t>
         </r>
       </text>
     </comment>
     <comment ref="C26" authorId="0" shapeId="0" xr:uid="{ECF74AD9-605A-450D-A9A7-ED94449DD68D}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">+ montant repas midi divisé par 2, soit 10e / classe accompagnée. </t>
         </r>
       </text>
     </comment>
     <comment ref="B28" authorId="0" shapeId="0" xr:uid="{6C33600B-0897-4E3E-8D64-BE001B886EB4}">
       <text>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
@@ -1100,51 +1098,51 @@
   <si>
     <t xml:space="preserve">COUT MAX  PAR ANNEE DE DEPLOIEMENT HORS FORMATION : c’est-à-dire pour une mise en œuvre sur quatre classes, animée par un personel de prévention, dans deux collèges différents, situés en moyenne à une heure trente de distance de la structure de prévention (avec la prise en charge par l'employeur du repas de midi et un forfait déplacement à cent cinquante euros aller/retour, mutualisés pour 2 classes). </t>
   </si>
   <si>
     <t xml:space="preserve">Veuillez modifier les cellules oranges en fonction de l’éloignement  MOYEN prévisionnel entre les lieux d’intervention et la localisation de la structure de prévention (dans la limite des seuils définis/l'ARS). 
 Pour rappel, le temps moyen de déplacement est calculé automatiquement dans l’onglet « Prévisionnel – Déploiement », cellule D28.
 Les cellules relatives aux frais de déplacement doivent également être ajustées afin d’être cohérentes avec le temps prévisionnel  MOYEN de déplacement, en tenant compte de la mutualisation des frais pour au minium deux classes / établissement (cela toujours dans la limite des seuils définis/ l'ARS). </t>
   </si>
   <si>
     <t>MONTANT MAX SEUILS  ARS</t>
   </si>
   <si>
     <t>MONTANT MAX MODELE ECONOMIQUE  MIS A JOUR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0\ &quot;€&quot;_-;\-* #,##0\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0.0\ &quot;€&quot;_-;\-* #,##0.0\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
   </numFmts>
-  <fonts count="32" x14ac:knownFonts="1">
+  <fonts count="30" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -1320,63 +1318,50 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...11 lines deleted...]
-      <charset val="1"/>
     </font>
     <font>
       <sz val="8"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="16">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor theme="1"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
@@ -1980,50 +1965,68 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="14" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="14" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="13" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="13" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="13" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="12" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="23" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="12" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="12" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -2042,68 +2045,50 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="8" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="8" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="9" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="9" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...16 lines deleted...]
-      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Monétaire" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFF07F02"/>
       <color rgb="FFFFCC66"/>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFFFFF99"/>
       <color rgb="FFFFCC99"/>
       <color rgb="FFE3DDDD"/>
       <color rgb="FFF4CCEE"/>
       <color rgb="FFC43508"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
@@ -2434,130 +2419,130 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9876A030-1401-43AD-BC67-95991C196BA1}">
   <dimension ref="A1:M77"/>
   <sheetViews>
-    <sheetView zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
+    <sheetView topLeftCell="A19" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
       <selection activeCell="D53" sqref="D53"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="116.28515625" customWidth="1"/>
     <col min="2" max="2" width="35" customWidth="1"/>
     <col min="3" max="3" width="65.7109375" customWidth="1"/>
     <col min="4" max="4" width="38.42578125" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" customWidth="1"/>
     <col min="6" max="6" width="36.140625" customWidth="1"/>
     <col min="7" max="7" width="39.5703125" customWidth="1"/>
     <col min="8" max="8" width="27.140625" customWidth="1"/>
     <col min="9" max="9" width="24.28515625" customWidth="1"/>
     <col min="10" max="10" width="27" customWidth="1"/>
     <col min="11" max="11" width="33.140625" customWidth="1"/>
     <col min="12" max="12" width="31.85546875" customWidth="1"/>
     <col min="13" max="13" width="27.28515625" customWidth="1"/>
     <col min="15" max="15" width="35.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="26.25" x14ac:dyDescent="0.4">
       <c r="A1" s="55" t="s">
         <v>24</v>
       </c>
       <c r="B1" s="14"/>
       <c r="C1" s="71" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="2" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="38" t="s">
         <v>101</v>
       </c>
       <c r="B2" s="14"/>
-      <c r="C2" s="156" t="s">
+      <c r="C2" s="162" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="3" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A3" s="37" t="s">
         <v>100</v>
       </c>
       <c r="B3" s="14"/>
-      <c r="C3" s="156"/>
+      <c r="C3" s="162"/>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A4" s="37" t="s">
         <v>90</v>
       </c>
       <c r="B4" s="14"/>
-      <c r="C4" s="156"/>
+      <c r="C4" s="162"/>
     </row>
     <row r="5" spans="1:13" ht="112.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="45" t="s">
         <v>145</v>
       </c>
       <c r="B5" s="14"/>
-      <c r="C5" s="156"/>
+      <c r="C5" s="162"/>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A6" s="98"/>
     </row>
     <row r="7" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A7" s="154" t="s">
+      <c r="A7" s="160" t="s">
         <v>141</v>
       </c>
-      <c r="B7" s="154"/>
-[...10 lines deleted...]
-      <c r="M7" s="154"/>
+      <c r="B7" s="160"/>
+      <c r="C7" s="160"/>
+      <c r="D7" s="160"/>
+      <c r="E7" s="160"/>
+      <c r="F7" s="160"/>
+      <c r="G7" s="160"/>
+      <c r="H7" s="160"/>
+      <c r="I7" s="160"/>
+      <c r="J7" s="160"/>
+      <c r="K7" s="160"/>
+      <c r="L7" s="160"/>
+      <c r="M7" s="160"/>
     </row>
     <row r="8" spans="1:13" s="69" customFormat="1" ht="85.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="99" t="s">
         <v>44</v>
       </c>
       <c r="B8" s="100" t="s">
         <v>45</v>
       </c>
       <c r="C8" s="100" t="s">
         <v>46</v>
       </c>
       <c r="D8" s="99" t="s">
         <v>72</v>
       </c>
       <c r="E8" s="100" t="s">
         <v>47</v>
       </c>
       <c r="F8" s="99" t="s">
         <v>48</v>
       </c>
       <c r="G8" s="99" t="s">
         <v>49</v>
       </c>
       <c r="H8" s="99" t="s">
         <v>50</v>
@@ -2845,56 +2830,56 @@
       <c r="I23" s="130"/>
       <c r="J23" s="128"/>
       <c r="K23" s="128"/>
       <c r="L23" s="128"/>
       <c r="M23" s="128"/>
     </row>
     <row r="24" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A24" s="127"/>
       <c r="B24" s="127"/>
       <c r="C24" s="128"/>
       <c r="D24" s="128"/>
       <c r="E24" s="128"/>
       <c r="F24" s="128"/>
       <c r="G24" s="128"/>
       <c r="H24" s="64">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="I24" s="130"/>
       <c r="J24" s="128"/>
       <c r="K24" s="128"/>
       <c r="L24" s="128"/>
       <c r="M24" s="128"/>
     </row>
     <row r="25" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A25" s="152" t="s">
+      <c r="A25" s="158" t="s">
         <v>51</v>
       </c>
-      <c r="B25" s="152"/>
-[...1 lines deleted...]
-      <c r="D25" s="153"/>
+      <c r="B25" s="158"/>
+      <c r="C25" s="158"/>
+      <c r="D25" s="159"/>
       <c r="E25" s="1">
         <f>SUM(E9:E24)</f>
         <v>0</v>
       </c>
       <c r="F25" s="1">
         <f>SUM(F9:F24)</f>
         <v>0</v>
       </c>
       <c r="G25" s="1">
         <f>SUM(G9:G24)</f>
         <v>0</v>
       </c>
       <c r="H25" s="1">
         <f>SUM(H9:H24)</f>
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <f>SUM(I9:I24)</f>
         <v>0</v>
       </c>
       <c r="J25" s="1">
         <f t="shared" ref="J25" si="1">SUM(J9:J24)</f>
         <v>0</v>
       </c>
       <c r="K25" s="65"/>
@@ -2924,56 +2909,56 @@
         <v>#DIV/0!</v>
       </c>
       <c r="C28" s="86" t="e">
         <f>B28/2</f>
         <v>#DIV/0!</v>
       </c>
       <c r="D28" s="119" t="e">
         <f>C28*45</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="29" spans="1:13" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="124" t="s">
         <v>99</v>
       </c>
       <c r="B29" s="131"/>
       <c r="C29" s="66">
         <v>20</v>
       </c>
       <c r="D29" s="123">
         <f>C29*B29</f>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:13" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="157" t="s">
+      <c r="A31" s="163" t="s">
         <v>102</v>
       </c>
-      <c r="B31" s="157"/>
-[...1 lines deleted...]
-      <c r="D31" s="157"/>
+      <c r="B31" s="163"/>
+      <c r="C31" s="163"/>
+      <c r="D31" s="163"/>
     </row>
     <row r="32" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A32" s="120" t="s">
         <v>74</v>
       </c>
       <c r="B32" s="121" t="s">
         <v>94</v>
       </c>
       <c r="C32" s="121" t="s">
         <v>95</v>
       </c>
       <c r="D32" s="122" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A33" s="126"/>
       <c r="B33" s="126"/>
       <c r="C33" s="126"/>
       <c r="D33" s="126"/>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A34" s="128"/>
       <c r="B34" s="128"/>
       <c r="C34" s="128"/>
@@ -3001,56 +2986,56 @@
       <c r="A38" s="128"/>
       <c r="B38" s="128"/>
       <c r="C38" s="128"/>
       <c r="D38" s="128"/>
     </row>
     <row r="39" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A39" s="128"/>
       <c r="B39" s="128"/>
       <c r="C39" s="128"/>
       <c r="D39" s="128"/>
     </row>
     <row r="40" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A40" s="54"/>
       <c r="B40" s="54"/>
       <c r="C40" s="54"/>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A41" s="48" t="s">
         <v>57</v>
       </c>
       <c r="B41" s="48"/>
       <c r="C41" s="48"/>
       <c r="D41" s="132"/>
     </row>
     <row r="43" spans="1:4" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="157" t="s">
+      <c r="A43" s="163" t="s">
         <v>103</v>
       </c>
-      <c r="B43" s="157"/>
-[...1 lines deleted...]
-      <c r="D43" s="157"/>
+      <c r="B43" s="163"/>
+      <c r="C43" s="163"/>
+      <c r="D43" s="163"/>
     </row>
     <row r="44" spans="1:4" s="88" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A44" s="120" t="s">
         <v>74</v>
       </c>
       <c r="B44" s="121" t="s">
         <v>64</v>
       </c>
       <c r="C44" s="121" t="s">
         <v>147</v>
       </c>
       <c r="D44" s="122" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="45" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A45" s="126"/>
       <c r="B45" s="126"/>
       <c r="C45" s="126"/>
       <c r="D45" s="126"/>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A46" s="128"/>
       <c r="B46" s="128"/>
       <c r="C46" s="128"/>
@@ -3077,57 +3062,57 @@
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="128"/>
       <c r="B50" s="128"/>
       <c r="C50" s="128"/>
       <c r="D50" s="128"/>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="128"/>
       <c r="B51" s="128"/>
       <c r="C51" s="128"/>
       <c r="D51" s="128"/>
     </row>
     <row r="52" spans="1:5" s="54" customFormat="1" x14ac:dyDescent="0.25">
       <c r="D52"/>
       <c r="E52"/>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="48" t="s">
         <v>93</v>
       </c>
       <c r="B53" s="48"/>
       <c r="C53" s="48"/>
       <c r="D53" s="132"/>
     </row>
     <row r="55" spans="1:5" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A55" s="155" t="s">
+      <c r="A55" s="161" t="s">
         <v>104</v>
       </c>
-      <c r="B55" s="155"/>
-[...2 lines deleted...]
-      <c r="E55" s="155"/>
+      <c r="B55" s="161"/>
+      <c r="C55" s="161"/>
+      <c r="D55" s="161"/>
+      <c r="E55" s="161"/>
     </row>
     <row r="56" spans="1:5" s="53" customFormat="1" ht="103.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="70" t="s">
         <v>75</v>
       </c>
       <c r="B56" s="68" t="s">
         <v>65</v>
       </c>
       <c r="C56" s="68" t="s">
         <v>156</v>
       </c>
       <c r="D56" s="68" t="s">
         <v>76</v>
       </c>
       <c r="E56" s="68" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="126"/>
       <c r="B57" s="126"/>
       <c r="C57" s="126"/>
       <c r="D57" s="133"/>
       <c r="E57" s="126"/>
     </row>
@@ -3176,55 +3161,55 @@
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="128"/>
       <c r="B64" s="128"/>
       <c r="C64" s="128"/>
       <c r="D64" s="134"/>
       <c r="E64" s="128"/>
     </row>
     <row r="65" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A65" s="128"/>
       <c r="B65" s="128"/>
       <c r="C65" s="128"/>
       <c r="D65" s="134"/>
       <c r="E65" s="128"/>
     </row>
     <row r="66" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A66" s="128"/>
       <c r="B66" s="128"/>
       <c r="C66" s="128"/>
       <c r="D66" s="134"/>
       <c r="E66" s="128"/>
     </row>
     <row r="67" spans="1:6" x14ac:dyDescent="0.25">
       <c r="D67" s="47"/>
     </row>
     <row r="68" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A68" s="152" t="s">
+      <c r="A68" s="158" t="s">
         <v>55</v>
       </c>
-      <c r="B68" s="152"/>
-      <c r="C68" s="153"/>
+      <c r="B68" s="158"/>
+      <c r="C68" s="159"/>
       <c r="D68" s="132"/>
       <c r="E68" s="8" t="s">
         <v>56</v>
       </c>
       <c r="F68" s="72" t="e">
         <f>AVERAGE(E57:E66)</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="70" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A70" s="84" t="s">
         <v>108</v>
       </c>
       <c r="B70" s="115" t="s">
         <v>109</v>
       </c>
       <c r="C70" s="115" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="71" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A71" s="18" t="s">
         <v>47</v>
       </c>
       <c r="B71" s="126"/>
@@ -3275,165 +3260,165 @@
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{421304C8-0A26-46DB-9ADC-DBD88B53052D}">
   <dimension ref="A1:F19"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="C13" sqref="C13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="76" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31" customWidth="1"/>
     <col min="3" max="3" width="27.42578125" customWidth="1"/>
     <col min="4" max="4" width="28.5703125" style="14" customWidth="1"/>
     <col min="6" max="6" width="43.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A1" s="158" t="s">
+      <c r="A1" s="164" t="s">
         <v>118</v>
       </c>
-      <c r="B1" s="158"/>
-[...1 lines deleted...]
-      <c r="D1" s="158"/>
+      <c r="B1" s="164"/>
+      <c r="C1" s="164"/>
+      <c r="D1" s="164"/>
       <c r="F1" s="89" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="76" t="s">
         <v>119</v>
       </c>
       <c r="B2" s="76" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="76" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="F2" s="156" t="s">
+      <c r="F2" s="162" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="18" t="s">
         <v>78</v>
       </c>
       <c r="B3" s="83">
         <f>21</f>
         <v>21</v>
       </c>
       <c r="C3" s="22">
         <v>45</v>
       </c>
       <c r="D3" s="80">
         <f t="shared" ref="D3:D4" si="0">C3*B3</f>
         <v>945</v>
       </c>
-      <c r="F3" s="156"/>
+      <c r="F3" s="162"/>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="136" t="s">
         <v>43</v>
       </c>
       <c r="B4" s="137">
         <v>6</v>
       </c>
       <c r="C4" s="15">
         <v>45</v>
       </c>
       <c r="D4" s="3">
         <f t="shared" si="0"/>
         <v>270</v>
       </c>
-      <c r="F4" s="156"/>
+      <c r="F4" s="162"/>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
         <v>79</v>
       </c>
       <c r="B5" s="2">
         <v>7</v>
       </c>
       <c r="C5" s="15">
         <v>45</v>
       </c>
       <c r="D5" s="3">
         <f>C5*B5</f>
         <v>315</v>
       </c>
-      <c r="F5" s="156"/>
+      <c r="F5" s="162"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="26" t="s">
         <v>80</v>
       </c>
       <c r="B6" s="2">
         <f>(B5+B3+B4)*7/100</f>
         <v>2.38</v>
       </c>
       <c r="C6" s="15">
         <v>45</v>
       </c>
       <c r="D6" s="3">
         <f>C6*B6</f>
         <v>107.1</v>
       </c>
     </row>
     <row r="7" spans="1:6" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="16">
         <v>45</v>
       </c>
       <c r="D7" s="12">
         <f>SUM(D3:D6)</f>
         <v>1637.1</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="C8" s="9"/>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A10" s="158" t="s">
+      <c r="A10" s="164" t="s">
         <v>149</v>
       </c>
-      <c r="B10" s="158"/>
-[...1 lines deleted...]
-      <c r="D10" s="158"/>
+      <c r="B10" s="164"/>
+      <c r="C10" s="164"/>
+      <c r="D10" s="164"/>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="76" t="s">
         <v>148</v>
       </c>
       <c r="B11" s="76" t="s">
         <v>3</v>
       </c>
       <c r="C11" s="76" t="s">
         <v>4</v>
       </c>
       <c r="D11" s="77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="75" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="138">
         <v>120</v>
       </c>
       <c r="C12" s="139">
         <v>3</v>
       </c>
@@ -3534,164 +3519,164 @@
     <mergeCell ref="F2:F5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3AD962C3-CDE2-4BD6-9614-4B71C4416CF2}">
   <dimension ref="A1:F18"/>
   <sheetViews>
     <sheetView zoomScale="77" workbookViewId="0">
       <selection activeCell="C11" sqref="C11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="76.140625" customWidth="1"/>
     <col min="2" max="2" width="31" customWidth="1"/>
     <col min="3" max="3" width="27.42578125" customWidth="1"/>
     <col min="4" max="4" width="28.5703125" customWidth="1"/>
     <col min="6" max="6" width="33.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A1" s="158" t="s">
+      <c r="A1" s="164" t="s">
         <v>118</v>
       </c>
-      <c r="B1" s="158"/>
-[...1 lines deleted...]
-      <c r="D1" s="158"/>
+      <c r="B1" s="164"/>
+      <c r="C1" s="164"/>
+      <c r="D1" s="164"/>
       <c r="F1" s="89" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="2" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="76" t="s">
         <v>119</v>
       </c>
       <c r="B2" s="76" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="76" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="F2" s="156" t="s">
+      <c r="F2" s="162" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="18" t="s">
         <v>123</v>
       </c>
       <c r="B3" s="83">
         <v>14</v>
       </c>
       <c r="C3" s="22">
         <v>45</v>
       </c>
       <c r="D3" s="108">
         <f t="shared" ref="D3:D4" si="0">C3*B3</f>
         <v>630</v>
       </c>
-      <c r="F3" s="156"/>
+      <c r="F3" s="162"/>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="59" t="s">
         <v>122</v>
       </c>
       <c r="B4" s="63">
         <v>12</v>
       </c>
       <c r="C4" s="22">
         <v>45</v>
       </c>
       <c r="D4" s="109">
         <f t="shared" si="0"/>
         <v>540</v>
       </c>
-      <c r="F4" s="156"/>
+      <c r="F4" s="162"/>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
         <v>91</v>
       </c>
       <c r="B5" s="2">
         <v>2</v>
       </c>
       <c r="C5" s="15">
         <v>45</v>
       </c>
       <c r="D5" s="109">
         <f>C5*B5</f>
         <v>90</v>
       </c>
-      <c r="F5" s="156"/>
+      <c r="F5" s="162"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="26" t="s">
         <v>80</v>
       </c>
       <c r="B6" s="2">
         <f>(B5+B3+B4)*7/100</f>
         <v>1.96</v>
       </c>
       <c r="C6" s="15">
         <v>45</v>
       </c>
       <c r="D6" s="109">
         <f>C6*B6</f>
         <v>88.2</v>
       </c>
-      <c r="F6" s="156"/>
+      <c r="F6" s="162"/>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="16"/>
       <c r="D7" s="110">
         <f>SUM(D3:D6)</f>
         <v>1348.2</v>
       </c>
-      <c r="F7" s="156"/>
+      <c r="F7" s="162"/>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="F8" s="156"/>
+      <c r="F8" s="162"/>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A9" s="158" t="s">
+      <c r="A9" s="164" t="s">
         <v>149</v>
       </c>
-      <c r="B9" s="158"/>
-[...1 lines deleted...]
-      <c r="D9" s="158"/>
+      <c r="B9" s="164"/>
+      <c r="C9" s="164"/>
+      <c r="D9" s="164"/>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="76" t="s">
         <v>148</v>
       </c>
       <c r="B10" s="76" t="s">
         <v>3</v>
       </c>
       <c r="C10" s="76" t="s">
         <v>4</v>
       </c>
       <c r="D10" s="77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="75" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="138">
         <v>120</v>
       </c>
       <c r="C11" s="139">
         <v>2</v>
       </c>
@@ -3788,143 +3773,143 @@
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="F2:F8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C940A67C-4C7F-4ED9-BED6-249CB9E02195}">
   <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="77.140625" customWidth="1"/>
     <col min="2" max="2" width="31" customWidth="1"/>
     <col min="3" max="3" width="27.42578125" customWidth="1"/>
     <col min="4" max="4" width="28.5703125" customWidth="1"/>
     <col min="6" max="6" width="33" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A1" s="158" t="s">
+      <c r="A1" s="164" t="s">
         <v>69</v>
       </c>
-      <c r="B1" s="158"/>
-[...1 lines deleted...]
-      <c r="D1" s="158"/>
+      <c r="B1" s="164"/>
+      <c r="C1" s="164"/>
+      <c r="D1" s="164"/>
       <c r="F1" s="89" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="76" t="s">
         <v>119</v>
       </c>
       <c r="B2" s="76" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="76" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="F2" s="156" t="s">
+      <c r="F2" s="162" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A3" s="79" t="s">
         <v>125</v>
       </c>
       <c r="B3" s="79">
         <v>6</v>
       </c>
       <c r="C3" s="24">
         <v>45</v>
       </c>
       <c r="D3" s="80">
         <f>C3*B3</f>
         <v>270</v>
       </c>
-      <c r="F3" s="156"/>
+      <c r="F3" s="162"/>
     </row>
     <row r="4" spans="1:8" s="93" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A4" s="26" t="s">
         <v>152</v>
       </c>
       <c r="B4" s="26">
         <v>6</v>
       </c>
       <c r="C4" s="91">
         <v>45</v>
       </c>
       <c r="D4" s="92">
         <f>C4*B4</f>
         <v>270</v>
       </c>
       <c r="E4"/>
-      <c r="F4" s="156"/>
+      <c r="F4" s="162"/>
       <c r="G4"/>
       <c r="H4"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A5" s="26" t="s">
         <v>77</v>
       </c>
       <c r="B5" s="26">
         <v>8</v>
       </c>
       <c r="C5" s="24">
         <v>45</v>
       </c>
       <c r="D5" s="3">
         <f t="shared" ref="D5:D10" si="0">C5*B5</f>
         <v>360</v>
       </c>
-      <c r="F5" s="156"/>
+      <c r="F5" s="162"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A6" s="26" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="26">
         <v>3</v>
       </c>
       <c r="C6" s="24">
         <v>45</v>
       </c>
       <c r="D6" s="3">
         <f t="shared" si="0"/>
         <v>135</v>
       </c>
-      <c r="F6" s="156"/>
+      <c r="F6" s="162"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A7" s="26" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="26">
         <v>3</v>
       </c>
       <c r="C7" s="24">
         <v>45</v>
       </c>
       <c r="D7" s="3">
         <f t="shared" si="0"/>
         <v>135</v>
       </c>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A8" s="26" t="s">
         <v>30</v>
       </c>
       <c r="B8" s="26">
         <v>4.5</v>
       </c>
       <c r="C8" s="24">
         <v>45</v>
@@ -3959,56 +3944,56 @@
       </c>
       <c r="C10" s="24">
         <f>C7</f>
         <v>45</v>
       </c>
       <c r="D10" s="3">
         <f t="shared" si="0"/>
         <v>140.17500000000001</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B11" s="111">
         <f>SUM(B3:B10)</f>
         <v>47.615000000000002</v>
       </c>
       <c r="C11" s="25"/>
       <c r="D11" s="12">
         <f>SUM(D3:D10)</f>
         <v>2142.6750000000002</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A13" s="158" t="s">
+      <c r="A13" s="164" t="s">
         <v>70</v>
       </c>
-      <c r="B13" s="158"/>
-[...1 lines deleted...]
-      <c r="D13" s="158"/>
+      <c r="B13" s="164"/>
+      <c r="C13" s="164"/>
+      <c r="D13" s="164"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A14" s="76" t="s">
         <v>148</v>
       </c>
       <c r="B14" s="76" t="s">
         <v>3</v>
       </c>
       <c r="C14" s="76" t="s">
         <v>4</v>
       </c>
       <c r="D14" s="77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:8" s="93" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A15" s="59" t="s">
         <v>27</v>
       </c>
       <c r="B15" s="60">
         <v>150</v>
       </c>
       <c r="C15" s="59">
         <v>2</v>
       </c>
@@ -4064,172 +4049,172 @@
         <v>153</v>
       </c>
       <c r="B20" s="96">
         <f>D11+D18</f>
         <v>2696.9425000000001</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B21" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A13:D13"/>
     <mergeCell ref="F2:F6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{61904902-3476-408E-8553-27E3953B719E}">
   <dimension ref="A1:F87"/>
   <sheetViews>
-    <sheetView zoomScale="89" zoomScaleNormal="89" workbookViewId="0">
-      <selection activeCell="A5" sqref="A5"/>
+    <sheetView topLeftCell="A52" zoomScale="89" zoomScaleNormal="89" workbookViewId="0">
+      <selection activeCell="B45" sqref="B45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="77.140625" customWidth="1"/>
     <col min="2" max="2" width="31" customWidth="1"/>
     <col min="3" max="3" width="27.42578125" customWidth="1"/>
     <col min="4" max="4" width="28.5703125" customWidth="1"/>
     <col min="6" max="6" width="62.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="21" x14ac:dyDescent="0.25">
-      <c r="A1" s="159" t="s">
+      <c r="A1" s="165" t="s">
         <v>41</v>
       </c>
-      <c r="B1" s="160"/>
-[...1 lines deleted...]
-      <c r="D1" s="160"/>
+      <c r="B1" s="166"/>
+      <c r="C1" s="166"/>
+      <c r="D1" s="166"/>
       <c r="F1" s="94" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="2" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="158" t="s">
+      <c r="A2" s="164" t="s">
         <v>129</v>
       </c>
-      <c r="B2" s="158"/>
-[...2 lines deleted...]
-      <c r="F2" s="156" t="s">
+      <c r="B2" s="164"/>
+      <c r="C2" s="164"/>
+      <c r="D2" s="164"/>
+      <c r="F2" s="162" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="76" t="s">
         <v>119</v>
       </c>
       <c r="B3" s="76" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="76" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="F3" s="156"/>
+      <c r="F3" s="162"/>
     </row>
     <row r="4" spans="1:6" ht="60" x14ac:dyDescent="0.25">
       <c r="A4" s="78" t="s">
         <v>127</v>
       </c>
       <c r="B4" s="79">
         <v>25</v>
       </c>
       <c r="C4" s="24">
         <v>45</v>
       </c>
       <c r="D4" s="80">
         <f>C4*B4</f>
         <v>1125</v>
       </c>
-      <c r="F4" s="156"/>
+      <c r="F4" s="162"/>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A5" s="141" t="s">
         <v>126</v>
       </c>
       <c r="B5" s="142">
         <v>6</v>
       </c>
       <c r="C5" s="24">
         <v>45</v>
       </c>
       <c r="D5" s="3">
         <f>C5*B5</f>
         <v>270</v>
       </c>
-      <c r="F5" s="156"/>
+      <c r="F5" s="162"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="26" t="s">
         <v>80</v>
       </c>
       <c r="B6" s="43">
         <f>(B4+B5)*7/100</f>
         <v>2.17</v>
       </c>
       <c r="C6" s="24">
         <v>45</v>
       </c>
       <c r="D6" s="3">
         <f>C6*B6</f>
         <v>97.649999999999991</v>
       </c>
-      <c r="F6" s="156"/>
+      <c r="F6" s="162"/>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="25"/>
       <c r="D7" s="12">
         <f>SUM(D4:D6)</f>
         <v>1492.65</v>
       </c>
-      <c r="F7" s="156"/>
+      <c r="F7" s="162"/>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="F8" s="156"/>
+      <c r="F8" s="162"/>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A9" s="158" t="s">
+      <c r="A9" s="164" t="s">
         <v>130</v>
       </c>
-      <c r="B9" s="158"/>
-[...2 lines deleted...]
-      <c r="F9" s="156"/>
+      <c r="B9" s="164"/>
+      <c r="C9" s="164"/>
+      <c r="D9" s="164"/>
+      <c r="F9" s="162"/>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="76" t="s">
         <v>148</v>
       </c>
       <c r="B10" s="76" t="s">
         <v>3</v>
       </c>
       <c r="C10" s="76" t="s">
         <v>4</v>
       </c>
       <c r="D10" s="77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="139" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="143">
         <v>150</v>
       </c>
       <c r="C11" s="18">
         <v>2</v>
       </c>
@@ -4253,64 +4238,64 @@
         <f>B12*C12</f>
         <v>149.26499999999999</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="27" t="s">
         <v>5</v>
       </c>
       <c r="B13" s="10"/>
       <c r="C13" s="1"/>
       <c r="D13" s="12">
         <f>SUM(D11:D12)</f>
         <v>449.26499999999999</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="29" t="s">
         <v>2</v>
       </c>
       <c r="B15" s="30">
         <f>D7+D13</f>
         <v>1941.915</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="21" x14ac:dyDescent="0.25">
-      <c r="A17" s="161" t="s">
+      <c r="A17" s="167" t="s">
         <v>71</v>
       </c>
-      <c r="B17" s="162"/>
-[...1 lines deleted...]
-      <c r="D17" s="162"/>
+      <c r="B17" s="168"/>
+      <c r="C17" s="168"/>
+      <c r="D17" s="168"/>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A18" s="158" t="s">
+      <c r="A18" s="164" t="s">
         <v>131</v>
       </c>
-      <c r="B18" s="158"/>
-[...1 lines deleted...]
-      <c r="D18" s="158"/>
+      <c r="B18" s="164"/>
+      <c r="C18" s="164"/>
+      <c r="D18" s="164"/>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A19" s="76" t="s">
         <v>119</v>
       </c>
       <c r="B19" s="76" t="s">
         <v>0</v>
       </c>
       <c r="C19" s="76" t="s">
         <v>18</v>
       </c>
       <c r="D19" s="77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4" ht="60" x14ac:dyDescent="0.25">
       <c r="A20" s="78" t="s">
         <v>128</v>
       </c>
       <c r="B20" s="79">
         <v>10</v>
       </c>
       <c r="C20" s="24">
         <v>45</v>
       </c>
@@ -4340,56 +4325,56 @@
       </c>
       <c r="B22" s="44">
         <f>(B20+B21)*7/100</f>
         <v>1.1200000000000001</v>
       </c>
       <c r="C22" s="24">
         <v>45</v>
       </c>
       <c r="D22" s="3">
         <f>C22*B22</f>
         <v>50.400000000000006</v>
       </c>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B23" s="5"/>
       <c r="C23" s="25"/>
       <c r="D23" s="12">
         <f>SUM(D20:D22)</f>
         <v>770.4</v>
       </c>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A25" s="163" t="s">
+      <c r="A25" s="169" t="s">
         <v>130</v>
       </c>
-      <c r="B25" s="163"/>
-[...1 lines deleted...]
-      <c r="D25" s="163"/>
+      <c r="B25" s="169"/>
+      <c r="C25" s="169"/>
+      <c r="D25" s="169"/>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A26" s="76" t="s">
         <v>148</v>
       </c>
       <c r="B26" s="19" t="s">
         <v>3</v>
       </c>
       <c r="C26" s="20" t="s">
         <v>4</v>
       </c>
       <c r="D26" s="21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="136" t="s">
         <v>28</v>
       </c>
       <c r="B27" s="143">
         <v>150</v>
       </c>
       <c r="C27" s="1">
         <v>2</v>
       </c>
@@ -4413,64 +4398,64 @@
         <f>B28*C28</f>
         <v>77.040000000000006</v>
       </c>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" s="27" t="s">
         <v>5</v>
       </c>
       <c r="B29" s="10"/>
       <c r="C29" s="1"/>
       <c r="D29" s="12">
         <f>SUM(D27:D28)</f>
         <v>377.04</v>
       </c>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A31" s="40" t="s">
         <v>2</v>
       </c>
       <c r="B31" s="41">
         <f>D23+D29</f>
         <v>1147.44</v>
       </c>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A33" s="164" t="s">
+      <c r="A33" s="170" t="s">
         <v>16</v>
       </c>
-      <c r="B33" s="165"/>
-[...1 lines deleted...]
-      <c r="D33" s="165"/>
+      <c r="B33" s="171"/>
+      <c r="C33" s="171"/>
+      <c r="D33" s="171"/>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A34" s="158" t="s">
+      <c r="A34" s="164" t="s">
         <v>23</v>
       </c>
-      <c r="B34" s="158"/>
-[...1 lines deleted...]
-      <c r="D34" s="158"/>
+      <c r="B34" s="164"/>
+      <c r="C34" s="164"/>
+      <c r="D34" s="164"/>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A35" s="76" t="s">
         <v>119</v>
       </c>
       <c r="B35" s="76" t="s">
         <v>0</v>
       </c>
       <c r="C35" s="76" t="s">
         <v>18</v>
       </c>
       <c r="D35" s="77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4" ht="30" x14ac:dyDescent="0.25">
       <c r="A36" s="114" t="s">
         <v>133</v>
       </c>
       <c r="B36" s="79">
         <f>6.5+1.5</f>
         <v>8</v>
       </c>
       <c r="C36" s="24">
         <v>45</v>
@@ -4533,56 +4518,56 @@
       </c>
       <c r="B40" s="44">
         <f>(B36+B37+B38+B39)*7/100</f>
         <v>3.36</v>
       </c>
       <c r="C40" s="24">
         <v>45</v>
       </c>
       <c r="D40" s="3">
         <f>C40*B40</f>
         <v>151.19999999999999</v>
       </c>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B41" s="5"/>
       <c r="C41" s="25"/>
       <c r="D41" s="12">
         <f>SUM(D36:D40)</f>
         <v>2311.1999999999998</v>
       </c>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A43" s="158" t="s">
+      <c r="A43" s="164" t="s">
         <v>68</v>
       </c>
-      <c r="B43" s="158"/>
-[...1 lines deleted...]
-      <c r="D43" s="158"/>
+      <c r="B43" s="164"/>
+      <c r="C43" s="164"/>
+      <c r="D43" s="164"/>
     </row>
     <row r="44" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A44" s="76" t="s">
         <v>148</v>
       </c>
       <c r="B44" s="76" t="s">
         <v>3</v>
       </c>
       <c r="C44" s="76" t="s">
         <v>4</v>
       </c>
       <c r="D44" s="77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A45" s="139" t="s">
         <v>8</v>
       </c>
       <c r="B45" s="138">
         <v>75</v>
       </c>
       <c r="C45" s="18">
         <v>13</v>
       </c>
@@ -4621,64 +4606,64 @@
         <f>B47*C47</f>
         <v>231.12</v>
       </c>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A48" s="27" t="s">
         <v>5</v>
       </c>
       <c r="B48" s="10"/>
       <c r="C48" s="1"/>
       <c r="D48" s="12">
         <f>SUM(D45:D47)</f>
         <v>1236.1199999999999</v>
       </c>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A50" s="31" t="s">
         <v>5</v>
       </c>
       <c r="B50" s="32">
         <f>D41+D48</f>
         <v>3547.3199999999997</v>
       </c>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A52" s="166" t="s">
+      <c r="A52" s="172" t="s">
         <v>17</v>
       </c>
-      <c r="B52" s="167"/>
-[...1 lines deleted...]
-      <c r="D52" s="167"/>
+      <c r="B52" s="173"/>
+      <c r="C52" s="173"/>
+      <c r="D52" s="173"/>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A53" s="158" t="s">
+      <c r="A53" s="164" t="s">
         <v>23</v>
       </c>
-      <c r="B53" s="158"/>
-[...1 lines deleted...]
-      <c r="D53" s="158"/>
+      <c r="B53" s="164"/>
+      <c r="C53" s="164"/>
+      <c r="D53" s="164"/>
     </row>
     <row r="54" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A54" s="76" t="s">
         <v>119</v>
       </c>
       <c r="B54" s="76" t="s">
         <v>0</v>
       </c>
       <c r="C54" s="76" t="s">
         <v>18</v>
       </c>
       <c r="D54" s="77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A55" s="81" t="s">
         <v>132</v>
       </c>
       <c r="B55" s="82">
         <v>6.5</v>
       </c>
       <c r="C55" s="24">
         <v>45</v>
       </c>
@@ -4740,56 +4725,56 @@
       </c>
       <c r="B59" s="46">
         <f>(B56+B55+B57+B58)*7/100</f>
         <v>1.9950000000000001</v>
       </c>
       <c r="C59" s="24">
         <v>45</v>
       </c>
       <c r="D59" s="3">
         <f t="shared" si="0"/>
         <v>89.775000000000006</v>
       </c>
     </row>
     <row r="60" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A60" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B60" s="5"/>
       <c r="C60" s="25"/>
       <c r="D60" s="12">
         <f>SUM(D55:D59)</f>
         <v>1372.2750000000001</v>
       </c>
     </row>
     <row r="62" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A62" s="158" t="s">
+      <c r="A62" s="164" t="s">
         <v>68</v>
       </c>
-      <c r="B62" s="158"/>
-[...1 lines deleted...]
-      <c r="D62" s="158"/>
+      <c r="B62" s="164"/>
+      <c r="C62" s="164"/>
+      <c r="D62" s="164"/>
     </row>
     <row r="63" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A63" s="76" t="s">
         <v>148</v>
       </c>
       <c r="B63" s="76" t="s">
         <v>3</v>
       </c>
       <c r="C63" s="76" t="s">
         <v>4</v>
       </c>
       <c r="D63" s="77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A64" s="139" t="s">
         <v>27</v>
       </c>
       <c r="B64" s="138">
         <v>75</v>
       </c>
       <c r="C64" s="18">
         <v>7</v>
       </c>
@@ -4813,64 +4798,64 @@
         <f>B65*C65</f>
         <v>137.22749999999999</v>
       </c>
     </row>
     <row r="66" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A66" s="27" t="s">
         <v>5</v>
       </c>
       <c r="B66" s="10"/>
       <c r="C66" s="1"/>
       <c r="D66" s="12">
         <f>SUM(D64:D65)</f>
         <v>662.22749999999996</v>
       </c>
     </row>
     <row r="68" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A68" s="33" t="s">
         <v>2</v>
       </c>
       <c r="B68" s="34">
         <f>D60+D66</f>
         <v>2034.5025000000001</v>
       </c>
     </row>
     <row r="71" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A71" s="168" t="s">
+      <c r="A71" s="174" t="s">
         <v>19</v>
       </c>
-      <c r="B71" s="169"/>
-[...1 lines deleted...]
-      <c r="D71" s="169"/>
+      <c r="B71" s="175"/>
+      <c r="C71" s="175"/>
+      <c r="D71" s="175"/>
     </row>
     <row r="72" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A72" s="158" t="s">
+      <c r="A72" s="164" t="s">
         <v>23</v>
       </c>
-      <c r="B72" s="158"/>
-[...1 lines deleted...]
-      <c r="D72" s="158"/>
+      <c r="B72" s="164"/>
+      <c r="C72" s="164"/>
+      <c r="D72" s="164"/>
     </row>
     <row r="73" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A73" s="76" t="s">
         <v>119</v>
       </c>
       <c r="B73" s="76" t="s">
         <v>0</v>
       </c>
       <c r="C73" s="76" t="s">
         <v>18</v>
       </c>
       <c r="D73" s="77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A74" s="81" t="s">
         <v>134</v>
       </c>
       <c r="B74" s="79">
         <v>6.5</v>
       </c>
       <c r="C74" s="24">
         <v>45</v>
       </c>
@@ -4932,226 +4917,226 @@
       </c>
       <c r="B78" s="26">
         <f>(B75+B74+B76+B77)*7/100</f>
         <v>1.365</v>
       </c>
       <c r="C78" s="24">
         <v>45</v>
       </c>
       <c r="D78" s="3">
         <f>C78*B78</f>
         <v>61.424999999999997</v>
       </c>
     </row>
     <row r="79" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A79" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B79" s="5"/>
       <c r="C79" s="25"/>
       <c r="D79" s="12">
         <f>SUM(D74:D78)</f>
         <v>938.92499999999995</v>
       </c>
     </row>
     <row r="81" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A81" s="158" t="s">
+      <c r="A81" s="164" t="s">
         <v>68</v>
       </c>
-      <c r="B81" s="158"/>
-[...1 lines deleted...]
-      <c r="D81" s="158"/>
+      <c r="B81" s="164"/>
+      <c r="C81" s="164"/>
+      <c r="D81" s="164"/>
     </row>
     <row r="82" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A82" s="76" t="s">
         <v>148</v>
       </c>
       <c r="B82" s="76" t="s">
         <v>3</v>
       </c>
       <c r="C82" s="76" t="s">
         <v>4</v>
       </c>
       <c r="D82" s="77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A83" s="139" t="s">
         <v>27</v>
       </c>
       <c r="B83" s="138">
         <v>75</v>
       </c>
       <c r="C83" s="18">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D83" s="42">
         <f>B83*C83</f>
-        <v>525</v>
+        <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A84" s="7" t="s">
         <v>66</v>
       </c>
       <c r="B84" s="17">
         <f>D79*10/100</f>
         <v>93.892499999999998</v>
       </c>
       <c r="C84" s="1">
         <v>1</v>
       </c>
       <c r="D84" s="13">
         <f>B84*C84</f>
         <v>93.892499999999998</v>
       </c>
     </row>
     <row r="85" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A85" s="27" t="s">
         <v>5</v>
       </c>
       <c r="B85" s="10"/>
       <c r="C85" s="1"/>
       <c r="D85" s="12">
         <f>SUM(D83:D84)</f>
-        <v>618.89250000000004</v>
+        <v>393.89249999999998</v>
       </c>
     </row>
     <row r="87" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A87" s="33" t="s">
         <v>2</v>
       </c>
       <c r="B87" s="34">
         <f>D79+D85</f>
-        <v>1557.8175000000001</v>
+        <v>1332.8174999999999</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="16">
     <mergeCell ref="F2:F9"/>
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A81:D81"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="A18:D18"/>
     <mergeCell ref="A25:D25"/>
     <mergeCell ref="A33:D33"/>
     <mergeCell ref="A34:D34"/>
     <mergeCell ref="A43:D43"/>
     <mergeCell ref="A52:D52"/>
     <mergeCell ref="A53:D53"/>
     <mergeCell ref="A62:D62"/>
     <mergeCell ref="A71:D71"/>
     <mergeCell ref="A72:D72"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{82CE4344-6271-4832-996E-8C38B3288380}">
   <dimension ref="A1:F36"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A8" zoomScale="69" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="D8" sqref="D8"/>
+    <sheetView zoomScale="69" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="E36" sqref="E36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="82.7109375" style="47" customWidth="1"/>
     <col min="2" max="2" width="27" customWidth="1"/>
     <col min="3" max="3" width="30" customWidth="1"/>
     <col min="4" max="4" width="51.85546875" customWidth="1"/>
     <col min="5" max="5" width="31" customWidth="1"/>
     <col min="6" max="6" width="25.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" s="56" customFormat="1" ht="26.25" x14ac:dyDescent="0.4">
-      <c r="A1" s="173" t="s">
+      <c r="A1" s="152" t="s">
         <v>24</v>
       </c>
-      <c r="C1" s="170" t="s">
+      <c r="C1" s="176" t="s">
         <v>40</v>
       </c>
-      <c r="D1" s="170"/>
+      <c r="D1" s="176"/>
     </row>
     <row r="2" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="174" t="s">
+      <c r="A2" s="153" t="s">
         <v>101</v>
       </c>
-      <c r="C2" s="156" t="s">
+      <c r="C2" s="162" t="s">
         <v>88</v>
       </c>
-      <c r="D2" s="156"/>
+      <c r="D2" s="162"/>
     </row>
     <row r="3" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A3" s="175" t="s">
+      <c r="A3" s="154" t="s">
         <v>100</v>
       </c>
-      <c r="C3" s="156"/>
-      <c r="D3" s="156"/>
+      <c r="C3" s="162"/>
+      <c r="D3" s="162"/>
     </row>
     <row r="4" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A4" s="175" t="s">
+      <c r="A4" s="154" t="s">
         <v>90</v>
       </c>
-      <c r="C4" s="156"/>
-      <c r="D4" s="156"/>
+      <c r="C4" s="162"/>
+      <c r="D4" s="162"/>
     </row>
     <row r="5" spans="1:6" ht="118.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="45" t="s">
         <v>98</v>
       </c>
-      <c r="C5" s="156"/>
-      <c r="D5" s="156"/>
+      <c r="C5" s="162"/>
+      <c r="D5" s="162"/>
     </row>
     <row r="7" spans="1:6" ht="51" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="104" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="104" t="s">
         <v>155</v>
       </c>
       <c r="C7" s="105" t="s">
         <v>136</v>
       </c>
       <c r="D7" s="76" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="104" t="s">
         <v>86</v>
       </c>
       <c r="F7" s="105" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A8" s="176" t="s">
+      <c r="A8" s="155" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="80">
         <v>2446</v>
       </c>
       <c r="C8" s="101" t="e">
         <f>'Prévisionnel de déploiement'!F68</f>
         <v>#DIV/0!</v>
       </c>
       <c r="D8" s="148">
         <v>1</v>
       </c>
       <c r="E8" s="102">
         <f>B8*D8</f>
         <v>2446</v>
       </c>
       <c r="F8" s="103" t="e">
         <f>C8*D8</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="124" t="s">
         <v>111</v>
       </c>
@@ -5187,105 +5172,105 @@
       </c>
       <c r="D10" s="39">
         <v>1</v>
       </c>
       <c r="E10" s="51">
         <f>B10*D10</f>
         <v>2697</v>
       </c>
       <c r="F10" s="74">
         <f t="shared" si="1"/>
         <v>2696.9425000000001</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="124" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="3">
         <v>1942</v>
       </c>
       <c r="C11" s="73">
         <f>'Coordination et déploiement'!B15</f>
         <v>1941.915</v>
       </c>
       <c r="D11" s="150">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E11" s="51">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>3884</v>
       </c>
       <c r="F11" s="74">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>3883.83</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="124" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="3">
         <v>1147</v>
       </c>
       <c r="C12" s="73">
         <f>'Coordination et déploiement'!B31</f>
         <v>1147.44</v>
       </c>
       <c r="D12" s="150">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E12" s="51">
         <f t="shared" si="0"/>
-        <v>2294</v>
+        <v>0</v>
       </c>
       <c r="F12" s="74">
         <f t="shared" si="1"/>
-        <v>2294.88</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="124" t="s">
         <v>36</v>
       </c>
       <c r="B13" s="3">
         <v>3547</v>
       </c>
       <c r="C13" s="73">
         <f>'Coordination et déploiement'!B50</f>
         <v>3547.3199999999997</v>
       </c>
       <c r="D13" s="150">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="E13" s="51">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>14188</v>
       </c>
       <c r="F13" s="74">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>14189.279999999999</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="124" t="s">
         <v>113</v>
       </c>
       <c r="B14" s="3">
         <v>3547</v>
       </c>
       <c r="C14" s="73">
         <f>C13</f>
         <v>3547.3199999999997</v>
       </c>
       <c r="D14" s="150">
         <v>0</v>
       </c>
       <c r="E14" s="51">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F14" s="74">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
@@ -5318,269 +5303,267 @@
       </c>
       <c r="B16" s="3">
         <v>2035</v>
       </c>
       <c r="C16" s="73">
         <f>C15</f>
         <v>2034.5025000000001</v>
       </c>
       <c r="D16" s="150">
         <v>0</v>
       </c>
       <c r="E16" s="51">
         <f>B16*D16</f>
         <v>0</v>
       </c>
       <c r="F16" s="74">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A17" s="124" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3">
-        <v>1558</v>
+        <v>1333</v>
       </c>
       <c r="C17" s="73">
         <f>'Coordination et déploiement'!B87</f>
-        <v>1557.8175000000001</v>
+        <v>1332.8174999999999</v>
       </c>
       <c r="D17" s="150">
         <v>0</v>
       </c>
       <c r="E17" s="51">
         <f>B17*D17</f>
         <v>0</v>
       </c>
       <c r="F17" s="74">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A18" s="124" t="s">
         <v>115</v>
       </c>
       <c r="B18" s="35">
-        <v>1558</v>
+        <v>1333</v>
       </c>
       <c r="C18" s="74">
         <f>C17</f>
-        <v>1557.8175000000001</v>
+        <v>1332.8174999999999</v>
       </c>
       <c r="D18" s="150">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="E18" s="51">
         <f>B18*D18</f>
-        <v>6232</v>
+        <v>0</v>
       </c>
       <c r="F18" s="74">
         <f t="shared" si="2"/>
-        <v>6231.27</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.25">
       <c r="D20" s="97" t="s">
         <v>116</v>
       </c>
       <c r="E20" s="35">
         <f>SUM(E9:E18)</f>
-        <v>13336</v>
+        <v>22882</v>
       </c>
     </row>
     <row r="21" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="D21" s="97" t="s">
         <v>117</v>
       </c>
       <c r="E21" s="74">
         <f>SUM(F9:F18)</f>
-        <v>13336.112499999999</v>
+        <v>22883.072499999998</v>
       </c>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.25">
       <c r="D22" s="4" t="s">
         <v>42</v>
       </c>
       <c r="E22" s="1">
         <f>SUM(D13:D18)</f>
         <v>4</v>
       </c>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.25">
       <c r="D23" s="4" t="s">
         <v>58</v>
       </c>
       <c r="E23" s="35">
         <f>E20/E22</f>
-        <v>3334</v>
+        <v>5720.5</v>
       </c>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.25">
       <c r="D24" s="97" t="s">
         <v>154</v>
       </c>
       <c r="E24" s="35">
         <f>E21/E22</f>
-        <v>3334.0281249999998</v>
+        <v>5720.7681249999996</v>
       </c>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A25" s="135" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="26" spans="1:6" ht="99" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="107" t="s">
         <v>158</v>
       </c>
       <c r="B26" s="107" t="s">
         <v>39</v>
       </c>
       <c r="C26" s="107" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A27" s="176" t="s">
+      <c r="A27" s="155" t="s">
         <v>22</v>
       </c>
       <c r="B27" s="106">
         <f>5721+10</f>
         <v>5731</v>
       </c>
       <c r="C27" s="106">
         <f>5324+10</f>
         <v>5334</v>
       </c>
       <c r="D27" s="50"/>
       <c r="E27" s="117"/>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A28" s="124" t="s">
         <v>25</v>
       </c>
       <c r="B28" s="67">
         <f>4208+10</f>
         <v>4218</v>
       </c>
       <c r="C28" s="67">
         <f>3811+10</f>
         <v>3821</v>
       </c>
       <c r="D28" s="50"/>
       <c r="E28" s="117"/>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A29" s="124" t="s">
         <v>26</v>
       </c>
       <c r="B29" s="67">
-        <f>3731+10</f>
-        <v>3741</v>
+        <v>3506</v>
       </c>
       <c r="C29" s="67">
-        <f>3334+10</f>
-        <v>3344</v>
+        <v>3109</v>
       </c>
       <c r="D29" s="50"/>
       <c r="E29" s="117"/>
     </row>
     <row r="31" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A31" s="177" t="s">
+      <c r="A31" s="156" t="s">
         <v>20</v>
       </c>
       <c r="B31" s="151" t="s">
         <v>160</v>
       </c>
       <c r="C31" s="151" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A32" s="124" t="s">
         <v>135</v>
       </c>
       <c r="B32" s="35">
         <f>E8</f>
         <v>2446</v>
       </c>
       <c r="C32" s="49" t="e">
         <f>F8</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="33" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A33" s="124" t="s">
         <v>138</v>
       </c>
       <c r="B33" s="35">
         <f>E20</f>
-        <v>13336</v>
+        <v>22882</v>
       </c>
       <c r="C33" s="35">
         <f>E21</f>
-        <v>13336.112499999999</v>
+        <v>22883.072499999998</v>
       </c>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A34" s="124" t="s">
         <v>143</v>
       </c>
       <c r="B34" s="74">
         <f>'Prévisionnel de déploiement'!D29</f>
         <v>0</v>
       </c>
       <c r="C34" s="72">
         <f>'Prévisionnel de déploiement'!D29</f>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A35" s="178" t="s">
+      <c r="A35" s="157" t="s">
         <v>21</v>
       </c>
       <c r="B35" s="36">
         <f>B33+B32+B34</f>
-        <v>15782</v>
+        <v>25328</v>
       </c>
       <c r="C35" s="52" t="e">
         <f>SUM(C32:C34)</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="36" spans="1:3" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="171" t="s">
+      <c r="A36" s="177" t="s">
         <v>137</v>
       </c>
-      <c r="B36" s="172"/>
+      <c r="B36" s="178"/>
       <c r="C36" s="128"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection selectLockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="C1:D1"/>
     <mergeCell ref="C2:D5"/>
     <mergeCell ref="A36:B36"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9F317D31-5500-4916-9155-90F53AFA9F2D}">
   <dimension ref="A1:A6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A14" sqref="A14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="65.5703125" customWidth="1"/>
     <col min="3" max="3" width="11.5703125" customWidth="1"/>
   </cols>
   <sheetData>
@@ -5598,66 +5581,66 @@
       <c r="A3" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="4" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="6" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A6" s="112" t="s">
         <v>84</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{63A7027E-E749-4B84-9193-3E0D22DECD7B}">
   <dimension ref="A1:B1"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="B10" sqref="B10"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="E5" sqref="E4:E5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="44" customWidth="1"/>
     <col min="2" max="2" width="23.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>139</v>
       </c>
       <c r="B1" s="118">
-        <v>45968</v>
+        <v>46010</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>Prévisionnel de déploiement</vt:lpstr>