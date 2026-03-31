--- v1 (2025-12-22)
+++ v2 (2026-03-31)
@@ -11,97 +11,98 @@
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\ORGANISATION\DSPE\DPPS\COMMUN\THEMATIQUES\Addictions\01.Binome Aurélie - Sophie  addiction jeune\Réorientation\Réorientation 2026\AAP 2026\Mise en ligne AAP\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6FD2CF2C-9A79-46D1-933E-4711DC9CAD2A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EBAD3851-692F-489A-8ECB-9A43479AAB5B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-25320" yWindow="-120" windowWidth="25440" windowHeight="15270" firstSheet="3" activeTab="7" xr2:uid="{6EF75838-9230-480E-95C0-AFB7FF42C287}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" firstSheet="5" activeTab="7" xr2:uid="{6EF75838-9230-480E-95C0-AFB7FF42C287}"/>
   </bookViews>
   <sheets>
     <sheet name="Prévisionnel de déploiement" sheetId="11" r:id="rId1"/>
     <sheet name="Formation personnel de prévent°" sheetId="1" r:id="rId2"/>
     <sheet name="Soutien à la pratique" sheetId="2" r:id="rId3"/>
     <sheet name="Partenariats régionaux" sheetId="6" r:id="rId4"/>
     <sheet name="Coordination et déploiement" sheetId="3" r:id="rId5"/>
     <sheet name="Matrice &amp; demande de sub" sheetId="5" r:id="rId6"/>
     <sheet name="Réduction des ISTS" sheetId="12" r:id="rId7"/>
     <sheet name="Version AT" sheetId="13" r:id="rId8"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B34" i="5" l="1"/>
+  <c r="B38" i="3" l="1"/>
+  <c r="D28" i="11" l="1"/>
+  <c r="B34" i="5"/>
   <c r="B57" i="3"/>
   <c r="F68" i="11"/>
-  <c r="D28" i="11"/>
   <c r="D29" i="11"/>
   <c r="B28" i="11"/>
   <c r="B50" i="3" l="1"/>
   <c r="C8" i="5"/>
   <c r="F8" i="5" s="1"/>
   <c r="B15" i="3"/>
   <c r="D60" i="3"/>
   <c r="D79" i="3"/>
   <c r="B78" i="3"/>
   <c r="B22" i="3"/>
   <c r="B40" i="3"/>
   <c r="B59" i="3"/>
   <c r="D41" i="3"/>
   <c r="D77" i="3"/>
   <c r="D76" i="3"/>
   <c r="D58" i="3"/>
   <c r="D39" i="3"/>
   <c r="C28" i="5"/>
   <c r="C27" i="5"/>
   <c r="B28" i="5"/>
   <c r="B27" i="5"/>
   <c r="B76" i="3"/>
   <c r="B75" i="3"/>
   <c r="B56" i="3"/>
   <c r="B36" i="3"/>
@@ -131,52 +132,51 @@
   <c r="G25" i="11"/>
   <c r="F25" i="11"/>
   <c r="E25" i="11"/>
   <c r="D15" i="6" l="1"/>
   <c r="E22" i="5" l="1"/>
   <c r="H11" i="11"/>
   <c r="H10" i="11"/>
   <c r="H12" i="11"/>
   <c r="H13" i="11"/>
   <c r="H14" i="11"/>
   <c r="H15" i="11"/>
   <c r="H16" i="11"/>
   <c r="H17" i="11"/>
   <c r="H18" i="11"/>
   <c r="H19" i="11"/>
   <c r="H20" i="11"/>
   <c r="H21" i="11"/>
   <c r="H22" i="11"/>
   <c r="H23" i="11"/>
   <c r="H24" i="11"/>
   <c r="H25" i="11" l="1"/>
   <c r="D14" i="1"/>
   <c r="C34" i="5" l="1"/>
   <c r="J25" i="11"/>
   <c r="B75" i="11" s="1"/>
-  <c r="B38" i="3" l="1"/>
-  <c r="D5" i="3"/>
+  <c r="D5" i="3" l="1"/>
   <c r="C10" i="6"/>
   <c r="D9" i="6"/>
   <c r="D8" i="6"/>
   <c r="D7" i="6"/>
   <c r="D6" i="6"/>
   <c r="D5" i="6"/>
   <c r="D4" i="6"/>
   <c r="D3" i="6"/>
   <c r="D4" i="2"/>
   <c r="D57" i="3" l="1"/>
   <c r="D38" i="3"/>
   <c r="D10" i="6"/>
   <c r="D59" i="3"/>
   <c r="D78" i="3"/>
   <c r="D75" i="3"/>
   <c r="B16" i="6" l="1"/>
   <c r="D16" i="6" s="1"/>
   <c r="D4" i="1"/>
   <c r="B3" i="1"/>
   <c r="C10" i="5" l="1"/>
   <c r="F10" i="5" s="1"/>
   <c r="D46" i="3"/>
   <c r="D4" i="3" l="1"/>
   <c r="D6" i="1"/>
   <c r="D6" i="3"/>
@@ -633,57 +633,51 @@
   <si>
     <t>Nombre de classe en A1</t>
   </si>
   <si>
     <t>Nombre de classe en A2</t>
   </si>
   <si>
     <t>Nombre de classe en A3</t>
   </si>
   <si>
     <t>Total de classes</t>
   </si>
   <si>
     <t>TOTAUX</t>
   </si>
   <si>
     <t xml:space="preserve">Quantité </t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <t xml:space="preserve">Valeur unitaire </t>
   </si>
   <si>
-    <t>NOMBRE TOTAL DE PERSONNES FORMEES / A FORMER EN 2026</t>
-[...1 lines deleted...]
-  <si>
     <t>COUT MOYEN DE FORMATION</t>
-  </si>
-[...1 lines deleted...]
-    <t>NOMBRE TOTAL DE PERSONNES FORMEES EN 2025</t>
   </si>
   <si>
     <t>COUT MOYEN max ars</t>
   </si>
   <si>
     <t>Frais de mission - repas du midi</t>
   </si>
   <si>
     <t>Frais de mission - repas du soir</t>
   </si>
   <si>
     <t xml:space="preserve">Ancienneté du partenariat avec l'établissement scolaire : nouveau ou renouvellement </t>
   </si>
   <si>
     <t>Distance en KM (A/R) entre le lieu de déploiement et la structure de prévention</t>
   </si>
   <si>
     <t>Temps de déplacement en heure (A/R) entre le lieu de déploiement et la structure de prévention</t>
   </si>
   <si>
     <t xml:space="preserve">Dates de formation </t>
   </si>
   <si>
     <t>Dates de formation (réalisées ou prévisionnelles)</t>
   </si>
@@ -771,53 +765,50 @@
   <si>
     <t>Déplacement et frais de mission -  pour mise à  jour du modèle économique</t>
   </si>
   <si>
     <t xml:space="preserve">COUT MAX modèle économique  ARS </t>
   </si>
   <si>
     <t>Situés en QPV, QVA, ZFRR, ZFRR+</t>
   </si>
   <si>
     <t>Vous devez compléter les cases vertes en fonction du dimensionnement du déploiement prévu, en cohérence avec les informations renseignées dans l’onglet "Prévisionnel – Déploiement".
 En cases D8, veuillez indiquer uniquement le nombre de personnes formées ou à former au titre de la subvention 2026.
 Les cases bleues se mettent à jour automatiquement lorsque vous renseignez les éléments demandés dans l’onglet "Prévisionnel – Déploiement" et que vous modifiez les cases oranges dans les différents onglets du modèle économique.</t>
   </si>
   <si>
     <t>MONTANT MAX - RENOUVELLEMENT PARTENARIAT</t>
   </si>
   <si>
     <t>1 collège ne peut candidater qu'avec un nimimum d'engagement de 2 classes (en année 1, 2 ou 3 et+)</t>
   </si>
   <si>
     <t xml:space="preserve">Supervision (1h)x2/an (visio) </t>
   </si>
   <si>
     <t xml:space="preserve">Impression - malette prévention </t>
-  </si>
-[...1 lines deleted...]
-    <t>NOMBRE TOTAL DE PERSONNES FORMEES DANS LA STRUCTURE AVANT 2025</t>
   </si>
   <si>
     <t>Année de formation</t>
   </si>
   <si>
     <t>Nom de l'organisme formateur</t>
   </si>
   <si>
     <t>Equipe éducative de l'établissement - Nombre de personnels enseignants à former</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Equipe éducative de l'établissement - Nombre de personnels </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="0"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>NON</t>
@@ -1086,50 +1077,59 @@
   <si>
     <t>COUT MOYEN max modèle économique mis à jour</t>
   </si>
   <si>
     <t>COUT UNITAIRE MAX - modèlé économique ARS</t>
   </si>
   <si>
     <t>Lieux de formation (réalisés ou prévisionnels)</t>
   </si>
   <si>
     <t>COUT MAX DEPLOIEMENT SEUILS ARS</t>
   </si>
   <si>
     <t xml:space="preserve">COUT MAX  PAR ANNEE DE DEPLOIEMENT HORS FORMATION : c’est-à-dire pour une mise en œuvre sur quatre classes, animée par un personel de prévention, dans deux collèges différents, situés en moyenne à une heure trente de distance de la structure de prévention (avec la prise en charge par l'employeur du repas de midi et un forfait déplacement à cent cinquante euros aller/retour, mutualisés pour 2 classes). </t>
   </si>
   <si>
     <t xml:space="preserve">Veuillez modifier les cellules oranges en fonction de l’éloignement  MOYEN prévisionnel entre les lieux d’intervention et la localisation de la structure de prévention (dans la limite des seuils définis/l'ARS). 
 Pour rappel, le temps moyen de déplacement est calculé automatiquement dans l’onglet « Prévisionnel – Déploiement », cellule D28.
 Les cellules relatives aux frais de déplacement doivent également être ajustées afin d’être cohérentes avec le temps prévisionnel  MOYEN de déplacement, en tenant compte de la mutualisation des frais pour au minium deux classes / établissement (cela toujours dans la limite des seuils définis/ l'ARS). </t>
   </si>
   <si>
     <t>MONTANT MAX SEUILS  ARS</t>
   </si>
   <si>
     <t>MONTANT MAX MODELE ECONOMIQUE  MIS A JOUR</t>
+  </si>
+  <si>
+    <t>NOMBRE TOTAL DE PERSONNES FORMEES avant 2025</t>
+  </si>
+  <si>
+    <t>NOMBRE TOTAL DE PERSONNES FORMEES DANS LA STRUCTURE sur la dotation 2025</t>
+  </si>
+  <si>
+    <t>NOMBRE TOTAL DE PERSONNES FORMEES / A FORMER sur la dotation 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0\ &quot;€&quot;_-;\-* #,##0\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0.0\ &quot;€&quot;_-;\-* #,##0.0\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
   </numFmts>
   <fonts count="30" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
@@ -1735,53 +1735,50 @@
     <xf numFmtId="1" fontId="0" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="22" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="14" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="14" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="0" fillId="4" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="0" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="10" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="15" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="15" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="15" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="14" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1982,50 +1979,54 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="13" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="12" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="14" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="12" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="12" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -2403,1485 +2404,1504 @@
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9876A030-1401-43AD-BC67-95991C196BA1}">
   <dimension ref="A1:M77"/>
   <sheetViews>
-    <sheetView topLeftCell="A19" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
-      <selection activeCell="D53" sqref="D53"/>
+    <sheetView zoomScale="67" zoomScaleNormal="55" workbookViewId="0">
+      <selection activeCell="B10" sqref="B10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="116.28515625" customWidth="1"/>
     <col min="2" max="2" width="35" customWidth="1"/>
     <col min="3" max="3" width="65.7109375" customWidth="1"/>
     <col min="4" max="4" width="38.42578125" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" customWidth="1"/>
     <col min="6" max="6" width="36.140625" customWidth="1"/>
     <col min="7" max="7" width="39.5703125" customWidth="1"/>
     <col min="8" max="8" width="27.140625" customWidth="1"/>
     <col min="9" max="9" width="24.28515625" customWidth="1"/>
     <col min="10" max="10" width="27" customWidth="1"/>
     <col min="11" max="11" width="33.140625" customWidth="1"/>
     <col min="12" max="12" width="31.85546875" customWidth="1"/>
     <col min="13" max="13" width="27.28515625" customWidth="1"/>
     <col min="15" max="15" width="35.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="26.25" x14ac:dyDescent="0.4">
       <c r="A1" s="55" t="s">
         <v>24</v>
       </c>
       <c r="B1" s="14"/>
-      <c r="C1" s="71" t="s">
+      <c r="C1" s="70" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="2" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="38" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="B2" s="14"/>
       <c r="C2" s="162" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
     </row>
     <row r="3" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A3" s="37" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B3" s="14"/>
       <c r="C3" s="162"/>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A4" s="37" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B4" s="14"/>
       <c r="C4" s="162"/>
     </row>
     <row r="5" spans="1:13" ht="112.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="45" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="B5" s="14"/>
       <c r="C5" s="162"/>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A6" s="98"/>
+      <c r="A6" s="97"/>
     </row>
     <row r="7" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A7" s="160" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B7" s="160"/>
       <c r="C7" s="160"/>
       <c r="D7" s="160"/>
       <c r="E7" s="160"/>
       <c r="F7" s="160"/>
       <c r="G7" s="160"/>
       <c r="H7" s="160"/>
       <c r="I7" s="160"/>
       <c r="J7" s="160"/>
       <c r="K7" s="160"/>
       <c r="L7" s="160"/>
       <c r="M7" s="160"/>
     </row>
-    <row r="8" spans="1:13" s="69" customFormat="1" ht="85.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="99" t="s">
+    <row r="8" spans="1:13" s="68" customFormat="1" ht="85.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="98" t="s">
         <v>44</v>
       </c>
-      <c r="B8" s="100" t="s">
+      <c r="B8" s="99" t="s">
         <v>45</v>
       </c>
-      <c r="C8" s="100" t="s">
+      <c r="C8" s="99" t="s">
         <v>46</v>
       </c>
-      <c r="D8" s="99" t="s">
-[...2 lines deleted...]
-      <c r="E8" s="100" t="s">
+      <c r="D8" s="98" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" s="99" t="s">
         <v>47</v>
       </c>
-      <c r="F8" s="99" t="s">
+      <c r="F8" s="98" t="s">
         <v>48</v>
       </c>
-      <c r="G8" s="99" t="s">
+      <c r="G8" s="98" t="s">
         <v>49</v>
       </c>
-      <c r="H8" s="99" t="s">
+      <c r="H8" s="98" t="s">
         <v>50</v>
       </c>
-      <c r="I8" s="99" t="s">
-[...5 lines deleted...]
-      <c r="K8" s="99" t="s">
+      <c r="I8" s="98" t="s">
+        <v>93</v>
+      </c>
+      <c r="J8" s="98" t="s">
+        <v>94</v>
+      </c>
+      <c r="K8" s="98" t="s">
+        <v>59</v>
+      </c>
+      <c r="L8" s="98" t="s">
+        <v>60</v>
+      </c>
+      <c r="M8" s="98" t="s">
         <v>61</v>
       </c>
-      <c r="L8" s="99" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="9" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A9" s="125"/>
-[...6 lines deleted...]
-      <c r="H9" s="64">
+      <c r="A9" s="124"/>
+      <c r="B9" s="124"/>
+      <c r="C9" s="125"/>
+      <c r="D9" s="125"/>
+      <c r="E9" s="125"/>
+      <c r="F9" s="125"/>
+      <c r="G9" s="125"/>
+      <c r="H9" s="63">
         <f>E9+F9+G9</f>
         <v>0</v>
       </c>
-      <c r="I9" s="129"/>
-[...3 lines deleted...]
-      <c r="M9" s="126"/>
+      <c r="I9" s="128"/>
+      <c r="J9" s="125"/>
+      <c r="K9" s="125"/>
+      <c r="L9" s="125"/>
+      <c r="M9" s="125">
+        <v>2</v>
+      </c>
     </row>
     <row r="10" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A10" s="127"/>
-[...6 lines deleted...]
-      <c r="H10" s="64">
+      <c r="A10" s="126"/>
+      <c r="B10" s="126"/>
+      <c r="C10" s="127"/>
+      <c r="D10" s="127"/>
+      <c r="E10" s="127"/>
+      <c r="F10" s="127"/>
+      <c r="G10" s="127"/>
+      <c r="H10" s="63">
         <f>E10+F10+G10</f>
         <v>0</v>
       </c>
-      <c r="I10" s="130"/>
-[...3 lines deleted...]
-      <c r="M10" s="128"/>
+      <c r="I10" s="129"/>
+      <c r="J10" s="127"/>
+      <c r="K10" s="127"/>
+      <c r="L10" s="127"/>
+      <c r="M10" s="127">
+        <v>2</v>
+      </c>
     </row>
     <row r="11" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A11" s="127"/>
-[...6 lines deleted...]
-      <c r="H11" s="64">
+      <c r="A11" s="126"/>
+      <c r="B11" s="126"/>
+      <c r="C11" s="127"/>
+      <c r="D11" s="127"/>
+      <c r="E11" s="127"/>
+      <c r="F11" s="127"/>
+      <c r="G11" s="127"/>
+      <c r="H11" s="63">
         <f>E11+F11+G11</f>
         <v>0</v>
       </c>
-      <c r="I11" s="130"/>
-[...3 lines deleted...]
-      <c r="M11" s="128"/>
+      <c r="I11" s="129"/>
+      <c r="J11" s="127"/>
+      <c r="K11" s="127"/>
+      <c r="L11" s="127"/>
+      <c r="M11" s="127">
+        <v>3</v>
+      </c>
     </row>
     <row r="12" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A12" s="127"/>
-[...6 lines deleted...]
-      <c r="H12" s="64">
+      <c r="A12" s="126"/>
+      <c r="B12" s="126"/>
+      <c r="C12" s="127"/>
+      <c r="D12" s="127"/>
+      <c r="E12" s="127"/>
+      <c r="F12" s="127"/>
+      <c r="G12" s="127"/>
+      <c r="H12" s="63">
         <f t="shared" ref="H12:H24" si="0">E12+F12+G12</f>
         <v>0</v>
       </c>
-      <c r="I12" s="130"/>
-[...3 lines deleted...]
-      <c r="M12" s="128"/>
+      <c r="I12" s="129"/>
+      <c r="J12" s="127"/>
+      <c r="K12" s="127"/>
+      <c r="L12" s="127"/>
+      <c r="M12" s="127">
+        <v>3</v>
+      </c>
     </row>
     <row r="13" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A13" s="127"/>
-[...6 lines deleted...]
-      <c r="H13" s="64">
+      <c r="A13" s="126"/>
+      <c r="B13" s="126"/>
+      <c r="C13" s="127"/>
+      <c r="D13" s="127"/>
+      <c r="E13" s="127"/>
+      <c r="F13" s="127"/>
+      <c r="G13" s="127"/>
+      <c r="H13" s="63">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="I13" s="130"/>
-[...3 lines deleted...]
-      <c r="M13" s="128"/>
+      <c r="I13" s="129"/>
+      <c r="J13" s="127"/>
+      <c r="K13" s="127"/>
+      <c r="L13" s="127"/>
+      <c r="M13" s="127">
+        <v>3</v>
+      </c>
     </row>
     <row r="14" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A14" s="127"/>
-[...6 lines deleted...]
-      <c r="H14" s="64">
+      <c r="A14" s="126"/>
+      <c r="B14" s="126"/>
+      <c r="C14" s="127"/>
+      <c r="D14" s="127"/>
+      <c r="E14" s="127"/>
+      <c r="F14" s="127"/>
+      <c r="G14" s="127"/>
+      <c r="H14" s="63">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="I14" s="130"/>
-[...3 lines deleted...]
-      <c r="M14" s="128"/>
+      <c r="I14" s="129"/>
+      <c r="J14" s="127"/>
+      <c r="K14" s="127"/>
+      <c r="L14" s="127"/>
+      <c r="M14" s="127">
+        <v>2</v>
+      </c>
     </row>
     <row r="15" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A15" s="127"/>
-[...6 lines deleted...]
-      <c r="H15" s="64">
+      <c r="A15" s="126"/>
+      <c r="B15" s="126"/>
+      <c r="C15" s="127"/>
+      <c r="D15" s="127"/>
+      <c r="E15" s="127"/>
+      <c r="F15" s="127"/>
+      <c r="G15" s="127"/>
+      <c r="H15" s="63">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="I15" s="130"/>
-[...3 lines deleted...]
-      <c r="M15" s="128"/>
+      <c r="I15" s="129"/>
+      <c r="J15" s="127"/>
+      <c r="K15" s="127"/>
+      <c r="L15" s="127"/>
+      <c r="M15" s="127">
+        <v>3</v>
+      </c>
     </row>
     <row r="16" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A16" s="127"/>
-[...6 lines deleted...]
-      <c r="H16" s="64">
+      <c r="A16" s="126"/>
+      <c r="B16" s="126"/>
+      <c r="C16" s="127"/>
+      <c r="D16" s="127"/>
+      <c r="E16" s="127"/>
+      <c r="F16" s="127"/>
+      <c r="G16" s="127"/>
+      <c r="H16" s="63">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="I16" s="130"/>
-[...3 lines deleted...]
-      <c r="M16" s="128"/>
+      <c r="I16" s="129"/>
+      <c r="J16" s="127"/>
+      <c r="K16" s="127"/>
+      <c r="L16" s="127"/>
+      <c r="M16" s="127"/>
     </row>
     <row r="17" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A17" s="127"/>
-[...6 lines deleted...]
-      <c r="H17" s="64">
+      <c r="A17" s="126"/>
+      <c r="B17" s="126"/>
+      <c r="C17" s="127"/>
+      <c r="D17" s="127"/>
+      <c r="E17" s="127"/>
+      <c r="F17" s="127"/>
+      <c r="G17" s="127"/>
+      <c r="H17" s="63">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="I17" s="130"/>
-[...3 lines deleted...]
-      <c r="M17" s="128"/>
+      <c r="I17" s="129"/>
+      <c r="J17" s="127"/>
+      <c r="K17" s="127"/>
+      <c r="L17" s="127"/>
+      <c r="M17" s="127"/>
     </row>
     <row r="18" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A18" s="127"/>
-[...6 lines deleted...]
-      <c r="H18" s="64">
+      <c r="A18" s="126"/>
+      <c r="B18" s="126"/>
+      <c r="C18" s="127"/>
+      <c r="D18" s="127"/>
+      <c r="E18" s="127"/>
+      <c r="F18" s="127"/>
+      <c r="G18" s="127"/>
+      <c r="H18" s="63">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="I18" s="130"/>
-[...3 lines deleted...]
-      <c r="M18" s="128"/>
+      <c r="I18" s="129"/>
+      <c r="J18" s="127"/>
+      <c r="K18" s="127"/>
+      <c r="L18" s="127"/>
+      <c r="M18" s="127"/>
     </row>
     <row r="19" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A19" s="127"/>
-[...6 lines deleted...]
-      <c r="H19" s="64">
+      <c r="A19" s="126"/>
+      <c r="B19" s="126"/>
+      <c r="C19" s="127"/>
+      <c r="D19" s="127"/>
+      <c r="E19" s="127"/>
+      <c r="F19" s="127"/>
+      <c r="G19" s="127"/>
+      <c r="H19" s="63">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="I19" s="130"/>
-[...3 lines deleted...]
-      <c r="M19" s="128"/>
+      <c r="I19" s="129"/>
+      <c r="J19" s="127"/>
+      <c r="K19" s="127"/>
+      <c r="L19" s="127"/>
+      <c r="M19" s="127"/>
     </row>
     <row r="20" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A20" s="127"/>
-[...6 lines deleted...]
-      <c r="H20" s="64">
+      <c r="A20" s="126"/>
+      <c r="B20" s="126"/>
+      <c r="C20" s="127"/>
+      <c r="D20" s="127"/>
+      <c r="E20" s="127"/>
+      <c r="F20" s="127"/>
+      <c r="G20" s="127"/>
+      <c r="H20" s="63">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="I20" s="130"/>
-[...3 lines deleted...]
-      <c r="M20" s="128"/>
+      <c r="I20" s="129"/>
+      <c r="J20" s="127"/>
+      <c r="K20" s="127"/>
+      <c r="L20" s="127"/>
+      <c r="M20" s="127"/>
     </row>
     <row r="21" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A21" s="127"/>
-[...6 lines deleted...]
-      <c r="H21" s="64">
+      <c r="A21" s="126"/>
+      <c r="B21" s="126"/>
+      <c r="C21" s="127"/>
+      <c r="D21" s="127"/>
+      <c r="E21" s="127"/>
+      <c r="F21" s="127"/>
+      <c r="G21" s="127"/>
+      <c r="H21" s="63">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="I21" s="130"/>
-[...3 lines deleted...]
-      <c r="M21" s="128"/>
+      <c r="I21" s="129"/>
+      <c r="J21" s="127"/>
+      <c r="K21" s="127"/>
+      <c r="L21" s="127"/>
+      <c r="M21" s="127"/>
     </row>
     <row r="22" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A22" s="127"/>
-[...6 lines deleted...]
-      <c r="H22" s="64">
+      <c r="A22" s="126"/>
+      <c r="B22" s="126"/>
+      <c r="C22" s="127"/>
+      <c r="D22" s="127"/>
+      <c r="E22" s="127"/>
+      <c r="F22" s="127"/>
+      <c r="G22" s="127"/>
+      <c r="H22" s="63">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="I22" s="130"/>
-[...3 lines deleted...]
-      <c r="M22" s="128"/>
+      <c r="I22" s="129"/>
+      <c r="J22" s="127"/>
+      <c r="K22" s="127"/>
+      <c r="L22" s="127"/>
+      <c r="M22" s="127"/>
     </row>
     <row r="23" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A23" s="127"/>
-[...6 lines deleted...]
-      <c r="H23" s="64">
+      <c r="A23" s="126"/>
+      <c r="B23" s="126"/>
+      <c r="C23" s="127"/>
+      <c r="D23" s="127"/>
+      <c r="E23" s="127"/>
+      <c r="F23" s="127"/>
+      <c r="G23" s="127"/>
+      <c r="H23" s="63">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="I23" s="130"/>
-[...3 lines deleted...]
-      <c r="M23" s="128"/>
+      <c r="I23" s="129"/>
+      <c r="J23" s="127"/>
+      <c r="K23" s="127"/>
+      <c r="L23" s="127"/>
+      <c r="M23" s="127"/>
     </row>
     <row r="24" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A24" s="127"/>
-[...6 lines deleted...]
-      <c r="H24" s="64">
+      <c r="A24" s="126"/>
+      <c r="B24" s="126"/>
+      <c r="C24" s="127"/>
+      <c r="D24" s="127"/>
+      <c r="E24" s="127"/>
+      <c r="F24" s="127"/>
+      <c r="G24" s="127"/>
+      <c r="H24" s="63">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="I24" s="130"/>
-[...3 lines deleted...]
-      <c r="M24" s="128"/>
+      <c r="I24" s="129"/>
+      <c r="J24" s="127"/>
+      <c r="K24" s="127"/>
+      <c r="L24" s="127"/>
+      <c r="M24" s="127"/>
     </row>
     <row r="25" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A25" s="158" t="s">
         <v>51</v>
       </c>
       <c r="B25" s="158"/>
       <c r="C25" s="158"/>
       <c r="D25" s="159"/>
       <c r="E25" s="1">
         <f>SUM(E9:E24)</f>
         <v>0</v>
       </c>
       <c r="F25" s="1">
         <f>SUM(F9:F24)</f>
         <v>0</v>
       </c>
       <c r="G25" s="1">
         <f>SUM(G9:G24)</f>
         <v>0</v>
       </c>
       <c r="H25" s="1">
         <f>SUM(H9:H24)</f>
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <f>SUM(I9:I24)</f>
         <v>0</v>
       </c>
       <c r="J25" s="1">
         <f t="shared" ref="J25" si="1">SUM(J9:J24)</f>
         <v>0</v>
       </c>
-      <c r="K25" s="65"/>
-[...1 lines deleted...]
-      <c r="M25" s="65"/>
+      <c r="K25" s="64"/>
+      <c r="L25" s="64"/>
+      <c r="M25" s="64"/>
     </row>
     <row r="27" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A27" s="87" t="s">
-[...2 lines deleted...]
-      <c r="B27" s="87" t="s">
+      <c r="A27" s="86" t="s">
+        <v>83</v>
+      </c>
+      <c r="B27" s="86" t="s">
         <v>52</v>
       </c>
-      <c r="C27" s="84" t="s">
+      <c r="C27" s="83" t="s">
         <v>54</v>
       </c>
-      <c r="D27" s="84" t="s">
+      <c r="D27" s="83" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="28" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A28" s="18" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="B28" s="85" t="e">
+        <v>71</v>
+      </c>
+      <c r="B28" s="84">
         <f>AVERAGE(M9:M24)</f>
-        <v>#DIV/0!</v>
-[...1 lines deleted...]
-      <c r="C28" s="86" t="e">
+        <v>2.5714285714285716</v>
+      </c>
+      <c r="C28" s="85">
         <f>B28/2</f>
-        <v>#DIV/0!</v>
-[...1 lines deleted...]
-      <c r="D28" s="119" t="e">
+        <v>1.2857142857142858</v>
+      </c>
+      <c r="D28" s="118">
         <f>C28*45</f>
-        <v>#DIV/0!</v>
+        <v>57.857142857142861</v>
       </c>
     </row>
     <row r="29" spans="1:13" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="124" t="s">
-[...3 lines deleted...]
-      <c r="C29" s="66">
+      <c r="A29" s="123" t="s">
+        <v>96</v>
+      </c>
+      <c r="B29" s="130"/>
+      <c r="C29" s="65">
         <v>20</v>
       </c>
-      <c r="D29" s="123">
+      <c r="D29" s="122">
         <f>C29*B29</f>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:13" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="163" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="B31" s="163"/>
       <c r="C31" s="163"/>
       <c r="D31" s="163"/>
     </row>
     <row r="32" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A32" s="120" t="s">
-[...9 lines deleted...]
-        <v>142</v>
+      <c r="A32" s="119" t="s">
+        <v>72</v>
+      </c>
+      <c r="B32" s="120" t="s">
+        <v>91</v>
+      </c>
+      <c r="C32" s="120" t="s">
+        <v>92</v>
+      </c>
+      <c r="D32" s="121" t="s">
+        <v>139</v>
       </c>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A33" s="126"/>
-[...2 lines deleted...]
-      <c r="D33" s="126"/>
+      <c r="A33" s="125"/>
+      <c r="B33" s="125"/>
+      <c r="C33" s="125"/>
+      <c r="D33" s="125"/>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A34" s="128"/>
-[...2 lines deleted...]
-      <c r="D34" s="128"/>
+      <c r="A34" s="127"/>
+      <c r="B34" s="127"/>
+      <c r="C34" s="127"/>
+      <c r="D34" s="127"/>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A35" s="128"/>
-[...2 lines deleted...]
-      <c r="D35" s="128"/>
+      <c r="A35" s="127"/>
+      <c r="B35" s="127"/>
+      <c r="C35" s="127"/>
+      <c r="D35" s="127"/>
     </row>
     <row r="36" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A36" s="128"/>
-[...2 lines deleted...]
-      <c r="D36" s="128"/>
+      <c r="A36" s="127"/>
+      <c r="B36" s="127"/>
+      <c r="C36" s="127"/>
+      <c r="D36" s="127"/>
     </row>
     <row r="37" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A37" s="128"/>
-[...2 lines deleted...]
-      <c r="D37" s="128"/>
+      <c r="A37" s="127"/>
+      <c r="B37" s="127"/>
+      <c r="C37" s="127"/>
+      <c r="D37" s="127"/>
     </row>
     <row r="38" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A38" s="128"/>
-[...2 lines deleted...]
-      <c r="D38" s="128"/>
+      <c r="A38" s="127"/>
+      <c r="B38" s="127"/>
+      <c r="C38" s="127"/>
+      <c r="D38" s="127"/>
     </row>
     <row r="39" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A39" s="128"/>
-[...2 lines deleted...]
-      <c r="D39" s="128"/>
+      <c r="A39" s="127"/>
+      <c r="B39" s="127"/>
+      <c r="C39" s="127"/>
+      <c r="D39" s="127"/>
     </row>
     <row r="40" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A40" s="54"/>
       <c r="B40" s="54"/>
       <c r="C40" s="54"/>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A41" s="48" t="s">
-        <v>57</v>
+        <v>159</v>
       </c>
       <c r="B41" s="48"/>
       <c r="C41" s="48"/>
-      <c r="D41" s="132"/>
+      <c r="D41" s="131"/>
     </row>
     <row r="43" spans="1:4" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="163" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="B43" s="163"/>
       <c r="C43" s="163"/>
       <c r="D43" s="163"/>
     </row>
-    <row r="44" spans="1:4" s="88" customFormat="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-        <v>142</v>
+    <row r="44" spans="1:4" s="87" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="119" t="s">
+        <v>72</v>
+      </c>
+      <c r="B44" s="120" t="s">
+        <v>62</v>
+      </c>
+      <c r="C44" s="120" t="s">
+        <v>144</v>
+      </c>
+      <c r="D44" s="121" t="s">
+        <v>139</v>
       </c>
     </row>
     <row r="45" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A45" s="126"/>
-[...2 lines deleted...]
-      <c r="D45" s="126"/>
+      <c r="A45" s="125"/>
+      <c r="B45" s="125"/>
+      <c r="C45" s="125"/>
+      <c r="D45" s="125"/>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A46" s="128"/>
-[...2 lines deleted...]
-      <c r="D46" s="128"/>
+      <c r="A46" s="127"/>
+      <c r="B46" s="127"/>
+      <c r="C46" s="127"/>
+      <c r="D46" s="127"/>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A47" s="128"/>
-[...2 lines deleted...]
-      <c r="D47" s="128"/>
+      <c r="A47" s="127"/>
+      <c r="B47" s="127"/>
+      <c r="C47" s="127"/>
+      <c r="D47" s="127"/>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A48" s="128"/>
-[...2 lines deleted...]
-      <c r="D48" s="128"/>
+      <c r="A48" s="127"/>
+      <c r="B48" s="127"/>
+      <c r="C48" s="127"/>
+      <c r="D48" s="127"/>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A49" s="128"/>
-[...2 lines deleted...]
-      <c r="D49" s="128"/>
+      <c r="A49" s="127"/>
+      <c r="B49" s="127"/>
+      <c r="C49" s="127"/>
+      <c r="D49" s="127"/>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A50" s="128"/>
-[...2 lines deleted...]
-      <c r="D50" s="128"/>
+      <c r="A50" s="127"/>
+      <c r="B50" s="127"/>
+      <c r="C50" s="127"/>
+      <c r="D50" s="127"/>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A51" s="128"/>
-[...2 lines deleted...]
-      <c r="D51" s="128"/>
+      <c r="A51" s="127"/>
+      <c r="B51" s="127"/>
+      <c r="C51" s="127"/>
+      <c r="D51" s="127"/>
     </row>
     <row r="52" spans="1:5" s="54" customFormat="1" x14ac:dyDescent="0.25">
       <c r="D52"/>
       <c r="E52"/>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="48" t="s">
-        <v>93</v>
+        <v>160</v>
       </c>
       <c r="B53" s="48"/>
       <c r="C53" s="48"/>
-      <c r="D53" s="132"/>
+      <c r="D53" s="131"/>
     </row>
     <row r="55" spans="1:5" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="161" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B55" s="161"/>
       <c r="C55" s="161"/>
       <c r="D55" s="161"/>
       <c r="E55" s="161"/>
     </row>
     <row r="56" spans="1:5" s="53" customFormat="1" ht="103.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="70" t="s">
-[...12 lines deleted...]
-        <v>105</v>
+      <c r="A56" s="69" t="s">
+        <v>73</v>
+      </c>
+      <c r="B56" s="67" t="s">
+        <v>63</v>
+      </c>
+      <c r="C56" s="67" t="s">
+        <v>153</v>
+      </c>
+      <c r="D56" s="67" t="s">
+        <v>74</v>
+      </c>
+      <c r="E56" s="67" t="s">
+        <v>102</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A57" s="126"/>
-[...3 lines deleted...]
-      <c r="E57" s="126"/>
+      <c r="A57" s="125"/>
+      <c r="B57" s="125"/>
+      <c r="C57" s="125"/>
+      <c r="D57" s="132"/>
+      <c r="E57" s="125"/>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A58" s="128"/>
-[...3 lines deleted...]
-      <c r="E58" s="128"/>
+      <c r="A58" s="127"/>
+      <c r="B58" s="127"/>
+      <c r="C58" s="127"/>
+      <c r="D58" s="133"/>
+      <c r="E58" s="127"/>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A59" s="128"/>
-[...3 lines deleted...]
-      <c r="E59" s="128"/>
+      <c r="A59" s="127"/>
+      <c r="B59" s="127"/>
+      <c r="C59" s="127"/>
+      <c r="D59" s="133"/>
+      <c r="E59" s="127"/>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A60" s="128"/>
-[...3 lines deleted...]
-      <c r="E60" s="128"/>
+      <c r="A60" s="127"/>
+      <c r="B60" s="127"/>
+      <c r="C60" s="127"/>
+      <c r="D60" s="133"/>
+      <c r="E60" s="127"/>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A61" s="128"/>
-[...3 lines deleted...]
-      <c r="E61" s="128"/>
+      <c r="A61" s="127"/>
+      <c r="B61" s="127"/>
+      <c r="C61" s="127"/>
+      <c r="D61" s="133"/>
+      <c r="E61" s="127"/>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A62" s="128"/>
-[...3 lines deleted...]
-      <c r="E62" s="128"/>
+      <c r="A62" s="127"/>
+      <c r="B62" s="127"/>
+      <c r="C62" s="127"/>
+      <c r="D62" s="133"/>
+      <c r="E62" s="127"/>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A63" s="128"/>
-[...3 lines deleted...]
-      <c r="E63" s="128"/>
+      <c r="A63" s="127"/>
+      <c r="B63" s="127"/>
+      <c r="C63" s="127"/>
+      <c r="D63" s="133"/>
+      <c r="E63" s="127"/>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A64" s="128"/>
-[...3 lines deleted...]
-      <c r="E64" s="128"/>
+      <c r="A64" s="127"/>
+      <c r="B64" s="127"/>
+      <c r="C64" s="127"/>
+      <c r="D64" s="133"/>
+      <c r="E64" s="127"/>
     </row>
     <row r="65" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A65" s="128"/>
-[...3 lines deleted...]
-      <c r="E65" s="128"/>
+      <c r="A65" s="127"/>
+      <c r="B65" s="127"/>
+      <c r="C65" s="127"/>
+      <c r="D65" s="133"/>
+      <c r="E65" s="127"/>
     </row>
     <row r="66" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A66" s="128"/>
-[...3 lines deleted...]
-      <c r="E66" s="128"/>
+      <c r="A66" s="127"/>
+      <c r="B66" s="127"/>
+      <c r="C66" s="127"/>
+      <c r="D66" s="133"/>
+      <c r="E66" s="127"/>
     </row>
     <row r="67" spans="1:6" x14ac:dyDescent="0.25">
       <c r="D67" s="47"/>
     </row>
     <row r="68" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A68" s="158" t="s">
-        <v>55</v>
+        <v>161</v>
       </c>
       <c r="B68" s="158"/>
       <c r="C68" s="159"/>
-      <c r="D68" s="132"/>
+      <c r="D68" s="131"/>
       <c r="E68" s="8" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="F68" s="72" t="e">
+        <v>55</v>
+      </c>
+      <c r="F68" s="71" t="e">
         <f>AVERAGE(E57:E66)</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="70" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A70" s="84" t="s">
-[...6 lines deleted...]
-        <v>110</v>
+      <c r="A70" s="83" t="s">
+        <v>105</v>
+      </c>
+      <c r="B70" s="114" t="s">
+        <v>106</v>
+      </c>
+      <c r="C70" s="114" t="s">
+        <v>107</v>
       </c>
     </row>
     <row r="71" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A71" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="B71" s="126"/>
-      <c r="C71" s="126"/>
+      <c r="B71" s="125"/>
+      <c r="C71" s="125"/>
     </row>
     <row r="72" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A72" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B72" s="128"/>
-      <c r="C72" s="128"/>
+      <c r="B72" s="127"/>
+      <c r="C72" s="127"/>
     </row>
     <row r="73" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A73" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="B73" s="128"/>
-      <c r="C73" s="128"/>
+      <c r="B73" s="127"/>
+      <c r="C73" s="127"/>
     </row>
     <row r="75" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A75" s="95" t="s">
-        <v>106</v>
+      <c r="A75" s="94" t="s">
+        <v>103</v>
       </c>
       <c r="B75" s="1">
         <f>I25+J25</f>
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A77" s="135" t="s">
-        <v>107</v>
+      <c r="A77" s="134" t="s">
+        <v>104</v>
       </c>
       <c r="B77" s="1">
         <f>D68+D53+D41</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection sheet="1" selectLockedCells="1"/>
   <mergeCells count="7">
     <mergeCell ref="A68:C68"/>
     <mergeCell ref="A25:D25"/>
     <mergeCell ref="A7:M7"/>
     <mergeCell ref="A55:E55"/>
     <mergeCell ref="C2:C5"/>
     <mergeCell ref="A31:D31"/>
     <mergeCell ref="A43:D43"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{421304C8-0A26-46DB-9ADC-DBD88B53052D}">
   <dimension ref="A1:F19"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="C13" sqref="C13"/>
+      <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="76" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31" customWidth="1"/>
     <col min="3" max="3" width="27.42578125" customWidth="1"/>
     <col min="4" max="4" width="28.5703125" style="14" customWidth="1"/>
     <col min="6" max="6" width="43.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="164" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="B1" s="164"/>
       <c r="C1" s="164"/>
       <c r="D1" s="164"/>
-      <c r="F1" s="89" t="s">
+      <c r="F1" s="88" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A2" s="76" t="s">
-[...2 lines deleted...]
-      <c r="B2" s="76" t="s">
+      <c r="A2" s="75" t="s">
+        <v>116</v>
+      </c>
+      <c r="B2" s="75" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="76" t="s">
+      <c r="C2" s="75" t="s">
         <v>1</v>
       </c>
-      <c r="D2" s="77" t="s">
+      <c r="D2" s="76" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="162" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="18" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="B3" s="83">
+        <v>76</v>
+      </c>
+      <c r="B3" s="82">
         <f>21</f>
         <v>21</v>
       </c>
       <c r="C3" s="22">
         <v>45</v>
       </c>
-      <c r="D3" s="80">
+      <c r="D3" s="79">
         <f t="shared" ref="D3:D4" si="0">C3*B3</f>
         <v>945</v>
       </c>
       <c r="F3" s="162"/>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A4" s="136" t="s">
+      <c r="A4" s="135" t="s">
         <v>43</v>
       </c>
-      <c r="B4" s="137">
+      <c r="B4" s="136">
         <v>6</v>
       </c>
       <c r="C4" s="15">
         <v>45</v>
       </c>
       <c r="D4" s="3">
         <f t="shared" si="0"/>
         <v>270</v>
       </c>
       <c r="F4" s="162"/>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B5" s="2">
         <v>7</v>
       </c>
       <c r="C5" s="15">
         <v>45</v>
       </c>
       <c r="D5" s="3">
         <f>C5*B5</f>
         <v>315</v>
       </c>
       <c r="F5" s="162"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="26" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B6" s="2">
         <f>(B5+B3+B4)*7/100</f>
         <v>2.38</v>
       </c>
       <c r="C6" s="15">
         <v>45</v>
       </c>
       <c r="D6" s="3">
         <f>C6*B6</f>
         <v>107.1</v>
       </c>
     </row>
     <row r="7" spans="1:6" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="16">
         <v>45</v>
       </c>
       <c r="D7" s="12">
         <f>SUM(D3:D6)</f>
         <v>1637.1</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="C8" s="9"/>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="164" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="B10" s="164"/>
       <c r="C10" s="164"/>
       <c r="D10" s="164"/>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A11" s="76" t="s">
-[...2 lines deleted...]
-      <c r="B11" s="76" t="s">
+      <c r="A11" s="75" t="s">
+        <v>145</v>
+      </c>
+      <c r="B11" s="75" t="s">
         <v>3</v>
       </c>
-      <c r="C11" s="76" t="s">
+      <c r="C11" s="75" t="s">
         <v>4</v>
       </c>
-      <c r="D11" s="77" t="s">
+      <c r="D11" s="76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A12" s="75" t="s">
+      <c r="A12" s="74" t="s">
         <v>7</v>
       </c>
-      <c r="B12" s="138">
+      <c r="B12" s="137">
         <v>120</v>
       </c>
-      <c r="C12" s="139">
+      <c r="C12" s="138">
         <v>3</v>
       </c>
       <c r="D12" s="42">
         <f>B12*C12</f>
         <v>360</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="57" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="B13" s="140">
+        <v>57</v>
+      </c>
+      <c r="B13" s="139">
         <v>20</v>
       </c>
-      <c r="C13" s="136">
+      <c r="C13" s="135">
         <v>3</v>
       </c>
       <c r="D13" s="13">
         <f>C13*B13</f>
         <v>60</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="57" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="B14" s="140">
+        <v>58</v>
+      </c>
+      <c r="B14" s="139">
         <v>25</v>
       </c>
-      <c r="C14" s="136">
+      <c r="C14" s="135">
         <v>3</v>
       </c>
       <c r="D14" s="13">
         <f>C14*B14</f>
         <v>75</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="57" t="s">
         <v>8</v>
       </c>
-      <c r="B15" s="140">
+      <c r="B15" s="139">
         <v>150</v>
       </c>
-      <c r="C15" s="136">
+      <c r="C15" s="135">
         <v>1</v>
       </c>
       <c r="D15" s="13">
         <f>C15*B15</f>
         <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="7" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B16" s="10">
         <f>D7*10/100</f>
         <v>163.71</v>
       </c>
       <c r="C16" s="1">
         <v>1</v>
       </c>
       <c r="D16" s="13">
         <f>C16*B16</f>
         <v>163.71</v>
       </c>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" s="27" t="s">
         <v>5</v>
       </c>
       <c r="B17" s="10"/>
       <c r="C17" s="1"/>
       <c r="D17" s="12">
         <f>SUM(D12:D16)</f>
         <v>808.71</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B18" s="11"/>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A19" s="8" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="B19" s="28">
         <f>D17+D7</f>
         <v>2445.81</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="F2:F5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3AD962C3-CDE2-4BD6-9614-4B71C4416CF2}">
   <dimension ref="A1:F18"/>
   <sheetViews>
     <sheetView zoomScale="77" workbookViewId="0">
-      <selection activeCell="C11" sqref="C11"/>
+      <selection activeCell="B13" sqref="B13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="76.140625" customWidth="1"/>
     <col min="2" max="2" width="31" customWidth="1"/>
     <col min="3" max="3" width="27.42578125" customWidth="1"/>
     <col min="4" max="4" width="28.5703125" customWidth="1"/>
     <col min="6" max="6" width="33.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="164" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="B1" s="164"/>
       <c r="C1" s="164"/>
       <c r="D1" s="164"/>
-      <c r="F1" s="89" t="s">
+      <c r="F1" s="88" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="2" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="76" t="s">
-[...2 lines deleted...]
-      <c r="B2" s="76" t="s">
+      <c r="A2" s="75" t="s">
+        <v>116</v>
+      </c>
+      <c r="B2" s="75" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="76" t="s">
+      <c r="C2" s="75" t="s">
         <v>1</v>
       </c>
-      <c r="D2" s="77" t="s">
+      <c r="D2" s="76" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="162" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="18" t="s">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="B3" s="83">
+        <v>120</v>
+      </c>
+      <c r="B3" s="82">
         <v>14</v>
       </c>
       <c r="C3" s="22">
         <v>45</v>
       </c>
-      <c r="D3" s="108">
+      <c r="D3" s="107">
         <f t="shared" ref="D3:D4" si="0">C3*B3</f>
         <v>630</v>
       </c>
       <c r="F3" s="162"/>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A4" s="59" t="s">
-[...2 lines deleted...]
-      <c r="B4" s="63">
+      <c r="A4" s="74" t="s">
+        <v>119</v>
+      </c>
+      <c r="B4" s="136">
         <v>12</v>
       </c>
-      <c r="C4" s="22">
+      <c r="C4" s="157">
         <v>45</v>
       </c>
-      <c r="D4" s="109">
+      <c r="D4" s="108">
         <f t="shared" si="0"/>
         <v>540</v>
       </c>
       <c r="F4" s="162"/>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B5" s="2">
         <v>2</v>
       </c>
       <c r="C5" s="15">
         <v>45</v>
       </c>
-      <c r="D5" s="109">
+      <c r="D5" s="108">
         <f>C5*B5</f>
         <v>90</v>
       </c>
       <c r="F5" s="162"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="26" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B6" s="2">
         <f>(B5+B3+B4)*7/100</f>
         <v>1.96</v>
       </c>
       <c r="C6" s="15">
         <v>45</v>
       </c>
-      <c r="D6" s="109">
+      <c r="D6" s="108">
         <f>C6*B6</f>
         <v>88.2</v>
       </c>
       <c r="F6" s="162"/>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="16"/>
-      <c r="D7" s="110">
+      <c r="D7" s="109">
         <f>SUM(D3:D6)</f>
         <v>1348.2</v>
       </c>
       <c r="F7" s="162"/>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="F8" s="162"/>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="164" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="B9" s="164"/>
       <c r="C9" s="164"/>
       <c r="D9" s="164"/>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A10" s="76" t="s">
-[...2 lines deleted...]
-      <c r="B10" s="76" t="s">
+      <c r="A10" s="75" t="s">
+        <v>145</v>
+      </c>
+      <c r="B10" s="75" t="s">
         <v>3</v>
       </c>
-      <c r="C10" s="76" t="s">
+      <c r="C10" s="75" t="s">
         <v>4</v>
       </c>
-      <c r="D10" s="77" t="s">
+      <c r="D10" s="76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A11" s="75" t="s">
+      <c r="A11" s="74" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="138">
+      <c r="B11" s="137">
         <v>120</v>
       </c>
-      <c r="C11" s="139">
+      <c r="C11" s="138">
         <v>2</v>
       </c>
       <c r="D11" s="58">
         <f>B11*C11</f>
         <v>240</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="57" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="B12" s="140">
+        <v>57</v>
+      </c>
+      <c r="B12" s="139">
         <v>20</v>
       </c>
-      <c r="C12" s="136">
+      <c r="C12" s="135">
         <v>2</v>
       </c>
-      <c r="D12" s="113">
+      <c r="D12" s="112">
         <f>C12*B12</f>
         <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="57" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="B13" s="140">
+        <v>58</v>
+      </c>
+      <c r="B13" s="139">
         <v>25</v>
       </c>
-      <c r="C13" s="136">
+      <c r="C13" s="135">
         <v>2</v>
       </c>
-      <c r="D13" s="113">
+      <c r="D13" s="112">
         <f>C13*B13</f>
         <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="57" t="s">
         <v>8</v>
       </c>
-      <c r="B14" s="140">
+      <c r="B14" s="139">
         <v>150</v>
       </c>
-      <c r="C14" s="136">
+      <c r="C14" s="135">
         <v>2</v>
       </c>
-      <c r="D14" s="113">
+      <c r="D14" s="112">
         <f>C14*B14</f>
         <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="61" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B15" s="62">
         <f>D7*10/100</f>
         <v>134.82</v>
       </c>
       <c r="C15" s="1">
         <v>1</v>
       </c>
       <c r="D15" s="13">
         <f>C15*B15</f>
         <v>134.82</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B16" s="10"/>
       <c r="C16" s="1"/>
       <c r="D16" s="12">
         <f>SUM(D11:D15)</f>
         <v>764.81999999999994</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" s="8" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="B18" s="28">
         <f>D16+D7</f>
         <v>2113.02</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="F2:F8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C940A67C-4C7F-4ED9-BED6-249CB9E02195}">
   <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="77.140625" customWidth="1"/>
     <col min="2" max="2" width="31" customWidth="1"/>
     <col min="3" max="3" width="27.42578125" customWidth="1"/>
     <col min="4" max="4" width="28.5703125" customWidth="1"/>
     <col min="6" max="6" width="33" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1" s="164" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B1" s="164"/>
       <c r="C1" s="164"/>
       <c r="D1" s="164"/>
-      <c r="F1" s="89" t="s">
+      <c r="F1" s="88" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="76" t="s">
-[...2 lines deleted...]
-      <c r="B2" s="76" t="s">
+      <c r="A2" s="75" t="s">
+        <v>116</v>
+      </c>
+      <c r="B2" s="75" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="76" t="s">
+      <c r="C2" s="75" t="s">
         <v>1</v>
       </c>
-      <c r="D2" s="77" t="s">
+      <c r="D2" s="76" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="162" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A3" s="79" t="s">
-[...2 lines deleted...]
-      <c r="B3" s="79">
+      <c r="A3" s="78" t="s">
+        <v>122</v>
+      </c>
+      <c r="B3" s="78">
         <v>6</v>
       </c>
       <c r="C3" s="24">
         <v>45</v>
       </c>
-      <c r="D3" s="80">
+      <c r="D3" s="79">
         <f>C3*B3</f>
         <v>270</v>
       </c>
       <c r="F3" s="162"/>
     </row>
-    <row r="4" spans="1:8" s="93" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:8" s="92" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A4" s="26" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="B4" s="26">
         <v>6</v>
       </c>
-      <c r="C4" s="91">
+      <c r="C4" s="90">
         <v>45</v>
       </c>
-      <c r="D4" s="92">
+      <c r="D4" s="91">
         <f>C4*B4</f>
         <v>270</v>
       </c>
       <c r="E4"/>
       <c r="F4" s="162"/>
       <c r="G4"/>
       <c r="H4"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A5" s="26" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B5" s="26">
         <v>8</v>
       </c>
       <c r="C5" s="24">
         <v>45</v>
       </c>
       <c r="D5" s="3">
         <f t="shared" ref="D5:D10" si="0">C5*B5</f>
         <v>360</v>
       </c>
       <c r="F5" s="162"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A6" s="26" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="26">
         <v>3</v>
       </c>
       <c r="C6" s="24">
         <v>45</v>
       </c>
       <c r="D6" s="3">
         <f t="shared" si="0"/>
@@ -3914,1092 +3934,1092 @@
       <c r="C8" s="24">
         <v>45</v>
       </c>
       <c r="D8" s="3">
         <f t="shared" si="0"/>
         <v>202.5</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A9" s="26" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="26">
         <v>14</v>
       </c>
       <c r="C9" s="24">
         <v>45</v>
       </c>
       <c r="D9" s="3">
         <f t="shared" si="0"/>
         <v>630</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A10" s="26" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B10" s="26">
         <f>(B3+B4+B5+B6+B7+B8+B9)*7/100</f>
         <v>3.1150000000000002</v>
       </c>
       <c r="C10" s="24">
         <f>C7</f>
         <v>45</v>
       </c>
       <c r="D10" s="3">
         <f t="shared" si="0"/>
         <v>140.17500000000001</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="B11" s="111">
+      <c r="B11" s="110">
         <f>SUM(B3:B10)</f>
         <v>47.615000000000002</v>
       </c>
       <c r="C11" s="25"/>
       <c r="D11" s="12">
         <f>SUM(D3:D10)</f>
         <v>2142.6750000000002</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A13" s="164" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B13" s="164"/>
       <c r="C13" s="164"/>
       <c r="D13" s="164"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A14" s="76" t="s">
-[...2 lines deleted...]
-      <c r="B14" s="76" t="s">
+      <c r="A14" s="75" t="s">
+        <v>145</v>
+      </c>
+      <c r="B14" s="75" t="s">
         <v>3</v>
       </c>
-      <c r="C14" s="76" t="s">
+      <c r="C14" s="75" t="s">
         <v>4</v>
       </c>
-      <c r="D14" s="77" t="s">
+      <c r="D14" s="76" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="15" spans="1:8" s="93" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:8" s="92" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A15" s="59" t="s">
         <v>27</v>
       </c>
       <c r="B15" s="60">
         <v>150</v>
       </c>
       <c r="C15" s="59">
         <v>2</v>
       </c>
-      <c r="D15" s="90">
+      <c r="D15" s="89">
         <f>B15*C15</f>
         <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" s="7" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B16" s="17">
         <f>D11*10/100</f>
         <v>214.26750000000001</v>
       </c>
       <c r="C16" s="1">
         <v>1</v>
       </c>
       <c r="D16" s="13">
         <f>B16*C16</f>
         <v>214.26750000000001</v>
       </c>
     </row>
-    <row r="17" spans="1:4" s="93" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:4" s="92" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A17" s="61" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="B17" s="62">
         <v>20</v>
       </c>
       <c r="C17" s="61">
         <v>2</v>
       </c>
-      <c r="D17" s="116">
+      <c r="D17" s="115">
         <f>C17*B17</f>
         <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" s="27" t="s">
         <v>5</v>
       </c>
       <c r="B18" s="10"/>
       <c r="C18" s="1"/>
       <c r="D18" s="12">
         <f>SUM(D15:D17)</f>
         <v>554.26750000000004</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A20" s="95" t="s">
-[...2 lines deleted...]
-      <c r="B20" s="96">
+      <c r="A20" s="94" t="s">
+        <v>150</v>
+      </c>
+      <c r="B20" s="95">
         <f>D11+D18</f>
         <v>2696.9425000000001</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B21" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A13:D13"/>
     <mergeCell ref="F2:F6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{61904902-3476-408E-8553-27E3953B719E}">
   <dimension ref="A1:F87"/>
   <sheetViews>
-    <sheetView topLeftCell="A52" zoomScale="89" zoomScaleNormal="89" workbookViewId="0">
-      <selection activeCell="B45" sqref="B45"/>
+    <sheetView topLeftCell="A58" zoomScale="89" zoomScaleNormal="89" workbookViewId="0">
+      <selection activeCell="A57" sqref="A57"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="77.140625" customWidth="1"/>
     <col min="2" max="2" width="31" customWidth="1"/>
     <col min="3" max="3" width="27.42578125" customWidth="1"/>
     <col min="4" max="4" width="28.5703125" customWidth="1"/>
     <col min="6" max="6" width="62.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="165" t="s">
         <v>41</v>
       </c>
       <c r="B1" s="166"/>
       <c r="C1" s="166"/>
       <c r="D1" s="166"/>
-      <c r="F1" s="94" t="s">
+      <c r="F1" s="93" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="2" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="164" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="B2" s="164"/>
       <c r="C2" s="164"/>
       <c r="D2" s="164"/>
       <c r="F2" s="162" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A3" s="76" t="s">
-[...2 lines deleted...]
-      <c r="B3" s="76" t="s">
+      <c r="A3" s="75" t="s">
+        <v>116</v>
+      </c>
+      <c r="B3" s="75" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="76" t="s">
+      <c r="C3" s="75" t="s">
         <v>1</v>
       </c>
-      <c r="D3" s="77" t="s">
+      <c r="D3" s="76" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="162"/>
     </row>
     <row r="4" spans="1:6" ht="60" x14ac:dyDescent="0.25">
-      <c r="A4" s="78" t="s">
-[...2 lines deleted...]
-      <c r="B4" s="79">
+      <c r="A4" s="77" t="s">
+        <v>124</v>
+      </c>
+      <c r="B4" s="78">
         <v>25</v>
       </c>
       <c r="C4" s="24">
         <v>45</v>
       </c>
-      <c r="D4" s="80">
+      <c r="D4" s="79">
         <f>C4*B4</f>
         <v>1125</v>
       </c>
       <c r="F4" s="162"/>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A5" s="141" t="s">
-[...2 lines deleted...]
-      <c r="B5" s="142">
+      <c r="A5" s="140" t="s">
+        <v>123</v>
+      </c>
+      <c r="B5" s="141">
         <v>6</v>
       </c>
       <c r="C5" s="24">
         <v>45</v>
       </c>
       <c r="D5" s="3">
         <f>C5*B5</f>
         <v>270</v>
       </c>
       <c r="F5" s="162"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="26" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B6" s="43">
         <f>(B4+B5)*7/100</f>
         <v>2.17</v>
       </c>
       <c r="C6" s="24">
         <v>45</v>
       </c>
       <c r="D6" s="3">
         <f>C6*B6</f>
         <v>97.649999999999991</v>
       </c>
       <c r="F6" s="162"/>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="25"/>
       <c r="D7" s="12">
         <f>SUM(D4:D6)</f>
         <v>1492.65</v>
       </c>
       <c r="F7" s="162"/>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="F8" s="162"/>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="164" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B9" s="164"/>
       <c r="C9" s="164"/>
       <c r="D9" s="164"/>
       <c r="F9" s="162"/>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A10" s="76" t="s">
-[...2 lines deleted...]
-      <c r="B10" s="76" t="s">
+      <c r="A10" s="75" t="s">
+        <v>145</v>
+      </c>
+      <c r="B10" s="75" t="s">
         <v>3</v>
       </c>
-      <c r="C10" s="76" t="s">
+      <c r="C10" s="75" t="s">
         <v>4</v>
       </c>
-      <c r="D10" s="77" t="s">
+      <c r="D10" s="76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A11" s="139" t="s">
+      <c r="A11" s="138" t="s">
         <v>27</v>
       </c>
-      <c r="B11" s="143">
+      <c r="B11" s="142">
         <v>150</v>
       </c>
       <c r="C11" s="18">
         <v>2</v>
       </c>
       <c r="D11" s="42">
         <f>B11*C11</f>
         <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="7" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B12" s="42">
         <f>D7*10/100</f>
         <v>149.26499999999999</v>
       </c>
       <c r="C12" s="1">
         <v>1</v>
       </c>
       <c r="D12" s="13">
         <f>B12*C12</f>
         <v>149.26499999999999</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="27" t="s">
         <v>5</v>
       </c>
       <c r="B13" s="10"/>
       <c r="C13" s="1"/>
       <c r="D13" s="12">
         <f>SUM(D11:D12)</f>
         <v>449.26499999999999</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="29" t="s">
         <v>2</v>
       </c>
       <c r="B15" s="30">
         <f>D7+D13</f>
         <v>1941.915</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="21" x14ac:dyDescent="0.25">
       <c r="A17" s="167" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B17" s="168"/>
       <c r="C17" s="168"/>
       <c r="D17" s="168"/>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" s="164" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B18" s="164"/>
       <c r="C18" s="164"/>
       <c r="D18" s="164"/>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A19" s="76" t="s">
-[...2 lines deleted...]
-      <c r="B19" s="76" t="s">
+      <c r="A19" s="75" t="s">
+        <v>116</v>
+      </c>
+      <c r="B19" s="75" t="s">
         <v>0</v>
       </c>
-      <c r="C19" s="76" t="s">
+      <c r="C19" s="75" t="s">
         <v>18</v>
       </c>
-      <c r="D19" s="77" t="s">
+      <c r="D19" s="76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4" ht="60" x14ac:dyDescent="0.25">
-      <c r="A20" s="78" t="s">
-[...2 lines deleted...]
-      <c r="B20" s="79">
+      <c r="A20" s="77" t="s">
+        <v>125</v>
+      </c>
+      <c r="B20" s="78">
         <v>10</v>
       </c>
       <c r="C20" s="24">
         <v>45</v>
       </c>
-      <c r="D20" s="80">
+      <c r="D20" s="79">
         <f>C20*B20</f>
         <v>450</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A21" s="144" t="s">
+      <c r="A21" s="143" t="s">
         <v>31</v>
       </c>
-      <c r="B21" s="145">
+      <c r="B21" s="144">
         <v>6</v>
       </c>
       <c r="C21" s="24">
         <v>45</v>
       </c>
       <c r="D21" s="3">
         <f>C21*B21</f>
         <v>270</v>
       </c>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A22" s="26" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B22" s="44">
         <f>(B20+B21)*7/100</f>
         <v>1.1200000000000001</v>
       </c>
       <c r="C22" s="24">
         <v>45</v>
       </c>
       <c r="D22" s="3">
         <f>C22*B22</f>
         <v>50.400000000000006</v>
       </c>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B23" s="5"/>
       <c r="C23" s="25"/>
       <c r="D23" s="12">
         <f>SUM(D20:D22)</f>
         <v>770.4</v>
       </c>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A25" s="169" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B25" s="169"/>
       <c r="C25" s="169"/>
       <c r="D25" s="169"/>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A26" s="76" t="s">
-        <v>148</v>
+      <c r="A26" s="75" t="s">
+        <v>145</v>
       </c>
       <c r="B26" s="19" t="s">
         <v>3</v>
       </c>
       <c r="C26" s="20" t="s">
         <v>4</v>
       </c>
       <c r="D26" s="21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="136" t="s">
+      <c r="A27" s="135" t="s">
         <v>28</v>
       </c>
-      <c r="B27" s="143">
+      <c r="B27" s="142">
         <v>150</v>
       </c>
       <c r="C27" s="1">
         <v>2</v>
       </c>
       <c r="D27" s="13">
         <f>B27*C27</f>
         <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="7" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B28" s="42">
         <f>D23*10/100</f>
         <v>77.040000000000006</v>
       </c>
       <c r="C28" s="1">
         <v>1</v>
       </c>
       <c r="D28" s="13">
         <f>B28*C28</f>
         <v>77.040000000000006</v>
       </c>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" s="27" t="s">
         <v>5</v>
       </c>
       <c r="B29" s="10"/>
       <c r="C29" s="1"/>
       <c r="D29" s="12">
         <f>SUM(D27:D28)</f>
         <v>377.04</v>
       </c>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A31" s="40" t="s">
         <v>2</v>
       </c>
       <c r="B31" s="41">
         <f>D23+D29</f>
         <v>1147.44</v>
       </c>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A33" s="170" t="s">
         <v>16</v>
       </c>
       <c r="B33" s="171"/>
       <c r="C33" s="171"/>
       <c r="D33" s="171"/>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A34" s="164" t="s">
         <v>23</v>
       </c>
       <c r="B34" s="164"/>
       <c r="C34" s="164"/>
       <c r="D34" s="164"/>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A35" s="76" t="s">
-[...2 lines deleted...]
-      <c r="B35" s="76" t="s">
+      <c r="A35" s="75" t="s">
+        <v>116</v>
+      </c>
+      <c r="B35" s="75" t="s">
         <v>0</v>
       </c>
-      <c r="C35" s="76" t="s">
+      <c r="C35" s="75" t="s">
         <v>18</v>
       </c>
-      <c r="D35" s="77" t="s">
+      <c r="D35" s="76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4" ht="30" x14ac:dyDescent="0.25">
-      <c r="A36" s="114" t="s">
-[...2 lines deleted...]
-      <c r="B36" s="79">
+      <c r="A36" s="113" t="s">
+        <v>130</v>
+      </c>
+      <c r="B36" s="78">
         <f>6.5+1.5</f>
         <v>8</v>
       </c>
       <c r="C36" s="24">
         <v>45</v>
       </c>
-      <c r="D36" s="80">
+      <c r="D36" s="79">
         <f>C36*B36</f>
         <v>360</v>
       </c>
     </row>
     <row r="37" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A37" s="23" t="s">
         <v>32</v>
       </c>
       <c r="B37" s="26">
         <f>13+6.5</f>
         <v>19.5</v>
       </c>
       <c r="C37" s="24">
         <v>45</v>
       </c>
       <c r="D37" s="3">
         <f>C37*B37</f>
         <v>877.5</v>
       </c>
     </row>
     <row r="38" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A38" s="146" t="s">
+      <c r="A38" s="145" t="s">
         <v>34</v>
       </c>
-      <c r="B38" s="145">
+      <c r="B38" s="144">
         <f>1.5*13</f>
         <v>19.5</v>
       </c>
       <c r="C38" s="24">
         <v>45</v>
       </c>
       <c r="D38" s="3">
         <f>C38*B38</f>
         <v>877.5</v>
       </c>
     </row>
-    <row r="39" spans="1:4" s="93" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:4" s="92" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A39" s="23" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="B39" s="26">
         <v>1</v>
       </c>
-      <c r="C39" s="91">
+      <c r="C39" s="90">
         <v>45</v>
       </c>
       <c r="D39" s="3">
         <f>C39*B39</f>
         <v>45</v>
       </c>
     </row>
     <row r="40" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A40" s="26" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B40" s="44">
         <f>(B36+B37+B38+B39)*7/100</f>
         <v>3.36</v>
       </c>
       <c r="C40" s="24">
         <v>45</v>
       </c>
       <c r="D40" s="3">
         <f>C40*B40</f>
         <v>151.19999999999999</v>
       </c>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B41" s="5"/>
       <c r="C41" s="25"/>
       <c r="D41" s="12">
         <f>SUM(D36:D40)</f>
         <v>2311.1999999999998</v>
       </c>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A43" s="164" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B43" s="164"/>
       <c r="C43" s="164"/>
       <c r="D43" s="164"/>
     </row>
     <row r="44" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A44" s="76" t="s">
-[...2 lines deleted...]
-      <c r="B44" s="76" t="s">
+      <c r="A44" s="75" t="s">
+        <v>145</v>
+      </c>
+      <c r="B44" s="75" t="s">
         <v>3</v>
       </c>
-      <c r="C44" s="76" t="s">
+      <c r="C44" s="75" t="s">
         <v>4</v>
       </c>
-      <c r="D44" s="77" t="s">
+      <c r="D44" s="76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A45" s="139" t="s">
+      <c r="A45" s="138" t="s">
         <v>8</v>
       </c>
-      <c r="B45" s="138">
+      <c r="B45" s="137">
         <v>75</v>
       </c>
       <c r="C45" s="18">
         <v>13</v>
       </c>
       <c r="D45" s="42">
         <f>B45*C45</f>
         <v>975</v>
       </c>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A46" s="7" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="B46" s="90">
+        <v>90</v>
+      </c>
+      <c r="B46" s="89">
         <v>30</v>
       </c>
       <c r="C46" s="1">
         <v>1</v>
       </c>
       <c r="D46" s="13">
         <f>B46*C46</f>
         <v>30</v>
       </c>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A47" s="7" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B47" s="42">
         <f>D41*10/100</f>
         <v>231.12</v>
       </c>
       <c r="C47" s="1">
         <v>1</v>
       </c>
       <c r="D47" s="13">
         <f>B47*C47</f>
         <v>231.12</v>
       </c>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A48" s="27" t="s">
         <v>5</v>
       </c>
       <c r="B48" s="10"/>
       <c r="C48" s="1"/>
       <c r="D48" s="12">
         <f>SUM(D45:D47)</f>
         <v>1236.1199999999999</v>
       </c>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A50" s="31" t="s">
         <v>5</v>
       </c>
       <c r="B50" s="32">
         <f>D41+D48</f>
         <v>3547.3199999999997</v>
       </c>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A52" s="172" t="s">
         <v>17</v>
       </c>
       <c r="B52" s="173"/>
       <c r="C52" s="173"/>
       <c r="D52" s="173"/>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A53" s="164" t="s">
         <v>23</v>
       </c>
       <c r="B53" s="164"/>
       <c r="C53" s="164"/>
       <c r="D53" s="164"/>
     </row>
     <row r="54" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A54" s="76" t="s">
-[...2 lines deleted...]
-      <c r="B54" s="76" t="s">
+      <c r="A54" s="75" t="s">
+        <v>116</v>
+      </c>
+      <c r="B54" s="75" t="s">
         <v>0</v>
       </c>
-      <c r="C54" s="76" t="s">
+      <c r="C54" s="75" t="s">
         <v>18</v>
       </c>
-      <c r="D54" s="77" t="s">
+      <c r="D54" s="76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A55" s="81" t="s">
-[...2 lines deleted...]
-      <c r="B55" s="82">
+      <c r="A55" s="80" t="s">
+        <v>129</v>
+      </c>
+      <c r="B55" s="81">
         <v>6.5</v>
       </c>
       <c r="C55" s="24">
         <v>45</v>
       </c>
-      <c r="D55" s="80">
+      <c r="D55" s="79">
         <f>C55*B55</f>
         <v>292.5</v>
       </c>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A56" s="23" t="s">
         <v>33</v>
       </c>
       <c r="B56" s="44">
         <f>7+3.5</f>
         <v>10.5</v>
       </c>
       <c r="C56" s="24">
         <v>45</v>
       </c>
       <c r="D56" s="3">
         <f>C56*B56</f>
         <v>472.5</v>
       </c>
     </row>
     <row r="57" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A57" s="146" t="s">
+      <c r="A57" s="145" t="s">
         <v>34</v>
       </c>
-      <c r="B57" s="147">
+      <c r="B57" s="146">
         <f>7*1.5</f>
         <v>10.5</v>
       </c>
       <c r="C57" s="24">
         <v>45</v>
       </c>
       <c r="D57" s="3">
         <f t="shared" ref="D57:D59" si="0">C57*B57</f>
         <v>472.5</v>
       </c>
     </row>
-    <row r="58" spans="1:4" s="93" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:4" s="92" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A58" s="23" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="B58" s="46">
         <v>1</v>
       </c>
       <c r="C58" s="24">
         <v>45</v>
       </c>
       <c r="D58" s="3">
         <f t="shared" si="0"/>
         <v>45</v>
       </c>
     </row>
     <row r="59" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A59" s="26" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B59" s="46">
         <f>(B56+B55+B57+B58)*7/100</f>
         <v>1.9950000000000001</v>
       </c>
       <c r="C59" s="24">
         <v>45</v>
       </c>
       <c r="D59" s="3">
         <f t="shared" si="0"/>
         <v>89.775000000000006</v>
       </c>
     </row>
     <row r="60" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A60" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B60" s="5"/>
       <c r="C60" s="25"/>
       <c r="D60" s="12">
         <f>SUM(D55:D59)</f>
         <v>1372.2750000000001</v>
       </c>
     </row>
     <row r="62" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A62" s="164" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B62" s="164"/>
       <c r="C62" s="164"/>
       <c r="D62" s="164"/>
     </row>
     <row r="63" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A63" s="76" t="s">
-[...2 lines deleted...]
-      <c r="B63" s="76" t="s">
+      <c r="A63" s="75" t="s">
+        <v>145</v>
+      </c>
+      <c r="B63" s="75" t="s">
         <v>3</v>
       </c>
-      <c r="C63" s="76" t="s">
+      <c r="C63" s="75" t="s">
         <v>4</v>
       </c>
-      <c r="D63" s="77" t="s">
+      <c r="D63" s="76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A64" s="139" t="s">
+      <c r="A64" s="138" t="s">
         <v>27</v>
       </c>
-      <c r="B64" s="138">
+      <c r="B64" s="137">
         <v>75</v>
       </c>
       <c r="C64" s="18">
         <v>7</v>
       </c>
       <c r="D64" s="42">
         <f>B64*C64</f>
         <v>525</v>
       </c>
     </row>
     <row r="65" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A65" s="7" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B65" s="17">
         <f>D60*10/100</f>
         <v>137.22749999999999</v>
       </c>
       <c r="C65" s="1">
         <v>1</v>
       </c>
       <c r="D65" s="13">
         <f>B65*C65</f>
         <v>137.22749999999999</v>
       </c>
     </row>
     <row r="66" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A66" s="27" t="s">
         <v>5</v>
       </c>
       <c r="B66" s="10"/>
       <c r="C66" s="1"/>
       <c r="D66" s="12">
         <f>SUM(D64:D65)</f>
         <v>662.22749999999996</v>
       </c>
     </row>
     <row r="68" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A68" s="33" t="s">
         <v>2</v>
       </c>
       <c r="B68" s="34">
         <f>D60+D66</f>
         <v>2034.5025000000001</v>
       </c>
     </row>
     <row r="71" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A71" s="174" t="s">
         <v>19</v>
       </c>
       <c r="B71" s="175"/>
       <c r="C71" s="175"/>
       <c r="D71" s="175"/>
     </row>
     <row r="72" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A72" s="164" t="s">
         <v>23</v>
       </c>
       <c r="B72" s="164"/>
       <c r="C72" s="164"/>
       <c r="D72" s="164"/>
     </row>
     <row r="73" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A73" s="76" t="s">
-[...2 lines deleted...]
-      <c r="B73" s="76" t="s">
+      <c r="A73" s="75" t="s">
+        <v>116</v>
+      </c>
+      <c r="B73" s="75" t="s">
         <v>0</v>
       </c>
-      <c r="C73" s="76" t="s">
+      <c r="C73" s="75" t="s">
         <v>18</v>
       </c>
-      <c r="D73" s="77" t="s">
+      <c r="D73" s="76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A74" s="81" t="s">
-[...2 lines deleted...]
-      <c r="B74" s="79">
+      <c r="A74" s="80" t="s">
+        <v>131</v>
+      </c>
+      <c r="B74" s="78">
         <v>6.5</v>
       </c>
       <c r="C74" s="24">
         <v>45</v>
       </c>
-      <c r="D74" s="80">
+      <c r="D74" s="79">
         <f>C74*B74</f>
         <v>292.5</v>
       </c>
     </row>
     <row r="75" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A75" s="23" t="s">
         <v>35</v>
       </c>
       <c r="B75" s="26">
         <f>4+2</f>
         <v>6</v>
       </c>
       <c r="C75" s="24">
         <v>45</v>
       </c>
       <c r="D75" s="3">
         <f>C75*B75</f>
         <v>270</v>
       </c>
     </row>
     <row r="76" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A76" s="146" t="s">
+      <c r="A76" s="145" t="s">
         <v>34</v>
       </c>
-      <c r="B76" s="145">
+      <c r="B76" s="144">
         <f>4*1.5</f>
         <v>6</v>
       </c>
       <c r="C76" s="24">
         <v>45</v>
       </c>
       <c r="D76" s="3">
         <f>C76*B76</f>
         <v>270</v>
       </c>
     </row>
-    <row r="77" spans="1:4" s="93" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:4" s="92" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A77" s="23" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="B77" s="26">
         <v>1</v>
       </c>
       <c r="C77" s="24">
         <v>45</v>
       </c>
       <c r="D77" s="3">
         <f>C77*B77</f>
         <v>45</v>
       </c>
     </row>
     <row r="78" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A78" s="26" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B78" s="26">
         <f>(B75+B74+B76+B77)*7/100</f>
         <v>1.365</v>
       </c>
       <c r="C78" s="24">
         <v>45</v>
       </c>
       <c r="D78" s="3">
         <f>C78*B78</f>
         <v>61.424999999999997</v>
       </c>
     </row>
     <row r="79" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A79" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B79" s="5"/>
       <c r="C79" s="25"/>
       <c r="D79" s="12">
         <f>SUM(D74:D78)</f>
         <v>938.92499999999995</v>
       </c>
     </row>
     <row r="81" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A81" s="164" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B81" s="164"/>
       <c r="C81" s="164"/>
       <c r="D81" s="164"/>
     </row>
     <row r="82" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A82" s="76" t="s">
-[...2 lines deleted...]
-      <c r="B82" s="76" t="s">
+      <c r="A82" s="75" t="s">
+        <v>145</v>
+      </c>
+      <c r="B82" s="75" t="s">
         <v>3</v>
       </c>
-      <c r="C82" s="76" t="s">
+      <c r="C82" s="75" t="s">
         <v>4</v>
       </c>
-      <c r="D82" s="77" t="s">
+      <c r="D82" s="76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A83" s="139" t="s">
+      <c r="A83" s="138" t="s">
         <v>27</v>
       </c>
-      <c r="B83" s="138">
+      <c r="B83" s="137">
         <v>75</v>
       </c>
       <c r="C83" s="18">
         <v>4</v>
       </c>
       <c r="D83" s="42">
         <f>B83*C83</f>
         <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A84" s="7" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B84" s="17">
         <f>D79*10/100</f>
         <v>93.892499999999998</v>
       </c>
       <c r="C84" s="1">
         <v>1</v>
       </c>
       <c r="D84" s="13">
         <f>B84*C84</f>
         <v>93.892499999999998</v>
       </c>
     </row>
     <row r="85" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A85" s="27" t="s">
         <v>5</v>
       </c>
       <c r="B85" s="10"/>
       <c r="C85" s="1"/>
       <c r="D85" s="12">
         <f>SUM(D83:D84)</f>
         <v>393.89249999999998</v>
       </c>
     </row>
     <row r="87" spans="1:4" x14ac:dyDescent="0.25">
@@ -5018,629 +5038,629 @@
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A81:D81"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="A18:D18"/>
     <mergeCell ref="A25:D25"/>
     <mergeCell ref="A33:D33"/>
     <mergeCell ref="A34:D34"/>
     <mergeCell ref="A43:D43"/>
     <mergeCell ref="A52:D52"/>
     <mergeCell ref="A53:D53"/>
     <mergeCell ref="A62:D62"/>
     <mergeCell ref="A71:D71"/>
     <mergeCell ref="A72:D72"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{82CE4344-6271-4832-996E-8C38B3288380}">
   <dimension ref="A1:F36"/>
   <sheetViews>
-    <sheetView zoomScale="69" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="E36" sqref="E36"/>
+    <sheetView topLeftCell="A24" zoomScale="69" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="D16" sqref="D16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="82.7109375" style="47" customWidth="1"/>
+    <col min="1" max="1" width="86.7109375" style="47" customWidth="1"/>
     <col min="2" max="2" width="27" customWidth="1"/>
     <col min="3" max="3" width="30" customWidth="1"/>
     <col min="4" max="4" width="51.85546875" customWidth="1"/>
     <col min="5" max="5" width="31" customWidth="1"/>
-    <col min="6" max="6" width="25.7109375" customWidth="1"/>
+    <col min="6" max="6" width="30.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" s="56" customFormat="1" ht="26.25" x14ac:dyDescent="0.4">
-      <c r="A1" s="152" t="s">
+      <c r="A1" s="151" t="s">
         <v>24</v>
       </c>
       <c r="C1" s="176" t="s">
         <v>40</v>
       </c>
       <c r="D1" s="176"/>
     </row>
     <row r="2" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="153" t="s">
-        <v>101</v>
+      <c r="A2" s="152" t="s">
+        <v>98</v>
       </c>
       <c r="C2" s="162" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="D2" s="162"/>
     </row>
     <row r="3" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A3" s="154" t="s">
-        <v>100</v>
+      <c r="A3" s="153" t="s">
+        <v>97</v>
       </c>
       <c r="C3" s="162"/>
       <c r="D3" s="162"/>
     </row>
     <row r="4" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A4" s="154" t="s">
-        <v>90</v>
+      <c r="A4" s="153" t="s">
+        <v>88</v>
       </c>
       <c r="C4" s="162"/>
       <c r="D4" s="162"/>
     </row>
     <row r="5" spans="1:6" ht="118.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="45" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="C5" s="162"/>
       <c r="D5" s="162"/>
     </row>
     <row r="7" spans="1:6" ht="51" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="104" t="s">
+      <c r="A7" s="103" t="s">
         <v>11</v>
       </c>
-      <c r="B7" s="104" t="s">
-[...5 lines deleted...]
-      <c r="D7" s="76" t="s">
+      <c r="B7" s="103" t="s">
+        <v>152</v>
+      </c>
+      <c r="C7" s="104" t="s">
+        <v>133</v>
+      </c>
+      <c r="D7" s="75" t="s">
         <v>12</v>
       </c>
-      <c r="E7" s="104" t="s">
-[...3 lines deleted...]
-        <v>136</v>
+      <c r="E7" s="103" t="s">
+        <v>84</v>
+      </c>
+      <c r="F7" s="104" t="s">
+        <v>133</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A8" s="155" t="s">
+      <c r="A8" s="154" t="s">
         <v>13</v>
       </c>
-      <c r="B8" s="80">
+      <c r="B8" s="79">
         <v>2446</v>
       </c>
-      <c r="C8" s="101" t="e">
+      <c r="C8" s="100" t="e">
         <f>'Prévisionnel de déploiement'!F68</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="D8" s="148">
+      <c r="D8" s="147">
         <v>1</v>
       </c>
-      <c r="E8" s="102">
+      <c r="E8" s="101">
         <f>B8*D8</f>
         <v>2446</v>
       </c>
-      <c r="F8" s="103" t="e">
+      <c r="F8" s="102" t="e">
         <f>C8*D8</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A9" s="124" t="s">
-        <v>111</v>
+      <c r="A9" s="123" t="s">
+        <v>108</v>
       </c>
       <c r="B9" s="3">
         <v>2113</v>
       </c>
-      <c r="C9" s="73">
+      <c r="C9" s="72">
         <f>'Soutien à la pratique'!B18</f>
         <v>2113.02</v>
       </c>
-      <c r="D9" s="149">
+      <c r="D9" s="148">
         <v>1</v>
       </c>
       <c r="E9" s="51">
         <f t="shared" ref="E9:E14" si="0">B9*D9</f>
         <v>2113</v>
       </c>
-      <c r="F9" s="74">
+      <c r="F9" s="73">
         <f t="shared" ref="F9:F14" si="1">C9*D9</f>
         <v>2113.02</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A10" s="124" t="s">
-        <v>112</v>
+      <c r="A10" s="123" t="s">
+        <v>109</v>
       </c>
       <c r="B10" s="3">
         <v>2697</v>
       </c>
-      <c r="C10" s="73">
+      <c r="C10" s="72">
         <f>'Partenariats régionaux'!B20</f>
         <v>2696.9425000000001</v>
       </c>
       <c r="D10" s="39">
         <v>1</v>
       </c>
       <c r="E10" s="51">
         <f>B10*D10</f>
         <v>2697</v>
       </c>
-      <c r="F10" s="74">
+      <c r="F10" s="73">
         <f t="shared" si="1"/>
         <v>2696.9425000000001</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A11" s="124" t="s">
+      <c r="A11" s="123" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="3">
         <v>1942</v>
       </c>
-      <c r="C11" s="73">
+      <c r="C11" s="72">
         <f>'Coordination et déploiement'!B15</f>
         <v>1941.915</v>
       </c>
-      <c r="D11" s="150">
+      <c r="D11" s="149">
         <v>2</v>
       </c>
       <c r="E11" s="51">
         <f t="shared" si="0"/>
         <v>3884</v>
       </c>
-      <c r="F11" s="74">
+      <c r="F11" s="73">
         <f t="shared" si="1"/>
         <v>3883.83</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A12" s="124" t="s">
+      <c r="A12" s="123" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="3">
         <v>1147</v>
       </c>
-      <c r="C12" s="73">
+      <c r="C12" s="72">
         <f>'Coordination et déploiement'!B31</f>
         <v>1147.44</v>
       </c>
-      <c r="D12" s="150">
+      <c r="D12" s="149">
         <v>0</v>
       </c>
       <c r="E12" s="51">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F12" s="74">
+      <c r="F12" s="73">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A13" s="124" t="s">
+      <c r="A13" s="123" t="s">
         <v>36</v>
       </c>
       <c r="B13" s="3">
         <v>3547</v>
       </c>
-      <c r="C13" s="73">
+      <c r="C13" s="72">
         <f>'Coordination et déploiement'!B50</f>
         <v>3547.3199999999997</v>
       </c>
-      <c r="D13" s="150">
+      <c r="D13" s="149">
         <v>4</v>
       </c>
       <c r="E13" s="51">
         <f t="shared" si="0"/>
         <v>14188</v>
       </c>
-      <c r="F13" s="74">
+      <c r="F13" s="73">
         <f t="shared" si="1"/>
         <v>14189.279999999999</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A14" s="124" t="s">
-        <v>113</v>
+      <c r="A14" s="123" t="s">
+        <v>110</v>
       </c>
       <c r="B14" s="3">
         <v>3547</v>
       </c>
-      <c r="C14" s="73">
+      <c r="C14" s="72">
         <f>C13</f>
         <v>3547.3199999999997</v>
       </c>
-      <c r="D14" s="150">
+      <c r="D14" s="149">
         <v>0</v>
       </c>
       <c r="E14" s="51">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F14" s="74">
+      <c r="F14" s="73">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A15" s="124" t="s">
+      <c r="A15" s="123" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3">
         <v>2035</v>
       </c>
-      <c r="C15" s="73">
+      <c r="C15" s="72">
         <f>'Coordination et déploiement'!B68</f>
         <v>2034.5025000000001</v>
       </c>
-      <c r="D15" s="150">
+      <c r="D15" s="149">
         <v>0</v>
       </c>
       <c r="E15" s="51">
         <f>B15*D15</f>
         <v>0</v>
       </c>
-      <c r="F15" s="74">
+      <c r="F15" s="73">
         <f t="shared" ref="F15:F18" si="2">C15*D15</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A16" s="124" t="s">
-        <v>114</v>
+      <c r="A16" s="123" t="s">
+        <v>111</v>
       </c>
       <c r="B16" s="3">
         <v>2035</v>
       </c>
-      <c r="C16" s="73">
+      <c r="C16" s="72">
         <f>C15</f>
         <v>2034.5025000000001</v>
       </c>
-      <c r="D16" s="150">
+      <c r="D16" s="149">
         <v>0</v>
       </c>
       <c r="E16" s="51">
         <f>B16*D16</f>
         <v>0</v>
       </c>
-      <c r="F16" s="74">
+      <c r="F16" s="73">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A17" s="124" t="s">
+      <c r="A17" s="123" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3">
         <v>1333</v>
       </c>
-      <c r="C17" s="73">
+      <c r="C17" s="72">
         <f>'Coordination et déploiement'!B87</f>
         <v>1332.8174999999999</v>
       </c>
-      <c r="D17" s="150">
+      <c r="D17" s="149">
         <v>0</v>
       </c>
       <c r="E17" s="51">
         <f>B17*D17</f>
         <v>0</v>
       </c>
-      <c r="F17" s="74">
+      <c r="F17" s="73">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A18" s="124" t="s">
-        <v>115</v>
+      <c r="A18" s="123" t="s">
+        <v>112</v>
       </c>
       <c r="B18" s="35">
         <v>1333</v>
       </c>
-      <c r="C18" s="74">
+      <c r="C18" s="73">
         <f>C17</f>
         <v>1332.8174999999999</v>
       </c>
-      <c r="D18" s="150">
+      <c r="D18" s="149">
         <v>0</v>
       </c>
       <c r="E18" s="51">
         <f>B18*D18</f>
         <v>0</v>
       </c>
-      <c r="F18" s="74">
+      <c r="F18" s="73">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="D20" s="97" t="s">
-        <v>116</v>
+      <c r="D20" s="96" t="s">
+        <v>113</v>
       </c>
       <c r="E20" s="35">
         <f>SUM(E9:E18)</f>
         <v>22882</v>
       </c>
     </row>
     <row r="21" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="D21" s="97" t="s">
-[...2 lines deleted...]
-      <c r="E21" s="74">
+      <c r="D21" s="96" t="s">
+        <v>114</v>
+      </c>
+      <c r="E21" s="73">
         <f>SUM(F9:F18)</f>
         <v>22883.072499999998</v>
       </c>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.25">
       <c r="D22" s="4" t="s">
         <v>42</v>
       </c>
       <c r="E22" s="1">
         <f>SUM(D13:D18)</f>
         <v>4</v>
       </c>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.25">
       <c r="D23" s="4" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E23" s="35">
         <f>E20/E22</f>
         <v>5720.5</v>
       </c>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="D24" s="97" t="s">
-        <v>154</v>
+      <c r="D24" s="96" t="s">
+        <v>151</v>
       </c>
       <c r="E24" s="35">
         <f>E21/E22</f>
         <v>5720.7681249999996</v>
       </c>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A25" s="135" t="s">
-        <v>157</v>
+      <c r="A25" s="134" t="s">
+        <v>154</v>
       </c>
     </row>
     <row r="26" spans="1:6" ht="99" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="107" t="s">
-[...2 lines deleted...]
-      <c r="B26" s="107" t="s">
+      <c r="A26" s="106" t="s">
+        <v>155</v>
+      </c>
+      <c r="B26" s="106" t="s">
         <v>39</v>
       </c>
-      <c r="C26" s="107" t="s">
-        <v>89</v>
+      <c r="C26" s="106" t="s">
+        <v>87</v>
       </c>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A27" s="155" t="s">
+      <c r="A27" s="154" t="s">
         <v>22</v>
       </c>
-      <c r="B27" s="106">
+      <c r="B27" s="105">
         <f>5721+10</f>
         <v>5731</v>
       </c>
-      <c r="C27" s="106">
+      <c r="C27" s="105">
         <f>5324+10</f>
         <v>5334</v>
       </c>
       <c r="D27" s="50"/>
-      <c r="E27" s="117"/>
+      <c r="E27" s="116"/>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A28" s="124" t="s">
+      <c r="A28" s="123" t="s">
         <v>25</v>
       </c>
-      <c r="B28" s="67">
+      <c r="B28" s="66">
         <f>4208+10</f>
         <v>4218</v>
       </c>
-      <c r="C28" s="67">
+      <c r="C28" s="66">
         <f>3811+10</f>
         <v>3821</v>
       </c>
       <c r="D28" s="50"/>
-      <c r="E28" s="117"/>
+      <c r="E28" s="116"/>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A29" s="124" t="s">
+      <c r="A29" s="123" t="s">
         <v>26</v>
       </c>
-      <c r="B29" s="67">
+      <c r="B29" s="66">
         <v>3506</v>
       </c>
-      <c r="C29" s="67">
+      <c r="C29" s="66">
         <v>3109</v>
       </c>
       <c r="D29" s="50"/>
-      <c r="E29" s="117"/>
+      <c r="E29" s="116"/>
     </row>
     <row r="31" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A31" s="156" t="s">
+      <c r="A31" s="155" t="s">
         <v>20</v>
       </c>
-      <c r="B31" s="151" t="s">
-[...3 lines deleted...]
-        <v>161</v>
+      <c r="B31" s="150" t="s">
+        <v>157</v>
+      </c>
+      <c r="C31" s="150" t="s">
+        <v>158</v>
       </c>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A32" s="124" t="s">
-        <v>135</v>
+      <c r="A32" s="123" t="s">
+        <v>132</v>
       </c>
       <c r="B32" s="35">
         <f>E8</f>
         <v>2446</v>
       </c>
       <c r="C32" s="49" t="e">
         <f>F8</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="33" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A33" s="124" t="s">
-        <v>138</v>
+      <c r="A33" s="123" t="s">
+        <v>135</v>
       </c>
       <c r="B33" s="35">
         <f>E20</f>
         <v>22882</v>
       </c>
       <c r="C33" s="35">
         <f>E21</f>
         <v>22883.072499999998</v>
       </c>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A34" s="124" t="s">
-[...2 lines deleted...]
-      <c r="B34" s="74">
+      <c r="A34" s="123" t="s">
+        <v>140</v>
+      </c>
+      <c r="B34" s="73">
         <f>'Prévisionnel de déploiement'!D29</f>
         <v>0</v>
       </c>
-      <c r="C34" s="72">
+      <c r="C34" s="71">
         <f>'Prévisionnel de déploiement'!D29</f>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A35" s="157" t="s">
+      <c r="A35" s="156" t="s">
         <v>21</v>
       </c>
       <c r="B35" s="36">
         <f>B33+B32+B34</f>
         <v>25328</v>
       </c>
       <c r="C35" s="52" t="e">
         <f>SUM(C32:C34)</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="36" spans="1:3" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="177" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="B36" s="178"/>
-      <c r="C36" s="128"/>
+      <c r="C36" s="127"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="C1:D1"/>
     <mergeCell ref="C2:D5"/>
     <mergeCell ref="A36:B36"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9F317D31-5500-4916-9155-90F53AFA9F2D}">
   <dimension ref="A1:A6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A14" sqref="A14"/>
+      <selection activeCell="C9" sqref="C9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="65.5703125" customWidth="1"/>
     <col min="3" max="3" width="11.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A1" s="97" t="s">
-        <v>81</v>
+      <c r="A1" s="96" t="s">
+        <v>79</v>
       </c>
     </row>
     <row r="2" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
     </row>
     <row r="3" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="4" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="6" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A6" s="112" t="s">
-        <v>84</v>
+      <c r="A6" s="111" t="s">
+        <v>82</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{63A7027E-E749-4B84-9193-3E0D22DECD7B}">
   <dimension ref="A1:B1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E5" sqref="E4:E5"/>
+      <selection activeCell="B8" sqref="B8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="44" customWidth="1"/>
     <col min="2" max="2" width="23.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-        <v>46010</v>
+        <v>136</v>
+      </c>
+      <c r="B1" s="117">
+        <v>46087</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>Prévisionnel de déploiement</vt:lpstr>