--- v0 (2025-11-06)
+++ v1 (2026-03-31)
@@ -14,246 +14,247 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\ORGANISATION\DSPE\DPPS\COMMUN\THEMATIQUES\Addictions\01.Binome Aurélie - Sophie  addiction jeune\Réorientation\Réorientation 2026\AAP 2026\Mise en ligne AAP\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{45C80123-C639-4207-A366-D385997A8ABB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{680007E8-6DCF-4023-94A2-4E2A30C8DFF4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" firstSheet="4" activeTab="8" xr2:uid="{E66ED5F8-A868-4184-A1DE-9D40EE11D6EF}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" firstSheet="7" activeTab="10" xr2:uid="{E66ED5F8-A868-4184-A1DE-9D40EE11D6EF}"/>
   </bookViews>
   <sheets>
     <sheet name="Prévisionnel - déploiement" sheetId="10" r:id="rId1"/>
     <sheet name="Formation EM" sheetId="9" r:id="rId2"/>
     <sheet name="Formation AST" sheetId="4" r:id="rId3"/>
     <sheet name="Supervision" sheetId="5" r:id="rId4"/>
     <sheet name="Partenariats régionaux" sheetId="7" r:id="rId5"/>
     <sheet name="Coordo et déploiement" sheetId="1" r:id="rId6"/>
     <sheet name="Feuil2" sheetId="12" state="hidden" r:id="rId7"/>
     <sheet name="Achat" sheetId="2" r:id="rId8"/>
     <sheet name="Matrice &amp; demande de sub" sheetId="6" r:id="rId9"/>
     <sheet name="Réduction des ISTS" sheetId="8" r:id="rId10"/>
     <sheet name="Version - AT" sheetId="13" r:id="rId11"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B54" i="1" l="1"/>
+  <c r="C30" i="6" l="1"/>
+  <c r="C29" i="6"/>
+  <c r="B29" i="6"/>
+  <c r="E17" i="6"/>
+  <c r="B28" i="6"/>
+  <c r="B27" i="6"/>
+  <c r="E14" i="6"/>
+  <c r="E20" i="6"/>
+  <c r="E18" i="6"/>
+  <c r="F14" i="6"/>
+  <c r="E7" i="2"/>
+  <c r="E12" i="2" l="1"/>
+  <c r="E5" i="2"/>
+  <c r="E6" i="2"/>
+  <c r="E3" i="2"/>
+  <c r="C11" i="2"/>
+  <c r="B80" i="10"/>
+  <c r="B79" i="10" l="1"/>
+  <c r="B42" i="1"/>
+  <c r="D43" i="1"/>
+  <c r="B25" i="10"/>
+  <c r="F25" i="10"/>
+  <c r="B54" i="1"/>
   <c r="B16" i="7"/>
   <c r="B8" i="7"/>
   <c r="B12" i="5"/>
   <c r="D5" i="5"/>
   <c r="B4" i="5"/>
   <c r="B19" i="9"/>
   <c r="B20" i="4"/>
   <c r="D18" i="4"/>
   <c r="B17" i="4"/>
   <c r="D8" i="4"/>
   <c r="B16" i="9"/>
   <c r="D7" i="9"/>
   <c r="B6" i="9"/>
   <c r="F74" i="10"/>
   <c r="F50" i="10"/>
-  <c r="F25" i="10" l="1"/>
-  <c r="B25" i="10" l="1"/>
   <c r="D5" i="9" l="1"/>
   <c r="B77" i="10" l="1"/>
   <c r="C8" i="6"/>
-  <c r="B80" i="10"/>
   <c r="B78" i="10"/>
   <c r="E19" i="6"/>
   <c r="D8" i="7" l="1"/>
   <c r="B9" i="5"/>
   <c r="B3" i="9"/>
   <c r="D4" i="9"/>
   <c r="B31" i="1"/>
   <c r="B21" i="1"/>
   <c r="F8" i="6"/>
+  <c r="C27" i="6" s="1"/>
   <c r="D15" i="4"/>
   <c r="D14" i="9"/>
-  <c r="B79" i="10" l="1"/>
-  <c r="C9" i="6"/>
+  <c r="C9" i="6" l="1"/>
   <c r="F9" i="6" s="1"/>
-  <c r="C27" i="6" s="1"/>
   <c r="D34" i="1" l="1"/>
   <c r="B4" i="4"/>
   <c r="B7" i="4" s="1"/>
   <c r="D5" i="4"/>
   <c r="D6" i="7"/>
   <c r="D6" i="4"/>
   <c r="D7" i="7"/>
   <c r="D6" i="9"/>
   <c r="D15" i="9"/>
   <c r="D13" i="9"/>
   <c r="D12" i="9"/>
   <c r="D3" i="9" l="1"/>
   <c r="D16" i="9" l="1"/>
   <c r="D17" i="1"/>
   <c r="B22" i="1"/>
   <c r="B19" i="1" s="1"/>
   <c r="D5" i="7"/>
   <c r="D3" i="4"/>
   <c r="D48" i="1"/>
   <c r="D4" i="7"/>
   <c r="D3" i="7"/>
   <c r="D9" i="7" s="1"/>
   <c r="B13" i="7" s="1"/>
-  <c r="E13" i="2"/>
-[...1 lines deleted...]
-  <c r="E14" i="2" s="1"/>
   <c r="E11" i="2"/>
-  <c r="E6" i="2"/>
+  <c r="E13" i="2" s="1"/>
   <c r="E4" i="2"/>
-  <c r="E3" i="2"/>
   <c r="D50" i="1"/>
   <c r="D49" i="1"/>
   <c r="D16" i="4"/>
   <c r="D14" i="4"/>
   <c r="D13" i="4"/>
   <c r="D4" i="5"/>
   <c r="D3" i="5"/>
   <c r="D17" i="9" l="1"/>
   <c r="C14" i="6"/>
-  <c r="F14" i="6" s="1"/>
-  <c r="E14" i="6"/>
   <c r="D7" i="4"/>
   <c r="D4" i="4"/>
   <c r="D13" i="7"/>
   <c r="D14" i="7" s="1"/>
-  <c r="E7" i="2"/>
   <c r="E8" i="6" l="1"/>
   <c r="C13" i="6"/>
   <c r="F13" i="6" s="1"/>
-  <c r="C29" i="6" s="1"/>
   <c r="E13" i="6"/>
-  <c r="B29" i="6" s="1"/>
   <c r="D9" i="5"/>
   <c r="D10" i="5" s="1"/>
   <c r="C11" i="6" l="1"/>
   <c r="F11" i="6" s="1"/>
   <c r="E11" i="6"/>
   <c r="C10" i="6"/>
   <c r="F10" i="6" s="1"/>
   <c r="E10" i="6"/>
   <c r="B11" i="1"/>
   <c r="B39" i="1" s="1"/>
   <c r="D10" i="1"/>
   <c r="D28" i="1"/>
   <c r="D29" i="1"/>
   <c r="D32" i="1"/>
   <c r="D33" i="1"/>
   <c r="D31" i="1"/>
   <c r="B27" i="1"/>
   <c r="B36" i="1" s="1"/>
   <c r="B41" i="1" s="1"/>
-  <c r="B42" i="1" s="1"/>
   <c r="B14" i="1"/>
   <c r="B24" i="1" s="1"/>
   <c r="B40" i="1" s="1"/>
   <c r="D40" i="1" s="1"/>
   <c r="D41" i="1" l="1"/>
   <c r="D39" i="1"/>
   <c r="D19" i="1"/>
   <c r="D14" i="1"/>
   <c r="D24" i="1" s="1"/>
   <c r="D42" i="1" l="1"/>
-  <c r="D43" i="1" s="1"/>
   <c r="D17" i="4"/>
   <c r="D7" i="1"/>
   <c r="D6" i="1"/>
   <c r="D5" i="1"/>
   <c r="D15" i="1"/>
   <c r="D16" i="1"/>
   <c r="D20" i="1"/>
   <c r="D21" i="1"/>
   <c r="D22" i="1"/>
   <c r="D8" i="1"/>
   <c r="D9" i="1"/>
   <c r="B47" i="1" l="1"/>
   <c r="D11" i="1"/>
   <c r="E9" i="6"/>
-  <c r="B27" i="6" s="1"/>
   <c r="D47" i="1" l="1"/>
   <c r="D27" i="1"/>
   <c r="D36" i="1" s="1"/>
   <c r="D51" i="1" l="1"/>
   <c r="C12" i="6" s="1"/>
   <c r="F12" i="6" l="1"/>
-  <c r="E18" i="6" s="1"/>
-[...1 lines deleted...]
-  <c r="C30" i="6" s="1"/>
   <c r="E12" i="6"/>
-  <c r="E17" i="6" s="1"/>
-[...1 lines deleted...]
-  <c r="E20" i="6" l="1"/>
+  <c r="B30" i="6" l="1"/>
   <c r="E21" i="6"/>
-  <c r="B30" i="6" l="1"/>
+  <c r="C28" i="6" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>MONTEIL, Sophie (ARS-PACA/DSPE/DPPS)</author>
   </authors>
   <commentList>
     <comment ref="B25" authorId="0" shapeId="0" xr:uid="{76E3CBC4-E490-48C2-9DC5-ADC95449169B}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">Mettre à jour avec cette valeur la case D12 de l'onglet "matrice et demande de sub"
 </t>
         </r>
       </text>
     </comment>
     <comment ref="F25" authorId="0" shapeId="0" xr:uid="{D5AD7C8B-DE4D-459A-94F7-5627AAFE95B8}">
       <text>
@@ -293,147 +294,126 @@
           <t xml:space="preserve">Valeur reportée automatiquement dans la matrice
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>MONTEIL, Sophie (ARS-PACA/DSPE/DPPS)</author>
   </authors>
   <commentList>
     <comment ref="C31" authorId="0" shapeId="0" xr:uid="{210FBA0D-B34E-4A0E-A5FB-049EFF913A04}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
-          <t xml:space="preserve">Doit être égal ou inférieur au montant de la case D30. 
+          <t xml:space="preserve">Doit être égal ou inférieur au montant de la cellule C30.
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="256" uniqueCount="164">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="258" uniqueCount="174">
   <si>
     <t>TYPE d'ACTIVITES</t>
   </si>
   <si>
     <t>HEURES</t>
   </si>
   <si>
     <t>COUTS HORAIRE PACA</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t xml:space="preserve">Roll up Forum (stand tabac + Souffle) </t>
   </si>
   <si>
-    <t xml:space="preserve">Testeur CO </t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">Convention établissement </t>
   </si>
   <si>
     <t>Coordination</t>
   </si>
   <si>
     <t>Planification de l'action</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t xml:space="preserve">Frais de déplacement </t>
   </si>
   <si>
     <t xml:space="preserve">COORDINATION GENERALE </t>
   </si>
   <si>
-    <t xml:space="preserve">VISIO DE PRE-FORMATION </t>
-[...1 lines deleted...]
-  <si>
     <t>QUANTITE</t>
   </si>
   <si>
     <t>POSTE DE DEPENSE</t>
   </si>
   <si>
     <t xml:space="preserve">PRIX UNITAIRE </t>
   </si>
   <si>
     <t>COUT ARS PACA</t>
   </si>
   <si>
     <t xml:space="preserve">Hebergement </t>
   </si>
   <si>
     <t>COUT RH  / CYCLE   (MONTANT MAX SUR FINANCEMENT ARS)</t>
   </si>
   <si>
     <t>APPROPRIATION DU PROGRAMME</t>
   </si>
   <si>
     <t>ACTIONS</t>
   </si>
   <si>
     <t xml:space="preserve">QUANTITE </t>
   </si>
   <si>
     <t xml:space="preserve">DEMANDE DE SUBVENTION </t>
   </si>
   <si>
     <t>Montant demandé par l'opérateur</t>
-  </si>
-[...1 lines deleted...]
-    <t>Supervision</t>
   </si>
   <si>
     <t xml:space="preserve">Echange avec l'ARS </t>
   </si>
   <si>
     <t>Echange avec le centre ressource</t>
   </si>
   <si>
     <t>COUT RH  / STRUCTURE DE PREVENTION  (MONTANT MAX SUR FINANCEMENT ARS)</t>
   </si>
   <si>
     <t xml:space="preserve">Coordination et déploiement d'un cycle (1 forum + 1 atelier) </t>
   </si>
   <si>
     <t>Montant max total pouvant être demandé à l'ARS PACA</t>
   </si>
   <si>
     <t xml:space="preserve">Frais d'impression </t>
   </si>
   <si>
     <t>Echange avec l'EN - niveau académique</t>
   </si>
   <si>
     <t xml:space="preserve">COUT MAX SUR FINANCEMENT ARS  / STRUCTURE </t>
   </si>
@@ -759,56 +739,50 @@
   <si>
     <t>Echange avec IDE scolaire ou personne relais dans l'établissement (visio)</t>
   </si>
   <si>
     <t xml:space="preserve">Debriefing interne fin d'action (1h/personnel de prévention) </t>
   </si>
   <si>
     <t>Coordination interne (0,5h/personnel de prévention) x4</t>
   </si>
   <si>
     <t>Monitoring pour la coordination régionale - forum  (1h/personnel de prévention) x4</t>
   </si>
   <si>
     <t>Préparation du forum et des outils (1h/personnel de prévention) x4</t>
   </si>
   <si>
     <t>Déplacements (4h A/R / personnel de prévention) x4</t>
   </si>
   <si>
     <t>Animation + installation (5h/personnel de prévention) x4</t>
   </si>
   <si>
     <t>TOTAL RH POUR UN CYLCE D'UN ATELIER ET D'UN FORUM + COORDINATION GENERALE</t>
   </si>
   <si>
-    <t>Formation d'un personnel de  prévention  à l'entretien motivationnel</t>
-[...4 lines deleted...]
-  <si>
     <t>MOBILISATION DE L'ETABLISSEMENT SCOLAIRE OU DE LA STRUCTURE D'INSERTION &amp; COORDINATION GENERALE D'UN CYCLE ( 1 forum + 1 atelier)</t>
   </si>
   <si>
     <t xml:space="preserve">Pas de modifications à apporter. </t>
   </si>
   <si>
     <t xml:space="preserve">Vous devez compléter les cases vertes en fonction du dimensionnement du déploiement prévu, en cohérence avec les informations renseignées dans l’onglet "Prévisionnel – Déploiement".
 Veuillez indiquer en case D8 et D9 uniquement les personnes formées/à former sur la subvention 2026. 
 Les cases bleux se mettent à jour automatiquement lorsque vous renseignez les éléments demandés dans l'onglet prévisionnel de déploiement et que vous modifiez les cases oranges dans les onglets du modèle économique suivant. 
 </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Si le nombre de cycle est </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>supérieur</t>
@@ -907,50 +881,195 @@
   <si>
     <t>ACHAT / STRUCTURE DE PREVENTION  (MONTANT MAX SUR FINANCEMENT ARS) - INVESTISSEMENT DE DEPART</t>
   </si>
   <si>
     <t>ACHAT / STRUCTURE  DE PREVENTION (MONTANT MAX SUR FINANCEMENT ARS) - CONSOMMABLES ANNUELS</t>
   </si>
   <si>
     <t>COUT MAX DEPLOIEMENT SEUILS ARS</t>
   </si>
   <si>
     <t>Veuillez ajuster les cases oranges en fonction de l’éloignement prévisionnel moyen  (dans la limite des seuils définis/ ARS) entre les lieux d’intervention et la localisation de la structure de prévention.
 Pour rappel, le temps moyen de déplacement est calculé automatiquement dans l’onglet intitulé « Prévisionnel – Déploiement », en case F25.
 La case B47 doit également être ajustée afin d’être cohérente avec le temps de déplacement.</t>
   </si>
   <si>
     <t> Pas de modifications à apporter. Cet onglet est fix, quel que soit le nombre de cycles déployés</t>
   </si>
   <si>
     <t>COUT UNITAIRE  MAX - modèle économique mis à jour</t>
   </si>
   <si>
     <t>MONTANT MAX MODELE ECONOMIQUE  MIS A JOUR</t>
   </si>
   <si>
     <t>MONTANT MAX SEUILS  ARS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Le temps moyen de déplacement A/R entre la structure de prévention et l'établissement scolaire sur l'ensemble des cycles doit être égal ou inférieure à 4H. </t>
+  </si>
+  <si>
+    <t>COUT  MAX / postes de dépense - modèle économique mis à jour</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VISIO DE POST-FORMATION </t>
+  </si>
+  <si>
+    <t>Nombre de personnels de prévention supervisés sur la dotation 26</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PRIX  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mettre à jour les cases en ORANGE </t>
+  </si>
+  <si>
+    <t>Débitmètre de pointe</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nappe pour table AsT </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Cellule D4 :</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> mettre à jour selon les besoins de la structure. Valeur max = 2. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Cellule D5: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">mettre à jour selon les besoins de la structure. Valeur max = 5. </t>
+    </r>
+  </si>
+  <si>
+    <t>Testeur CO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Embouts testeurs + embouts débitmètres - Lot pour 5 cycles </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Cellule D11 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>: Ajuster la quantité d'embouts selon le nombre de cycles envisagés.  
+- 4 à 5 cycles =  inscrire 1
+- entre 6 et 10 cycles = inscrire 2
+- entre 11 et 15 cycles = inscrire 3
+- entre 16 et 20 cycles = inscrire 4
+- entre 21 et 25 cycles = inscrire 5...</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Piegeurs CO Testeurs  </t>
+  </si>
+  <si>
+    <t>Nombre de personnels de  prévention formés / à former  à l'entretien motivationnel sur la dotation 26</t>
+  </si>
+  <si>
+    <t>Nombre de personnels de  prévention formés  / à former  à AST sur la dotation 26</t>
+  </si>
+  <si>
+    <t>Distance entre le lieu de formation et la structure de prévention A/R</t>
+  </si>
+  <si>
+    <t>Temps de trajet entre le lieu de la formation et la structure de prévention A/R</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Si le nombre de cycle est </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>supérieur</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> à 4, le nombre de forum animé par personnel de prévention supervisé peut diminuer, dans la limite d'un coût cycle inférieur à 4 913 euros.</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0\ &quot;€&quot;"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0\ &quot;€&quot;_-;\-* #,##0\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="166" formatCode="_-* #,##0.0\ &quot;€&quot;_-;\-* #,##0.0\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="167" formatCode="0.0"/>
   </numFmts>
   <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -1065,51 +1184,51 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="8"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="9" tint="-0.249977111117893"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="12">
+  <fills count="13">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor theme="1"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -1129,50 +1248,56 @@
         <fgColor rgb="FFFF0000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.39997558519241921"/>
         <bgColor theme="1"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFC000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="24">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -1411,51 +1536,51 @@
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="213">
+  <cellXfs count="218">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
@@ -1486,51 +1611,50 @@
     </xf>
     <xf numFmtId="165" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="2" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="1" fontId="6" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="165" fontId="10" fillId="6" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -1665,90 +1789,84 @@
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="167" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="167" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="167" fontId="2" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="167" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="167" fontId="2" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="0" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="167" fontId="5" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="167" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="167" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="167" fontId="0" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="10" fillId="9" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="10" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="10" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="0" fillId="10" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="3" fillId="10" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="10" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="10" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -1784,53 +1902,50 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="11" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="167" fontId="0" fillId="11" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="167" fontId="5" fillId="11" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="166" fontId="0" fillId="11" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
@@ -1869,100 +1984,121 @@
     <xf numFmtId="0" fontId="3" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="18" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="7" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="165" fontId="6" fillId="5" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="0" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="10" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="7" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="7" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="2" fillId="7" borderId="22" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="2" fillId="7" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
@@ -2380,2991 +2516,3036 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5AA8324A-FCF6-4645-B091-D53DD9B10713}">
   <dimension ref="A1:G81"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="B14" sqref="B14"/>
+    <sheetView topLeftCell="A10" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="C10" sqref="C10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="92.5703125" customWidth="1"/>
     <col min="2" max="2" width="47" customWidth="1"/>
     <col min="3" max="3" width="71.7109375" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="31.28515625" style="78" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="36.85546875" style="77" customWidth="1"/>
     <col min="5" max="5" width="49.85546875" customWidth="1"/>
-    <col min="6" max="6" width="41.140625" customWidth="1"/>
+    <col min="6" max="6" width="61.140625" customWidth="1"/>
     <col min="7" max="7" width="43.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="26.25" x14ac:dyDescent="0.25">
-      <c r="A1" s="88" t="s">
-[...2 lines deleted...]
-      <c r="C1" s="115" t="s">
+      <c r="A1" s="87" t="s">
+        <v>34</v>
+      </c>
+      <c r="C1" s="113" t="s">
+        <v>35</v>
+      </c>
+      <c r="D1"/>
+    </row>
+    <row r="2" spans="1:7" ht="119.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="130" t="s">
+        <v>102</v>
+      </c>
+      <c r="C2" s="192" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A3" s="36" t="s">
+        <v>103</v>
+      </c>
+      <c r="C3" s="193"/>
+    </row>
+    <row r="4" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A4" s="36" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A5" s="83" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A8" s="195" t="s">
+        <v>129</v>
+      </c>
+      <c r="B8" s="195"/>
+      <c r="C8" s="195"/>
+      <c r="D8" s="195"/>
+      <c r="E8" s="195"/>
+      <c r="F8" s="195"/>
+      <c r="G8" s="195"/>
+    </row>
+    <row r="9" spans="1:7" s="1" customFormat="1" ht="84" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="110" t="s">
         <v>42</v>
       </c>
-      <c r="D1"/>
-[...56 lines deleted...]
-        <v>85</v>
+      <c r="B9" s="110" t="s">
+        <v>43</v>
+      </c>
+      <c r="C9" s="110" t="s">
+        <v>62</v>
+      </c>
+      <c r="D9" s="125" t="s">
+        <v>91</v>
+      </c>
+      <c r="E9" s="110" t="s">
+        <v>75</v>
+      </c>
+      <c r="F9" s="111" t="s">
+        <v>77</v>
+      </c>
+      <c r="G9" s="112" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A10" s="166"/>
-[...5 lines deleted...]
-      <c r="G10" s="170"/>
+      <c r="A10" s="162"/>
+      <c r="B10" s="162"/>
+      <c r="C10" s="163"/>
+      <c r="D10" s="164"/>
+      <c r="E10" s="163"/>
+      <c r="F10" s="165"/>
+      <c r="G10" s="166"/>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A11" s="171"/>
-[...5 lines deleted...]
-      <c r="G11" s="170"/>
+      <c r="A11" s="167"/>
+      <c r="B11" s="167"/>
+      <c r="C11" s="166"/>
+      <c r="D11" s="168"/>
+      <c r="E11" s="166"/>
+      <c r="F11" s="169"/>
+      <c r="G11" s="166"/>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A12" s="171"/>
-[...5 lines deleted...]
-      <c r="G12" s="170"/>
+      <c r="A12" s="167"/>
+      <c r="B12" s="167"/>
+      <c r="C12" s="166"/>
+      <c r="D12" s="168"/>
+      <c r="E12" s="166"/>
+      <c r="F12" s="169"/>
+      <c r="G12" s="166"/>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A13" s="171"/>
-[...5 lines deleted...]
-      <c r="G13" s="170"/>
+      <c r="A13" s="167"/>
+      <c r="B13" s="167"/>
+      <c r="C13" s="166"/>
+      <c r="D13" s="168"/>
+      <c r="E13" s="166"/>
+      <c r="F13" s="169"/>
+      <c r="G13" s="166"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A14" s="171"/>
-[...5 lines deleted...]
-      <c r="G14" s="170"/>
+      <c r="A14" s="167"/>
+      <c r="B14" s="167"/>
+      <c r="C14" s="166"/>
+      <c r="D14" s="168"/>
+      <c r="E14" s="166"/>
+      <c r="F14" s="169"/>
+      <c r="G14" s="166"/>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A15" s="171"/>
-[...5 lines deleted...]
-      <c r="G15" s="170"/>
+      <c r="A15" s="167"/>
+      <c r="B15" s="167"/>
+      <c r="C15" s="166"/>
+      <c r="D15" s="168"/>
+      <c r="E15" s="166"/>
+      <c r="F15" s="169"/>
+      <c r="G15" s="166"/>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A16" s="171"/>
-[...5 lines deleted...]
-      <c r="G16" s="170"/>
+      <c r="A16" s="167"/>
+      <c r="B16" s="167"/>
+      <c r="C16" s="166"/>
+      <c r="D16" s="168"/>
+      <c r="E16" s="166"/>
+      <c r="F16" s="169"/>
+      <c r="G16" s="166"/>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A17" s="171"/>
-[...5 lines deleted...]
-      <c r="G17" s="170"/>
+      <c r="A17" s="167"/>
+      <c r="B17" s="167"/>
+      <c r="C17" s="166"/>
+      <c r="D17" s="168"/>
+      <c r="E17" s="166"/>
+      <c r="F17" s="169"/>
+      <c r="G17" s="166"/>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A18" s="171"/>
-[...5 lines deleted...]
-      <c r="G18" s="170"/>
+      <c r="A18" s="167"/>
+      <c r="B18" s="167"/>
+      <c r="C18" s="166"/>
+      <c r="D18" s="168"/>
+      <c r="E18" s="166"/>
+      <c r="F18" s="169"/>
+      <c r="G18" s="166"/>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A19" s="171"/>
-[...5 lines deleted...]
-      <c r="G19" s="170"/>
+      <c r="A19" s="167"/>
+      <c r="B19" s="167"/>
+      <c r="C19" s="166"/>
+      <c r="D19" s="168"/>
+      <c r="E19" s="166"/>
+      <c r="F19" s="169"/>
+      <c r="G19" s="166"/>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A20" s="171"/>
-[...5 lines deleted...]
-      <c r="G20" s="170"/>
+      <c r="A20" s="167"/>
+      <c r="B20" s="167"/>
+      <c r="C20" s="166"/>
+      <c r="D20" s="168"/>
+      <c r="E20" s="166"/>
+      <c r="F20" s="169"/>
+      <c r="G20" s="166"/>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A21" s="171"/>
-[...5 lines deleted...]
-      <c r="G21" s="174"/>
+      <c r="A21" s="167"/>
+      <c r="B21" s="167"/>
+      <c r="C21" s="166"/>
+      <c r="D21" s="168"/>
+      <c r="E21" s="166"/>
+      <c r="F21" s="169"/>
+      <c r="G21" s="170"/>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A22" s="171"/>
-[...5 lines deleted...]
-      <c r="G22" s="170"/>
+      <c r="A22" s="167"/>
+      <c r="B22" s="167"/>
+      <c r="C22" s="166"/>
+      <c r="D22" s="168"/>
+      <c r="E22" s="166"/>
+      <c r="F22" s="169"/>
+      <c r="G22" s="166"/>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A23" s="171"/>
-[...5 lines deleted...]
-      <c r="G23" s="170"/>
+      <c r="A23" s="167"/>
+      <c r="B23" s="167"/>
+      <c r="C23" s="166"/>
+      <c r="D23" s="168"/>
+      <c r="E23" s="166"/>
+      <c r="F23" s="169"/>
+      <c r="G23" s="166"/>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="G24" s="78"/>
+      <c r="G24" s="77"/>
     </row>
     <row r="25" spans="1:7" s="1" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="122" t="s">
-[...2 lines deleted...]
-      <c r="B25" s="123">
+      <c r="A25" s="120" t="s">
+        <v>76</v>
+      </c>
+      <c r="B25" s="121">
         <f>SUM(G10:G23)</f>
         <v>0</v>
       </c>
-      <c r="C25" s="122"/>
-[...4 lines deleted...]
-      <c r="F25" s="130" t="e">
+      <c r="C25" s="120"/>
+      <c r="D25" s="122"/>
+      <c r="E25" s="123" t="s">
+        <v>49</v>
+      </c>
+      <c r="F25" s="127" t="e">
         <f>AVERAGE(F10:F23)</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="G25" s="78"/>
+      <c r="G25" s="77"/>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="F26" s="77"/>
-      <c r="G26" s="78"/>
+      <c r="F26" s="76"/>
+      <c r="G26" s="77"/>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="F27" s="34"/>
     </row>
     <row r="28" spans="1:7" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="196" t="s">
-[...4 lines deleted...]
-      <c r="D28" s="197"/>
+      <c r="A28" s="200" t="s">
+        <v>106</v>
+      </c>
+      <c r="B28" s="201"/>
+      <c r="C28" s="201"/>
+      <c r="D28" s="201"/>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A29" s="127" t="s">
-[...9 lines deleted...]
-        <v>140</v>
+      <c r="A29" s="124" t="s">
+        <v>44</v>
+      </c>
+      <c r="B29" s="124" t="s">
+        <v>87</v>
+      </c>
+      <c r="C29" s="124" t="s">
+        <v>130</v>
+      </c>
+      <c r="D29" s="124" t="s">
+        <v>131</v>
       </c>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A30" s="167"/>
-[...2 lines deleted...]
-      <c r="D30" s="167"/>
+      <c r="A30" s="163"/>
+      <c r="B30" s="163"/>
+      <c r="C30" s="163"/>
+      <c r="D30" s="163"/>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A31" s="170"/>
-[...2 lines deleted...]
-      <c r="D31" s="170"/>
+      <c r="A31" s="166"/>
+      <c r="B31" s="166"/>
+      <c r="C31" s="166"/>
+      <c r="D31" s="166"/>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A32" s="170"/>
-[...2 lines deleted...]
-      <c r="D32" s="170"/>
+      <c r="A32" s="166"/>
+      <c r="B32" s="166"/>
+      <c r="C32" s="166"/>
+      <c r="D32" s="166"/>
     </row>
     <row r="33" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A33" s="170"/>
-[...2 lines deleted...]
-      <c r="D33" s="170"/>
+      <c r="A33" s="166"/>
+      <c r="B33" s="166"/>
+      <c r="C33" s="166"/>
+      <c r="D33" s="166"/>
     </row>
     <row r="34" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A34" s="170"/>
-[...2 lines deleted...]
-      <c r="D34" s="170"/>
+      <c r="A34" s="166"/>
+      <c r="B34" s="166"/>
+      <c r="C34" s="166"/>
+      <c r="D34" s="166"/>
     </row>
     <row r="35" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A35" s="170"/>
-[...2 lines deleted...]
-      <c r="D35" s="170"/>
+      <c r="A35" s="166"/>
+      <c r="B35" s="166"/>
+      <c r="C35" s="166"/>
+      <c r="D35" s="166"/>
     </row>
     <row r="36" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A36" s="170"/>
-[...2 lines deleted...]
-      <c r="D36" s="170"/>
+      <c r="A36" s="166"/>
+      <c r="B36" s="166"/>
+      <c r="C36" s="166"/>
+      <c r="D36" s="166"/>
     </row>
     <row r="38" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A38" s="75" t="s">
-[...3 lines deleted...]
-      <c r="C38" s="175"/>
+      <c r="A38" s="74" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" s="74"/>
+      <c r="C38" s="171"/>
       <c r="D38"/>
     </row>
     <row r="40" spans="1:6" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="190" t="s">
-[...25 lines deleted...]
-        <v>111</v>
+      <c r="A40" s="194" t="s">
+        <v>105</v>
+      </c>
+      <c r="B40" s="194"/>
+      <c r="C40" s="194"/>
+      <c r="D40" s="194"/>
+      <c r="E40" s="194"/>
+      <c r="F40" s="194"/>
+    </row>
+    <row r="41" spans="1:6" s="85" customFormat="1" ht="82.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="124" t="s">
+        <v>45</v>
+      </c>
+      <c r="B41" s="81" t="s">
+        <v>88</v>
+      </c>
+      <c r="C41" s="81" t="s">
+        <v>142</v>
+      </c>
+      <c r="D41" s="81" t="s">
+        <v>172</v>
+      </c>
+      <c r="E41" s="81" t="s">
+        <v>171</v>
+      </c>
+      <c r="F41" s="81" t="s">
+        <v>104</v>
       </c>
     </row>
     <row r="42" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A42" s="167"/>
-[...4 lines deleted...]
-      <c r="F42" s="167"/>
+      <c r="A42" s="163"/>
+      <c r="B42" s="163"/>
+      <c r="C42" s="163"/>
+      <c r="D42" s="164"/>
+      <c r="E42" s="163"/>
+      <c r="F42" s="163"/>
     </row>
     <row r="43" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A43" s="170"/>
-[...4 lines deleted...]
-      <c r="F43" s="170"/>
+      <c r="A43" s="166"/>
+      <c r="B43" s="166"/>
+      <c r="C43" s="166"/>
+      <c r="D43" s="168"/>
+      <c r="E43" s="166"/>
+      <c r="F43" s="166"/>
     </row>
     <row r="44" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A44" s="170"/>
-[...4 lines deleted...]
-      <c r="F44" s="170"/>
+      <c r="A44" s="166"/>
+      <c r="B44" s="166"/>
+      <c r="C44" s="166"/>
+      <c r="D44" s="168"/>
+      <c r="E44" s="166"/>
+      <c r="F44" s="166"/>
     </row>
     <row r="45" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A45" s="170"/>
-[...4 lines deleted...]
-      <c r="F45" s="170"/>
+      <c r="A45" s="166"/>
+      <c r="B45" s="166"/>
+      <c r="C45" s="166"/>
+      <c r="D45" s="168"/>
+      <c r="E45" s="166"/>
+      <c r="F45" s="166"/>
     </row>
     <row r="46" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A46" s="170"/>
-[...4 lines deleted...]
-      <c r="F46" s="170"/>
+      <c r="A46" s="166"/>
+      <c r="B46" s="166"/>
+      <c r="C46" s="166"/>
+      <c r="D46" s="168"/>
+      <c r="E46" s="166"/>
+      <c r="F46" s="166"/>
     </row>
     <row r="47" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A47" s="170"/>
-[...4 lines deleted...]
-      <c r="F47" s="170"/>
+      <c r="A47" s="166"/>
+      <c r="B47" s="166"/>
+      <c r="C47" s="166"/>
+      <c r="D47" s="168"/>
+      <c r="E47" s="166"/>
+      <c r="F47" s="166"/>
     </row>
     <row r="48" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A48" s="170"/>
-[...4 lines deleted...]
-      <c r="F48" s="170"/>
+      <c r="A48" s="166"/>
+      <c r="B48" s="166"/>
+      <c r="C48" s="166"/>
+      <c r="D48" s="168"/>
+      <c r="E48" s="166"/>
+      <c r="F48" s="166"/>
     </row>
     <row r="50" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A50" s="194" t="s">
-[...8 lines deleted...]
-      <c r="F50" s="131" t="e">
+      <c r="A50" s="198" t="s">
+        <v>80</v>
+      </c>
+      <c r="B50" s="199"/>
+      <c r="C50" s="172"/>
+      <c r="D50" s="196" t="s">
+        <v>58</v>
+      </c>
+      <c r="E50" s="197"/>
+      <c r="F50" s="128" t="e">
         <f>AVERAGE(F42:F48)</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="51" spans="1:6" x14ac:dyDescent="0.25">
       <c r="D51"/>
     </row>
     <row r="52" spans="1:6" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="198" t="s">
+      <c r="A52" s="202" t="s">
+        <v>133</v>
+      </c>
+      <c r="B52" s="203"/>
+      <c r="C52" s="203"/>
+      <c r="D52" s="203"/>
+    </row>
+    <row r="53" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A53" s="124" t="s">
+        <v>46</v>
+      </c>
+      <c r="B53" s="124" t="s">
+        <v>87</v>
+      </c>
+      <c r="C53" s="124" t="s">
+        <v>130</v>
+      </c>
+      <c r="D53" s="124" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A54" s="163"/>
+      <c r="B54" s="163"/>
+      <c r="C54" s="163"/>
+      <c r="D54" s="163"/>
+    </row>
+    <row r="55" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A55" s="166"/>
+      <c r="B55" s="166"/>
+      <c r="C55" s="166"/>
+      <c r="D55" s="166"/>
+    </row>
+    <row r="56" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A56" s="166"/>
+      <c r="B56" s="166"/>
+      <c r="C56" s="166"/>
+      <c r="D56" s="166"/>
+    </row>
+    <row r="57" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A57" s="166"/>
+      <c r="B57" s="166"/>
+      <c r="C57" s="166"/>
+      <c r="D57" s="166"/>
+    </row>
+    <row r="58" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A58" s="166"/>
+      <c r="B58" s="166"/>
+      <c r="C58" s="166"/>
+      <c r="D58" s="166"/>
+    </row>
+    <row r="59" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A59" s="166"/>
+      <c r="B59" s="166"/>
+      <c r="C59" s="166"/>
+      <c r="D59" s="166"/>
+    </row>
+    <row r="60" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A60" s="166"/>
+      <c r="B60" s="166"/>
+      <c r="C60" s="166"/>
+      <c r="D60" s="166"/>
+    </row>
+    <row r="62" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A62" s="74" t="s">
+        <v>81</v>
+      </c>
+      <c r="B62" s="74"/>
+      <c r="C62" s="74"/>
+      <c r="D62" s="172"/>
+    </row>
+    <row r="64" spans="1:6" s="136" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="194" t="s">
+        <v>107</v>
+      </c>
+      <c r="B64" s="194"/>
+      <c r="C64" s="194"/>
+      <c r="D64" s="194"/>
+      <c r="E64" s="194"/>
+      <c r="F64" s="194"/>
+    </row>
+    <row r="65" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A65" s="124" t="s">
+        <v>47</v>
+      </c>
+      <c r="B65" s="81" t="s">
+        <v>88</v>
+      </c>
+      <c r="C65" s="81" t="s">
         <v>142</v>
       </c>
-      <c r="B52" s="199"/>
-[...94 lines deleted...]
-        <v>115</v>
+      <c r="D65" s="81" t="s">
+        <v>56</v>
+      </c>
+      <c r="E65" s="81" t="s">
+        <v>57</v>
+      </c>
+      <c r="F65" s="81" t="s">
+        <v>108</v>
       </c>
     </row>
     <row r="66" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A66" s="167"/>
-[...4 lines deleted...]
-      <c r="F66" s="167"/>
+      <c r="A66" s="163"/>
+      <c r="B66" s="163"/>
+      <c r="C66" s="163"/>
+      <c r="D66" s="164"/>
+      <c r="E66" s="163"/>
+      <c r="F66" s="163"/>
     </row>
     <row r="67" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A67" s="170"/>
-[...4 lines deleted...]
-      <c r="F67" s="170"/>
+      <c r="A67" s="166"/>
+      <c r="B67" s="166"/>
+      <c r="C67" s="166"/>
+      <c r="D67" s="168"/>
+      <c r="E67" s="166"/>
+      <c r="F67" s="166"/>
     </row>
     <row r="68" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A68" s="170"/>
-[...4 lines deleted...]
-      <c r="F68" s="170"/>
+      <c r="A68" s="166"/>
+      <c r="B68" s="166"/>
+      <c r="C68" s="166"/>
+      <c r="D68" s="168"/>
+      <c r="E68" s="166"/>
+      <c r="F68" s="166"/>
     </row>
     <row r="69" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A69" s="170"/>
-[...4 lines deleted...]
-      <c r="F69" s="170"/>
+      <c r="A69" s="166"/>
+      <c r="B69" s="166"/>
+      <c r="C69" s="166"/>
+      <c r="D69" s="168"/>
+      <c r="E69" s="166"/>
+      <c r="F69" s="166"/>
     </row>
     <row r="70" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A70" s="170"/>
-[...4 lines deleted...]
-      <c r="F70" s="170"/>
+      <c r="A70" s="166"/>
+      <c r="B70" s="166"/>
+      <c r="C70" s="166"/>
+      <c r="D70" s="168"/>
+      <c r="E70" s="166"/>
+      <c r="F70" s="166"/>
     </row>
     <row r="71" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A71" s="170"/>
-[...4 lines deleted...]
-      <c r="F71" s="170"/>
+      <c r="A71" s="166"/>
+      <c r="B71" s="166"/>
+      <c r="C71" s="166"/>
+      <c r="D71" s="168"/>
+      <c r="E71" s="166"/>
+      <c r="F71" s="166"/>
     </row>
     <row r="72" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A72" s="170"/>
-[...4 lines deleted...]
-      <c r="F72" s="170"/>
+      <c r="A72" s="166"/>
+      <c r="B72" s="166"/>
+      <c r="C72" s="166"/>
+      <c r="D72" s="168"/>
+      <c r="E72" s="166"/>
+      <c r="F72" s="166"/>
     </row>
     <row r="74" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A74" s="186" t="s">
-[...4 lines deleted...]
-      <c r="D74" s="176"/>
+      <c r="A74" s="190" t="s">
+        <v>82</v>
+      </c>
+      <c r="B74" s="190"/>
+      <c r="C74" s="191"/>
+      <c r="D74" s="172"/>
       <c r="E74" s="8" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="F74" s="132" t="e">
+        <v>52</v>
+      </c>
+      <c r="F74" s="129" t="e">
         <f>AVERAGE(F66:F72)</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="76" spans="1:6" s="27" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A76" s="81" t="s">
-[...3 lines deleted...]
-        <v>60</v>
+      <c r="A76" s="80" t="s">
+        <v>48</v>
+      </c>
+      <c r="B76" s="80" t="s">
+        <v>53</v>
       </c>
     </row>
     <row r="77" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A77" s="76" t="s">
-        <v>143</v>
+      <c r="A77" s="75" t="s">
+        <v>134</v>
       </c>
       <c r="B77" s="2">
         <f>B25</f>
         <v>0</v>
       </c>
       <c r="D77"/>
     </row>
     <row r="78" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A78" s="2" t="s">
-        <v>144</v>
+        <v>135</v>
       </c>
       <c r="B78" s="2">
         <f>C50</f>
         <v>0</v>
       </c>
       <c r="D78"/>
     </row>
     <row r="79" spans="1:6" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A79" s="76" t="s">
-        <v>145</v>
+      <c r="A79" s="75" t="s">
+        <v>136</v>
       </c>
       <c r="B79" s="2">
-        <f>D62</f>
+        <f>D74</f>
         <v>0</v>
       </c>
       <c r="D79"/>
     </row>
     <row r="80" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A80" s="2" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="B80" s="2">
         <f>D74+D62</f>
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B81" s="78"/>
+      <c r="B81" s="77"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection sheet="1" selectLockedCells="1"/>
   <mergeCells count="9">
     <mergeCell ref="A74:C74"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="A64:F64"/>
     <mergeCell ref="A40:F40"/>
     <mergeCell ref="A8:G8"/>
     <mergeCell ref="D50:E50"/>
     <mergeCell ref="A50:B50"/>
     <mergeCell ref="A28:D28"/>
     <mergeCell ref="A52:D52"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B37A52DB-FF5F-4BFE-B360-F654537ECE35}">
   <dimension ref="A1:A4"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C13" sqref="C13"/>
+      <selection activeCell="A10" sqref="A10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="71.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>99</v>
+        <v>92</v>
       </c>
     </row>
     <row r="2" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
     </row>
     <row r="3" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
     </row>
     <row r="4" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3F2A9D07-A298-42BA-9EBD-4334F2A1B184}">
   <dimension ref="A1:B1"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="B1" sqref="A1:B1"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="44" customWidth="1"/>
     <col min="2" max="2" width="23.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>45968</v>
+        <v>100</v>
+      </c>
+      <c r="B1" s="132">
+        <v>46087</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BE76CE72-BD8D-4C89-849A-AF8F11DA9415}">
   <dimension ref="A1:F19"/>
   <sheetViews>
     <sheetView zoomScale="104" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4"/>
+      <selection activeCell="B14" sqref="B14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="76.42578125" customWidth="1"/>
     <col min="2" max="2" width="31" customWidth="1"/>
     <col min="3" max="3" width="33.42578125" customWidth="1"/>
     <col min="4" max="4" width="28.5703125" customWidth="1"/>
     <col min="6" max="6" width="41.28515625" customWidth="1"/>
     <col min="7" max="7" width="45.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A1" s="200" t="s">
-[...6 lines deleted...]
-        <v>42</v>
+      <c r="A1" s="204" t="s">
+        <v>109</v>
+      </c>
+      <c r="B1" s="204"/>
+      <c r="C1" s="204"/>
+      <c r="D1" s="204"/>
+      <c r="F1" s="84" t="s">
+        <v>35</v>
       </c>
     </row>
     <row r="2" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="18" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="B2" s="19" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="19" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="20" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>153</v>
+        <v>14</v>
+      </c>
+      <c r="F2" s="205" t="s">
+        <v>144</v>
       </c>
     </row>
     <row r="3" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="B3" s="9">
         <f>7*2</f>
         <v>14</v>
       </c>
       <c r="C3" s="11">
         <v>45</v>
       </c>
       <c r="D3" s="13">
         <f>C3*B3</f>
         <v>630</v>
       </c>
-      <c r="F3" s="201"/>
+      <c r="F3" s="205"/>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A4" s="164" t="s">
-[...2 lines deleted...]
-      <c r="B4" s="165">
+      <c r="A4" s="160" t="s">
+        <v>51</v>
+      </c>
+      <c r="B4" s="161">
         <v>6</v>
       </c>
       <c r="C4" s="11">
         <v>45</v>
       </c>
       <c r="D4" s="13">
         <f>C4*B4</f>
         <v>270</v>
       </c>
-      <c r="F4" s="201"/>
+      <c r="F4" s="205"/>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A5" s="136" t="s">
-[...2 lines deleted...]
-      <c r="B5" s="137">
+      <c r="A5" s="133" t="s">
+        <v>101</v>
+      </c>
+      <c r="B5" s="134">
         <v>3.5</v>
       </c>
       <c r="C5" s="11">
         <v>45</v>
       </c>
       <c r="D5" s="13">
         <f>C5*B5</f>
         <v>157.5</v>
       </c>
-      <c r="F5" s="201"/>
+      <c r="F5" s="205"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="15" t="s">
-        <v>102</v>
+        <v>95</v>
       </c>
       <c r="B6" s="9">
         <f>(B3+B4+B5)*7/100</f>
         <v>1.645</v>
       </c>
       <c r="C6" s="11">
         <v>45</v>
       </c>
       <c r="D6" s="11">
         <f>C6*B6</f>
         <v>74.025000000000006</v>
       </c>
-      <c r="F6" s="201"/>
+      <c r="F6" s="205"/>
     </row>
     <row r="7" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="10"/>
       <c r="C7" s="12"/>
       <c r="D7" s="12">
         <f>SUM(D3:D6)</f>
         <v>1131.5250000000001</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A10" s="200" t="s">
-[...4 lines deleted...]
-      <c r="D10" s="200"/>
+      <c r="A10" s="204" t="s">
+        <v>141</v>
+      </c>
+      <c r="B10" s="204"/>
+      <c r="C10" s="204"/>
+      <c r="D10" s="204"/>
     </row>
     <row r="11" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="16" t="s">
-        <v>154</v>
+        <v>145</v>
       </c>
       <c r="B11" s="16" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C11" s="16" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D11" s="17" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A12" s="129" t="s">
-[...2 lines deleted...]
-      <c r="B12" s="163">
+      <c r="A12" s="126" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="159">
         <v>120</v>
       </c>
-      <c r="C12" s="164">
+      <c r="C12" s="160">
         <v>2</v>
       </c>
       <c r="D12" s="4">
         <f>B12*C12</f>
         <v>240</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A13" s="129" t="s">
-[...2 lines deleted...]
-      <c r="B13" s="163">
+      <c r="A13" s="126" t="s">
+        <v>63</v>
+      </c>
+      <c r="B13" s="159">
         <v>25</v>
       </c>
-      <c r="C13" s="164">
+      <c r="C13" s="160">
         <v>2</v>
       </c>
       <c r="D13" s="4">
         <f>C13*B13</f>
         <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A14" s="129" t="s">
-[...2 lines deleted...]
-      <c r="B14" s="163">
+      <c r="A14" s="126" t="s">
+        <v>55</v>
+      </c>
+      <c r="B14" s="159">
         <v>20</v>
       </c>
-      <c r="C14" s="164">
+      <c r="C14" s="160">
         <v>2</v>
       </c>
       <c r="D14" s="4">
         <f>C14*B14</f>
         <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A15" s="129" t="s">
-[...2 lines deleted...]
-      <c r="B15" s="163">
+      <c r="A15" s="126" t="s">
+        <v>9</v>
+      </c>
+      <c r="B15" s="159">
         <v>150</v>
       </c>
-      <c r="C15" s="164">
+      <c r="C15" s="160">
         <v>1</v>
       </c>
       <c r="D15" s="4">
         <f>C15*B15</f>
         <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="B16" s="21">
         <f>D7*10/100</f>
         <v>113.1525</v>
       </c>
       <c r="C16" s="2">
         <v>1</v>
       </c>
       <c r="D16" s="4">
         <f>C16*B16</f>
         <v>113.1525</v>
       </c>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B17" s="21"/>
       <c r="C17" s="2"/>
       <c r="D17" s="7">
         <f>SUM(D12:D16)</f>
         <v>593.15250000000003</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A19" s="8" t="s">
-        <v>118</v>
+        <v>111</v>
       </c>
       <c r="B19" s="22">
         <f>D17+D7</f>
         <v>1724.6775000000002</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="F2:F6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E4CCAE18-8156-4921-9D26-88D0AF25AFFD}">
   <dimension ref="A1:F20"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="B15" sqref="B15"/>
+      <selection activeCell="B13" sqref="B13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="76.42578125" customWidth="1"/>
     <col min="2" max="2" width="31" customWidth="1"/>
     <col min="3" max="3" width="27.42578125" style="1" customWidth="1"/>
     <col min="4" max="4" width="28.5703125" style="1" customWidth="1"/>
     <col min="6" max="6" width="37.5703125" customWidth="1"/>
     <col min="7" max="7" width="49" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="200" t="s">
-[...6 lines deleted...]
-        <v>42</v>
+      <c r="A1" s="204" t="s">
+        <v>109</v>
+      </c>
+      <c r="B1" s="204"/>
+      <c r="C1" s="204"/>
+      <c r="D1" s="204"/>
+      <c r="F1" s="84" t="s">
+        <v>35</v>
       </c>
     </row>
     <row r="2" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="18" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="19" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="19" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="20" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>153</v>
+        <v>14</v>
+      </c>
+      <c r="F2" s="205" t="s">
+        <v>144</v>
       </c>
     </row>
     <row r="3" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
-        <v>16</v>
+        <v>157</v>
       </c>
       <c r="B3" s="9">
         <v>3</v>
       </c>
       <c r="C3" s="11">
         <v>45</v>
       </c>
       <c r="D3" s="11">
         <f>C3*B3</f>
         <v>135</v>
       </c>
-      <c r="F3" s="201"/>
+      <c r="F3" s="205"/>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="B4" s="9">
         <f>14</f>
         <v>14</v>
       </c>
       <c r="C4" s="11">
         <v>45</v>
       </c>
       <c r="D4" s="13">
         <f>C4*B4</f>
         <v>630</v>
       </c>
-      <c r="F4" s="201"/>
+      <c r="F4" s="205"/>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A5" s="164" t="s">
-[...2 lines deleted...]
-      <c r="B5" s="165">
+      <c r="A5" s="160" t="s">
+        <v>54</v>
+      </c>
+      <c r="B5" s="161">
         <v>6</v>
       </c>
       <c r="C5" s="11">
         <v>45</v>
       </c>
       <c r="D5" s="13">
         <f>C5*B5</f>
         <v>270</v>
       </c>
-      <c r="F5" s="201"/>
+      <c r="F5" s="205"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="B6" s="9">
         <v>3.5</v>
       </c>
       <c r="C6" s="11">
         <v>45</v>
       </c>
       <c r="D6" s="13">
         <f>C6*B6</f>
         <v>157.5</v>
       </c>
-      <c r="F6" s="201"/>
+      <c r="F6" s="205"/>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="15" t="s">
-        <v>102</v>
+        <v>95</v>
       </c>
       <c r="B7" s="9">
         <f>(B4+B3+B5+B6)*7/100</f>
         <v>1.855</v>
       </c>
       <c r="C7" s="11">
         <v>45</v>
       </c>
       <c r="D7" s="11">
         <f>C7*B7</f>
         <v>83.474999999999994</v>
       </c>
-      <c r="F7" s="201"/>
+      <c r="F7" s="205"/>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B8" s="10"/>
       <c r="C8" s="12"/>
       <c r="D8" s="12">
         <f>SUM(D3:D7)</f>
         <v>1275.9749999999999</v>
       </c>
-      <c r="F8" s="201"/>
+      <c r="F8" s="205"/>
     </row>
     <row r="10" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C10"/>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A11" s="200" t="s">
-[...4 lines deleted...]
-      <c r="D11" s="200"/>
+      <c r="A11" s="204" t="s">
+        <v>141</v>
+      </c>
+      <c r="B11" s="204"/>
+      <c r="C11" s="204"/>
+      <c r="D11" s="204"/>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="16" t="s">
-        <v>154</v>
+        <v>145</v>
       </c>
       <c r="B12" s="16" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C12" s="16" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D12" s="17" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A13" s="129" t="s">
-[...2 lines deleted...]
-      <c r="B13" s="163">
+      <c r="A13" s="126" t="s">
+        <v>15</v>
+      </c>
+      <c r="B13" s="159">
         <v>120</v>
       </c>
-      <c r="C13" s="164">
+      <c r="C13" s="160">
         <v>2</v>
       </c>
       <c r="D13" s="4">
         <f>B13*C13</f>
         <v>240</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A14" s="129" t="s">
-[...2 lines deleted...]
-      <c r="B14" s="163">
+      <c r="A14" s="126" t="s">
+        <v>55</v>
+      </c>
+      <c r="B14" s="159">
         <v>25</v>
       </c>
-      <c r="C14" s="164">
+      <c r="C14" s="160">
         <v>2</v>
       </c>
       <c r="D14" s="4">
         <f>C14*B14</f>
         <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A15" s="129" t="s">
-[...2 lines deleted...]
-      <c r="B15" s="163">
+      <c r="A15" s="126" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" s="159">
         <v>20</v>
       </c>
-      <c r="C15" s="164">
+      <c r="C15" s="160">
         <v>2</v>
       </c>
       <c r="D15" s="4">
         <f>C15*B15</f>
         <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A16" s="129" t="s">
-[...2 lines deleted...]
-      <c r="B16" s="163">
+      <c r="A16" s="126" t="s">
+        <v>64</v>
+      </c>
+      <c r="B16" s="159">
         <v>150</v>
       </c>
-      <c r="C16" s="164">
+      <c r="C16" s="160">
         <v>1</v>
       </c>
       <c r="D16" s="4">
         <f>C16*B16</f>
         <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="B17" s="21">
         <f>D8*10/100</f>
         <v>127.5975</v>
       </c>
       <c r="C17" s="2">
         <v>1</v>
       </c>
       <c r="D17" s="4">
         <f>C17*B17</f>
         <v>127.5975</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B18" s="21"/>
       <c r="C18" s="2"/>
       <c r="D18" s="7">
         <f>SUM(D13:D17)</f>
         <v>607.59749999999997</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" s="8" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
       <c r="B20" s="22">
         <f>D18+D8</f>
         <v>1883.5724999999998</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="F2:F8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B6AFBFF1-12C1-41DB-86AA-DED1DF9525A2}">
   <dimension ref="A1:F12"/>
   <sheetViews>
     <sheetView zoomScale="78" zoomScaleNormal="109" workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="76.42578125" customWidth="1"/>
     <col min="2" max="2" width="31" customWidth="1"/>
     <col min="3" max="3" width="27.42578125" customWidth="1"/>
     <col min="4" max="4" width="28.5703125" customWidth="1"/>
     <col min="6" max="6" width="30.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A1" s="200" t="s">
-[...6 lines deleted...]
-        <v>42</v>
+      <c r="A1" s="204" t="s">
+        <v>109</v>
+      </c>
+      <c r="B1" s="204"/>
+      <c r="C1" s="204"/>
+      <c r="D1" s="204"/>
+      <c r="F1" s="84" t="s">
+        <v>35</v>
       </c>
     </row>
     <row r="2" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="18" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="19" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="19" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="20" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>14</v>
+      </c>
+      <c r="F2" s="119" t="s">
+        <v>123</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="B3" s="9">
         <v>4.5</v>
       </c>
       <c r="C3" s="9">
         <v>45</v>
       </c>
       <c r="D3" s="11">
         <f t="shared" ref="D3:D4" si="0">C3*B3</f>
         <v>202.5</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="15" t="s">
-        <v>102</v>
+        <v>95</v>
       </c>
       <c r="B4" s="9">
         <f>B3*7/100</f>
         <v>0.315</v>
       </c>
       <c r="C4" s="9">
         <v>45</v>
       </c>
       <c r="D4" s="11">
         <f t="shared" si="0"/>
         <v>14.175000000000001</v>
       </c>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A5" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="10"/>
       <c r="C5" s="10"/>
       <c r="D5" s="12">
         <f>SUM(D3:D4)</f>
         <v>216.67500000000001</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A7" s="200" t="s">
-[...4 lines deleted...]
-      <c r="D7" s="200"/>
+      <c r="A7" s="204" t="s">
+        <v>141</v>
+      </c>
+      <c r="B7" s="204"/>
+      <c r="C7" s="204"/>
+      <c r="D7" s="204"/>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="16" t="s">
-        <v>155</v>
+        <v>146</v>
       </c>
       <c r="B8" s="16" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C8" s="16" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D8" s="17" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="B9" s="14">
         <f>D5*10/100</f>
         <v>21.6675</v>
       </c>
       <c r="C9" s="2">
         <v>1</v>
       </c>
       <c r="D9" s="25">
         <f>B9</f>
         <v>21.6675</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="26"/>
       <c r="C10" s="10"/>
       <c r="D10" s="12">
         <f>D9</f>
         <v>21.6675</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="8" t="s">
-        <v>137</v>
+        <v>128</v>
       </c>
       <c r="B12" s="22">
         <f>D5+D10</f>
         <v>238.3425</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="2">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A7:D7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F43FD0E5-E9AF-47BB-ADCB-4B71E203F4CB}">
   <dimension ref="A1:F16"/>
   <sheetViews>
     <sheetView zoomScale="79" workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="96.140625" customWidth="1"/>
     <col min="2" max="2" width="31" customWidth="1"/>
     <col min="3" max="3" width="24" customWidth="1"/>
     <col min="4" max="4" width="28.5703125" customWidth="1"/>
     <col min="6" max="6" width="37.42578125" customWidth="1"/>
     <col min="7" max="7" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A1" s="202" t="s">
-[...13 lines deleted...]
-      <c r="B2" s="178" t="s">
+      <c r="A1" s="206" t="s">
+        <v>24</v>
+      </c>
+      <c r="B1" s="206"/>
+      <c r="C1" s="206"/>
+      <c r="D1" s="206"/>
+      <c r="F1" s="84" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" s="175" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="173" t="s">
+        <v>110</v>
+      </c>
+      <c r="B2" s="174" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="178" t="s">
+      <c r="C2" s="174" t="s">
         <v>2</v>
       </c>
-      <c r="D2" s="178" t="s">
-[...3 lines deleted...]
-        <v>160</v>
+      <c r="D2" s="174" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" s="205" t="s">
+        <v>151</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A3" s="41" t="s">
-[...2 lines deleted...]
-      <c r="B3" s="42">
+      <c r="A3" s="40" t="s">
+        <v>23</v>
+      </c>
+      <c r="B3" s="41">
         <v>8</v>
       </c>
-      <c r="C3" s="161">
+      <c r="C3" s="157">
         <v>45</v>
       </c>
-      <c r="D3" s="141">
+      <c r="D3" s="138">
         <f t="shared" ref="D3:D7" si="0">B3*C3</f>
         <v>360</v>
       </c>
-      <c r="F3" s="201"/>
+      <c r="F3" s="205"/>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="B4" s="2">
         <v>3</v>
       </c>
-      <c r="C4" s="162">
+      <c r="C4" s="158">
         <v>45</v>
       </c>
       <c r="D4" s="4">
         <f t="shared" si="0"/>
         <v>135</v>
       </c>
-      <c r="F4" s="201"/>
+      <c r="F4" s="205"/>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="B5" s="2">
         <v>3</v>
       </c>
-      <c r="C5" s="162">
+      <c r="C5" s="158">
         <v>45</v>
       </c>
       <c r="D5" s="4">
         <f t="shared" si="0"/>
         <v>135</v>
       </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
-        <v>120</v>
+        <v>113</v>
       </c>
       <c r="B6" s="2">
         <v>4.5</v>
       </c>
-      <c r="C6" s="162">
+      <c r="C6" s="158">
         <v>45</v>
       </c>
       <c r="D6" s="4">
         <f t="shared" si="0"/>
         <v>202.5</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="15" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="B7" s="2">
         <v>14</v>
       </c>
-      <c r="C7" s="162">
+      <c r="C7" s="158">
         <v>45</v>
       </c>
       <c r="D7" s="4">
         <f t="shared" si="0"/>
         <v>630</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="15" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="B8" s="95">
+        <v>95</v>
+      </c>
+      <c r="B8" s="94">
         <f>(B5+B4+B3+B6+B7)*7/100</f>
         <v>2.2749999999999999</v>
       </c>
-      <c r="C8" s="162">
+      <c r="C8" s="158">
         <v>45</v>
       </c>
       <c r="D8" s="4">
         <f>B8*C8</f>
         <v>102.375</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="7">
         <f>SUM(D3:D8)</f>
         <v>1564.875</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A11" s="202" t="s">
-[...4 lines deleted...]
-      <c r="D11" s="202"/>
+      <c r="A11" s="206" t="s">
+        <v>140</v>
+      </c>
+      <c r="B11" s="206"/>
+      <c r="C11" s="206"/>
+      <c r="D11" s="206"/>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="16" t="s">
-        <v>154</v>
+        <v>145</v>
       </c>
       <c r="B12" s="16" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C12" s="16" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D12" s="17" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="B13" s="14">
         <f>D9*10/100</f>
         <v>156.48750000000001</v>
       </c>
       <c r="C13" s="2">
         <v>1</v>
       </c>
       <c r="D13" s="25">
         <f>B13</f>
         <v>156.48750000000001</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B14" s="26"/>
       <c r="C14" s="10"/>
       <c r="D14" s="12">
         <f>D13</f>
         <v>156.48750000000001</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="8" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="B16" s="22">
         <f>D9+D14</f>
         <v>1721.3625</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="F2:F4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{93E8224A-9813-42FB-8F1F-25F7EA63B4E2}">
   <dimension ref="A1:F56"/>
   <sheetViews>
-    <sheetView zoomScale="91" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="A22" sqref="A22"/>
+    <sheetView topLeftCell="A27" zoomScale="91" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="A49" sqref="A49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="96.140625" style="27" customWidth="1"/>
-    <col min="2" max="2" width="31" style="96" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="28.5703125" style="57" customWidth="1"/>
+    <col min="2" max="2" width="31" style="95" customWidth="1"/>
+    <col min="3" max="3" width="24.85546875" style="146" customWidth="1"/>
+    <col min="4" max="4" width="28.5703125" style="56" customWidth="1"/>
     <col min="5" max="5" width="9.85546875" style="27" customWidth="1"/>
     <col min="6" max="6" width="62.28515625" style="27" customWidth="1"/>
     <col min="7" max="16384" width="11.42578125" style="27"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A1" s="200" t="s">
-[...6 lines deleted...]
-        <v>42</v>
+      <c r="A1" s="204" t="s">
+        <v>16</v>
+      </c>
+      <c r="B1" s="204"/>
+      <c r="C1" s="204"/>
+      <c r="D1" s="204"/>
+      <c r="F1" s="84" t="s">
+        <v>35</v>
       </c>
     </row>
     <row r="2" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="28" t="s">
-        <v>117</v>
-[...1 lines deleted...]
-      <c r="B2" s="96" t="s">
+        <v>110</v>
+      </c>
+      <c r="B2" s="95" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="149" t="s">
+      <c r="C2" s="146" t="s">
         <v>2</v>
       </c>
-      <c r="D2" s="87" t="s">
-[...3 lines deleted...]
-        <v>159</v>
+      <c r="D2" s="86" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" s="205" t="s">
+        <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="28"/>
-      <c r="F3" s="201"/>
+      <c r="F3" s="205"/>
     </row>
     <row r="4" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A4" s="46" t="s">
-[...5 lines deleted...]
-      <c r="F4" s="201"/>
+      <c r="A4" s="45" t="s">
+        <v>122</v>
+      </c>
+      <c r="B4" s="96"/>
+      <c r="C4" s="139"/>
+      <c r="D4" s="57"/>
+      <c r="F4" s="205"/>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A5" s="47" t="s">
-[...2 lines deleted...]
-      <c r="B5" s="48">
+      <c r="A5" s="46" t="s">
+        <v>59</v>
+      </c>
+      <c r="B5" s="47">
         <v>3</v>
       </c>
-      <c r="C5" s="143">
+      <c r="C5" s="140">
         <v>45</v>
       </c>
-      <c r="D5" s="59">
+      <c r="D5" s="58">
         <f>Tableau2[[#This Row],[HEURES]]*Tableau2[[#This Row],[COUTS HORAIRE PACA]]</f>
         <v>135</v>
       </c>
-      <c r="F5" s="201"/>
+      <c r="F5" s="205"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A6" s="47" t="s">
-[...2 lines deleted...]
-      <c r="B6" s="48">
+      <c r="A6" s="46" t="s">
+        <v>66</v>
+      </c>
+      <c r="B6" s="47">
         <v>1</v>
       </c>
-      <c r="C6" s="143">
+      <c r="C6" s="140">
         <v>45</v>
       </c>
-      <c r="D6" s="59">
+      <c r="D6" s="58">
         <f>Tableau2[[#This Row],[HEURES]]*Tableau2[[#This Row],[COUTS HORAIRE PACA]]</f>
         <v>45</v>
       </c>
-      <c r="F6" s="201"/>
+      <c r="F6" s="205"/>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A7" s="47" t="s">
-[...2 lines deleted...]
-      <c r="B7" s="48">
+      <c r="A7" s="46" t="s">
+        <v>114</v>
+      </c>
+      <c r="B7" s="47">
         <v>1</v>
       </c>
-      <c r="C7" s="143">
+      <c r="C7" s="140">
         <v>45</v>
       </c>
-      <c r="D7" s="59">
+      <c r="D7" s="58">
         <f>Tableau2[[#This Row],[HEURES]]*Tableau2[[#This Row],[COUTS HORAIRE PACA]]</f>
         <v>45</v>
       </c>
-      <c r="F7" s="201"/>
+      <c r="F7" s="205"/>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A8" s="47" t="s">
-[...2 lines deleted...]
-      <c r="B8" s="48">
+      <c r="A8" s="46" t="s">
+        <v>5</v>
+      </c>
+      <c r="B8" s="47">
         <v>1</v>
       </c>
-      <c r="C8" s="143">
+      <c r="C8" s="140">
         <v>45</v>
       </c>
-      <c r="D8" s="59">
+      <c r="D8" s="58">
         <f>Tableau2[[#This Row],[HEURES]]*Tableau2[[#This Row],[COUTS HORAIRE PACA]]</f>
         <v>45</v>
       </c>
-      <c r="F8" s="201"/>
+      <c r="F8" s="205"/>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A9" s="47" t="s">
-[...2 lines deleted...]
-      <c r="B9" s="48">
+      <c r="A9" s="46" t="s">
+        <v>115</v>
+      </c>
+      <c r="B9" s="47">
         <v>4</v>
       </c>
-      <c r="C9" s="143">
+      <c r="C9" s="140">
         <v>45</v>
       </c>
-      <c r="D9" s="59">
+      <c r="D9" s="58">
         <f>Tableau2[[#This Row],[HEURES]]*Tableau2[[#This Row],[COUTS HORAIRE PACA]]</f>
         <v>180</v>
       </c>
-      <c r="F9" s="201"/>
+      <c r="F9" s="205"/>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A10" s="47" t="s">
-[...2 lines deleted...]
-      <c r="B10" s="48">
+      <c r="A10" s="46" t="s">
+        <v>67</v>
+      </c>
+      <c r="B10" s="47">
         <v>1</v>
       </c>
-      <c r="C10" s="143">
+      <c r="C10" s="140">
         <v>45</v>
       </c>
-      <c r="D10" s="59">
+      <c r="D10" s="58">
         <f>Tableau2[[#This Row],[HEURES]]*Tableau2[[#This Row],[COUTS HORAIRE PACA]]</f>
         <v>45</v>
       </c>
-      <c r="F10" s="201"/>
+      <c r="F10" s="205"/>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A11" s="49" t="s">
-[...2 lines deleted...]
-      <c r="B11" s="50">
+      <c r="A11" s="48" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" s="49">
         <f>SUM(B5:B10)</f>
         <v>11</v>
       </c>
-      <c r="C11" s="144"/>
-      <c r="D11" s="60">
+      <c r="C11" s="141"/>
+      <c r="D11" s="59">
         <f>SUM(D5:D10)</f>
         <v>495</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="29"/>
-      <c r="B12" s="98"/>
-[...1 lines deleted...]
-      <c r="D12" s="61"/>
+      <c r="B12" s="97"/>
+      <c r="C12" s="142"/>
+      <c r="D12" s="60"/>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A13" s="45" t="s">
-[...4 lines deleted...]
-      <c r="D13" s="62"/>
+      <c r="A13" s="44" t="s">
+        <v>39</v>
+      </c>
+      <c r="B13" s="98"/>
+      <c r="C13" s="151"/>
+      <c r="D13" s="61"/>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A14" s="51" t="s">
-[...2 lines deleted...]
-      <c r="B14" s="93">
+      <c r="A14" s="50" t="s">
+        <v>6</v>
+      </c>
+      <c r="B14" s="92">
         <f>SUM(B15:B17)</f>
         <v>7</v>
       </c>
-      <c r="C14" s="146">
+      <c r="C14" s="143">
         <v>45</v>
       </c>
-      <c r="D14" s="63">
+      <c r="D14" s="62">
         <f>Tableau2[[#This Row],[HEURES]]*Tableau2[[#This Row],[COUTS HORAIRE PACA]]</f>
         <v>315</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A15" s="47" t="s">
-[...2 lines deleted...]
-      <c r="B15" s="52">
+      <c r="A15" s="46" t="s">
+        <v>7</v>
+      </c>
+      <c r="B15" s="51">
         <v>1</v>
       </c>
-      <c r="C15" s="143">
+      <c r="C15" s="140">
         <v>45</v>
       </c>
-      <c r="D15" s="59">
+      <c r="D15" s="58">
         <f>Tableau2[[#This Row],[HEURES]]*Tableau2[[#This Row],[COUTS HORAIRE PACA]]</f>
         <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A16" s="47" t="s">
-[...2 lines deleted...]
-      <c r="B16" s="48">
+      <c r="A16" s="46" t="s">
+        <v>116</v>
+      </c>
+      <c r="B16" s="47">
         <v>2</v>
       </c>
-      <c r="C16" s="143">
+      <c r="C16" s="140">
         <v>45</v>
       </c>
-      <c r="D16" s="59">
+      <c r="D16" s="58">
         <f>Tableau2[[#This Row],[HEURES]]*Tableau2[[#This Row],[COUTS HORAIRE PACA]]</f>
         <v>90</v>
       </c>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A17" s="47" t="s">
-[...2 lines deleted...]
-      <c r="B17" s="48">
+      <c r="A17" s="46" t="s">
+        <v>117</v>
+      </c>
+      <c r="B17" s="47">
         <v>4</v>
       </c>
-      <c r="C17" s="143">
+      <c r="C17" s="140">
         <v>45</v>
       </c>
-      <c r="D17" s="59">
+      <c r="D17" s="58">
         <f>Tableau2[[#This Row],[HEURES]]*Tableau2[[#This Row],[COUTS HORAIRE PACA]]</f>
         <v>180</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A18" s="44"/>
-[...2 lines deleted...]
-      <c r="D18" s="64"/>
+      <c r="A18" s="43"/>
+      <c r="B18" s="99"/>
+      <c r="C18" s="144"/>
+      <c r="D18" s="63"/>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A19" s="53" t="s">
-[...2 lines deleted...]
-      <c r="B19" s="93">
+      <c r="A19" s="52" t="s">
+        <v>137</v>
+      </c>
+      <c r="B19" s="92">
         <f>SUM(B20:B22)</f>
         <v>40</v>
       </c>
-      <c r="C19" s="146">
+      <c r="C19" s="143">
         <v>45</v>
       </c>
-      <c r="D19" s="63">
+      <c r="D19" s="62">
         <f>Tableau2[[#This Row],[HEURES]]*Tableau2[[#This Row],[COUTS HORAIRE PACA]]</f>
         <v>1800</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A20" s="54" t="s">
-[...2 lines deleted...]
-      <c r="B20" s="48">
+      <c r="A20" s="53" t="s">
+        <v>118</v>
+      </c>
+      <c r="B20" s="47">
         <v>4</v>
       </c>
-      <c r="C20" s="143">
+      <c r="C20" s="140">
         <v>45</v>
       </c>
-      <c r="D20" s="59">
+      <c r="D20" s="58">
         <f>Tableau2[[#This Row],[HEURES]]*Tableau2[[#This Row],[COUTS HORAIRE PACA]]</f>
         <v>180</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A21" s="54" t="s">
-[...2 lines deleted...]
-      <c r="B21" s="48">
+      <c r="A21" s="53" t="s">
+        <v>120</v>
+      </c>
+      <c r="B21" s="47">
         <f>4*5</f>
         <v>20</v>
       </c>
-      <c r="C21" s="143">
+      <c r="C21" s="140">
         <v>45</v>
       </c>
-      <c r="D21" s="59">
+      <c r="D21" s="58">
         <f>Tableau2[[#This Row],[HEURES]]*Tableau2[[#This Row],[COUTS HORAIRE PACA]]</f>
         <v>900</v>
       </c>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A22" s="181" t="s">
-[...2 lines deleted...]
-      <c r="B22" s="158">
+      <c r="A22" s="177" t="s">
+        <v>119</v>
+      </c>
+      <c r="B22" s="154">
         <f>4*4</f>
         <v>16</v>
       </c>
-      <c r="C22" s="143">
+      <c r="C22" s="140">
         <v>45</v>
       </c>
-      <c r="D22" s="59">
+      <c r="D22" s="58">
         <f>Tableau2[[#This Row],[HEURES]]*Tableau2[[#This Row],[COUTS HORAIRE PACA]]</f>
         <v>720</v>
       </c>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B23" s="27"/>
       <c r="D23" s="27"/>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A24" s="55" t="s">
-[...2 lines deleted...]
-      <c r="B24" s="94">
+      <c r="A24" s="54" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" s="93">
         <f>B14+B19</f>
         <v>47</v>
       </c>
-      <c r="C24" s="148"/>
-      <c r="D24" s="65">
+      <c r="C24" s="145"/>
+      <c r="D24" s="64">
         <f>D14+D19</f>
         <v>2115</v>
       </c>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A25" s="30"/>
-      <c r="B25" s="98"/>
-      <c r="D25" s="66"/>
+      <c r="B25" s="97"/>
+      <c r="D25" s="65"/>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A26" s="43" t="s">
-[...4 lines deleted...]
-      <c r="D26" s="67"/>
+      <c r="A26" s="42" t="s">
+        <v>40</v>
+      </c>
+      <c r="B26" s="100"/>
+      <c r="C26" s="147"/>
+      <c r="D26" s="66"/>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A27" s="51" t="s">
-[...2 lines deleted...]
-      <c r="B27" s="140">
+      <c r="A27" s="50" t="s">
+        <v>6</v>
+      </c>
+      <c r="B27" s="137">
         <f>SUM(B28:B29)</f>
         <v>2</v>
       </c>
-      <c r="C27" s="146">
+      <c r="C27" s="143">
         <v>45</v>
       </c>
-      <c r="D27" s="63">
+      <c r="D27" s="62">
         <f>Tableau2[[#This Row],[HEURES]]*Tableau2[[#This Row],[COUTS HORAIRE PACA]]</f>
         <v>90</v>
       </c>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A28" s="47" t="s">
-[...2 lines deleted...]
-      <c r="B28" s="52">
+      <c r="A28" s="46" t="s">
+        <v>33</v>
+      </c>
+      <c r="B28" s="51">
         <v>1</v>
       </c>
-      <c r="C28" s="146">
+      <c r="C28" s="143">
         <v>45</v>
       </c>
-      <c r="D28" s="59">
+      <c r="D28" s="58">
         <f>Tableau2[[#This Row],[HEURES]]*Tableau2[[#This Row],[COUTS HORAIRE PACA]]</f>
         <v>45</v>
       </c>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A29" s="47" t="s">
-[...2 lines deleted...]
-      <c r="B29" s="52">
+      <c r="A29" s="46" t="s">
+        <v>36</v>
+      </c>
+      <c r="B29" s="51">
         <v>1</v>
       </c>
-      <c r="C29" s="146">
+      <c r="C29" s="143">
         <v>45</v>
       </c>
-      <c r="D29" s="59">
+      <c r="D29" s="58">
         <f>Tableau2[[#This Row],[HEURES]]*Tableau2[[#This Row],[COUTS HORAIRE PACA]]</f>
         <v>45</v>
       </c>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A30" s="44"/>
-[...2 lines deleted...]
-      <c r="D30" s="64"/>
+      <c r="A30" s="43"/>
+      <c r="B30" s="99"/>
+      <c r="C30" s="148"/>
+      <c r="D30" s="63"/>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A31" s="56" t="s">
-[...2 lines deleted...]
-      <c r="B31" s="93">
+      <c r="A31" s="55" t="s">
+        <v>139</v>
+      </c>
+      <c r="B31" s="92">
         <f>SUM(B32:B34)</f>
         <v>9.5</v>
       </c>
-      <c r="C31" s="146">
+      <c r="C31" s="143">
         <v>45</v>
       </c>
-      <c r="D31" s="63">
+      <c r="D31" s="62">
         <f>Tableau2[[#This Row],[HEURES]]*Tableau2[[#This Row],[COUTS HORAIRE PACA]]</f>
         <v>427.5</v>
       </c>
     </row>
     <row r="32" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A32" s="54" t="s">
-[...2 lines deleted...]
-      <c r="B32" s="92">
+      <c r="A32" s="53" t="s">
+        <v>31</v>
+      </c>
+      <c r="B32" s="91">
         <v>3</v>
       </c>
-      <c r="C32" s="146">
+      <c r="C32" s="143">
         <v>45</v>
       </c>
-      <c r="D32" s="59">
+      <c r="D32" s="58">
         <f>Tableau2[[#This Row],[HEURES]]*Tableau2[[#This Row],[COUTS HORAIRE PACA]]</f>
         <v>135</v>
       </c>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A33" s="54" t="s">
-[...2 lines deleted...]
-      <c r="B33" s="92">
+      <c r="A33" s="53" t="s">
+        <v>32</v>
+      </c>
+      <c r="B33" s="91">
         <v>2.5</v>
       </c>
-      <c r="C33" s="146">
+      <c r="C33" s="143">
         <v>45</v>
       </c>
-      <c r="D33" s="59">
+      <c r="D33" s="58">
         <f>Tableau2[[#This Row],[HEURES]]*Tableau2[[#This Row],[COUTS HORAIRE PACA]]</f>
         <v>112.5</v>
       </c>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A34" s="181" t="s">
-[...2 lines deleted...]
-      <c r="B34" s="159">
+      <c r="A34" s="177" t="s">
+        <v>138</v>
+      </c>
+      <c r="B34" s="155">
         <v>4</v>
       </c>
-      <c r="C34" s="146">
+      <c r="C34" s="143">
         <v>45</v>
       </c>
-      <c r="D34" s="59">
+      <c r="D34" s="58">
         <f>Tableau2[[#This Row],[HEURES]]*Tableau2[[#This Row],[COUTS HORAIRE PACA]]</f>
         <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B35" s="27"/>
       <c r="D35" s="27"/>
     </row>
     <row r="36" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A36" s="55" t="s">
-[...2 lines deleted...]
-      <c r="B36" s="94">
+      <c r="A36" s="54" t="s">
+        <v>8</v>
+      </c>
+      <c r="B36" s="93">
         <f>SUM(B31+B27)</f>
         <v>11.5</v>
       </c>
-      <c r="C36" s="148"/>
-      <c r="D36" s="68">
+      <c r="C36" s="145"/>
+      <c r="D36" s="67">
         <f>D27+D31</f>
         <v>517.5</v>
       </c>
     </row>
     <row r="37" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B37" s="98"/>
-      <c r="D37" s="66"/>
+      <c r="B37" s="97"/>
+      <c r="D37" s="65"/>
     </row>
     <row r="38" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A38" s="45" t="s">
-[...4 lines deleted...]
-      <c r="D38" s="69"/>
+      <c r="A38" s="44" t="s">
+        <v>121</v>
+      </c>
+      <c r="B38" s="101"/>
+      <c r="C38" s="123"/>
+      <c r="D38" s="68"/>
     </row>
     <row r="39" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A39" s="31" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="B39" s="110">
+        <v>10</v>
+      </c>
+      <c r="B39" s="109">
         <f>B11</f>
         <v>11</v>
       </c>
-      <c r="C39" s="152">
+      <c r="C39" s="149">
         <v>45</v>
       </c>
-      <c r="D39" s="70">
+      <c r="D39" s="69">
         <f>Tableau2[[#This Row],[HEURES]]*Tableau2[[#This Row],[COUTS HORAIRE PACA]]</f>
         <v>495</v>
       </c>
     </row>
     <row r="40" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A40" s="31" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="B40" s="110">
+        <v>68</v>
+      </c>
+      <c r="B40" s="109">
         <f>B24</f>
         <v>47</v>
       </c>
-      <c r="C40" s="152">
+      <c r="C40" s="149">
         <v>45</v>
       </c>
-      <c r="D40" s="70">
+      <c r="D40" s="69">
         <f>Tableau2[[#This Row],[HEURES]]*Tableau2[[#This Row],[COUTS HORAIRE PACA]]</f>
         <v>2115</v>
       </c>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A41" s="31" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="B41" s="103">
+        <v>69</v>
+      </c>
+      <c r="B41" s="102">
         <f>B36</f>
         <v>11.5</v>
       </c>
-      <c r="C41" s="152">
+      <c r="C41" s="149">
         <v>45</v>
       </c>
-      <c r="D41" s="70">
+      <c r="D41" s="69">
         <f>Tableau2[[#This Row],[HEURES]]*Tableau2[[#This Row],[COUTS HORAIRE PACA]]</f>
         <v>517.5</v>
       </c>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A42" s="15" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="B42" s="103">
+        <v>95</v>
+      </c>
+      <c r="B42" s="102">
         <f>(B41+B40+B39)*7/100</f>
         <v>4.8650000000000002</v>
       </c>
-      <c r="C42" s="152">
+      <c r="C42" s="149">
         <v>45</v>
       </c>
-      <c r="D42" s="70">
+      <c r="D42" s="69">
         <f>Tableau2[[#This Row],[HEURES]]*Tableau2[[#This Row],[COUTS HORAIRE PACA]]</f>
         <v>218.92500000000001</v>
       </c>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A43" s="55" t="s">
-[...2 lines deleted...]
-      <c r="B43" s="103"/>
+      <c r="A43" s="54" t="s">
+        <v>8</v>
+      </c>
+      <c r="B43" s="102"/>
       <c r="C43" s="11"/>
-      <c r="D43" s="71">
+      <c r="D43" s="70">
         <f>D42+D41+D40+D39</f>
         <v>3346.4250000000002</v>
       </c>
     </row>
     <row r="44" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="C44" s="153"/>
-      <c r="D44" s="72"/>
+      <c r="C44" s="150"/>
+      <c r="D44" s="71"/>
     </row>
     <row r="45" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A45" s="202" t="s">
-[...4 lines deleted...]
-      <c r="D45" s="202"/>
+      <c r="A45" s="206" t="s">
+        <v>90</v>
+      </c>
+      <c r="B45" s="206"/>
+      <c r="C45" s="206"/>
+      <c r="D45" s="206"/>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A46" s="16" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>145</v>
+      </c>
+      <c r="B46" s="103" t="s">
+        <v>13</v>
       </c>
       <c r="C46" s="16" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>11</v>
+      </c>
+      <c r="D46" s="176" t="s">
+        <v>14</v>
       </c>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A47" s="31" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="B47" s="105">
+        <v>89</v>
+      </c>
+      <c r="B47" s="104">
         <f>D43*10/100</f>
         <v>334.64249999999998</v>
       </c>
-      <c r="C47" s="148">
+      <c r="C47" s="145">
         <v>1</v>
       </c>
-      <c r="D47" s="73">
+      <c r="D47" s="72">
         <f>B47</f>
         <v>334.64249999999998</v>
       </c>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A48" s="31" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="B48" s="109">
+        <v>27</v>
+      </c>
+      <c r="B48" s="108">
         <v>15</v>
       </c>
-      <c r="C48" s="148">
+      <c r="C48" s="145">
         <v>1</v>
       </c>
-      <c r="D48" s="73">
+      <c r="D48" s="72">
         <f>B48</f>
         <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A49" s="182" t="s">
-[...2 lines deleted...]
-      <c r="B49" s="160">
+      <c r="A49" s="178" t="s">
+        <v>73</v>
+      </c>
+      <c r="B49" s="156">
         <v>200</v>
       </c>
-      <c r="C49" s="155">
+      <c r="C49" s="152">
         <v>2</v>
       </c>
-      <c r="D49" s="73">
+      <c r="D49" s="72">
         <f>B49*C49</f>
         <v>400</v>
       </c>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A50" s="83" t="s">
-[...2 lines deleted...]
-      <c r="B50" s="106">
+      <c r="A50" s="82" t="s">
+        <v>63</v>
+      </c>
+      <c r="B50" s="105">
         <v>20</v>
       </c>
-      <c r="C50" s="155">
+      <c r="C50" s="152">
         <v>4</v>
       </c>
-      <c r="D50" s="73">
+      <c r="D50" s="72">
         <f>B50*C50</f>
         <v>80</v>
       </c>
     </row>
     <row r="51" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A51" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="B51" s="107"/>
-[...1 lines deleted...]
-      <c r="D51" s="74">
+      <c r="B51" s="106"/>
+      <c r="C51" s="145"/>
+      <c r="D51" s="73">
         <f>D47+D49+D50+D48</f>
         <v>829.64249999999993</v>
       </c>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A52" s="30"/>
-      <c r="B52" s="108"/>
+      <c r="B52" s="107"/>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A53" s="30"/>
-      <c r="B53" s="108"/>
+      <c r="B53" s="107"/>
     </row>
     <row r="54" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A54" s="8" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="B54" s="36">
+        <v>30</v>
+      </c>
+      <c r="B54" s="182">
         <f>D43+D51</f>
         <v>4176.0675000000001</v>
       </c>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A55" s="30"/>
-      <c r="B55" s="108"/>
+      <c r="B55" s="107"/>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A56" s="30"/>
-      <c r="B56" s="108"/>
+      <c r="B56" s="107"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection sheet="1" selectLockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A45:D45"/>
     <mergeCell ref="F2:F10"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0B384AB1-42DC-4E42-84E5-34FCBFF966D2}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3A1BAC04-0067-476F-8EAE-6C47DFAEB346}">
-  <dimension ref="B1:G14"/>
+  <dimension ref="B1:G22"/>
   <sheetViews>
     <sheetView zoomScale="87" workbookViewId="0">
-      <selection sqref="A1:XFD1048576"/>
+      <selection activeCell="D4" sqref="D4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="2" max="2" width="60.42578125" customWidth="1"/>
+    <col min="1" max="1" width="2.85546875" customWidth="1"/>
+    <col min="2" max="2" width="71.42578125" customWidth="1"/>
     <col min="3" max="3" width="20.5703125" customWidth="1"/>
     <col min="4" max="4" width="17" customWidth="1"/>
     <col min="5" max="5" width="18.85546875" style="5" customWidth="1"/>
     <col min="7" max="7" width="33.85546875" customWidth="1"/>
+    <col min="8" max="8" width="12.7109375" customWidth="1"/>
+    <col min="9" max="9" width="31.42578125" customWidth="1"/>
     <col min="11" max="11" width="22.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B1" s="200" t="s">
-[...6 lines deleted...]
-        <v>42</v>
+      <c r="B1" s="204" t="s">
+        <v>147</v>
+      </c>
+      <c r="C1" s="204"/>
+      <c r="D1" s="204"/>
+      <c r="E1" s="204"/>
+      <c r="G1" s="84" t="s">
+        <v>35</v>
       </c>
     </row>
     <row r="2" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B2" s="32" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="C2" s="32" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="D2" s="32" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E2" s="33" t="s">
-        <v>20</v>
-[...5 lines deleted...]
-    <row r="3" spans="2:7" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+      <c r="G2" s="119" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="3" spans="2:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="2">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="D3" s="2">
         <v>2</v>
       </c>
       <c r="E3" s="4">
         <f>C3*D3</f>
-        <v>180</v>
+        <v>200</v>
+      </c>
+      <c r="G3" s="207" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="4" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B4" s="2" t="s">
-        <v>5</v>
+        <v>165</v>
       </c>
       <c r="C4" s="2">
-        <v>350</v>
-[...1 lines deleted...]
-      <c r="D4" s="2">
+        <v>457.28</v>
+      </c>
+      <c r="D4" s="185">
         <v>2</v>
       </c>
       <c r="E4" s="4">
         <f>C4*D4</f>
-        <v>700</v>
-[...2 lines deleted...]
-    <row r="5" spans="2:7" x14ac:dyDescent="0.25">
+        <v>914.56</v>
+      </c>
+      <c r="G4" s="207"/>
+    </row>
+    <row r="5" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="2" t="s">
-        <v>6</v>
+        <v>161</v>
       </c>
       <c r="C5" s="2">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>16</v>
+      </c>
+      <c r="D5" s="185">
+        <v>5</v>
       </c>
       <c r="E5" s="4">
-        <v>75</v>
+        <f t="shared" ref="E5:E6" si="0">C5*D5</f>
+        <v>80</v>
+      </c>
+      <c r="G5" s="207" t="s">
+        <v>164</v>
       </c>
     </row>
     <row r="6" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B6" s="2" t="s">
-        <v>9</v>
+        <v>162</v>
       </c>
       <c r="C6" s="2">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="D6" s="2">
         <v>1</v>
       </c>
       <c r="E6" s="4">
-        <f>C6*D6</f>
-[...1 lines deleted...]
-      </c>
+        <f t="shared" si="0"/>
+        <v>50</v>
+      </c>
+      <c r="G6" s="207"/>
     </row>
     <row r="7" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B7" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="7">
         <f>SUM(E3:E6)</f>
-        <v>1045</v>
-[...8 lines deleted...]
-      <c r="E9" s="200"/>
+        <v>1244.56</v>
+      </c>
+      <c r="G7" s="207"/>
+    </row>
+    <row r="8" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="G8" s="205" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="9" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="204" t="s">
+        <v>148</v>
+      </c>
+      <c r="C9" s="204"/>
+      <c r="D9" s="204"/>
+      <c r="E9" s="204"/>
+      <c r="G9" s="205"/>
     </row>
     <row r="10" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B10" s="32" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="C10" s="32" t="s">
-        <v>19</v>
+        <v>159</v>
       </c>
       <c r="D10" s="32" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E10" s="33" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="11" spans="2:7" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+      <c r="G10" s="205"/>
+    </row>
+    <row r="11" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="2" t="s">
-        <v>8</v>
+        <v>166</v>
       </c>
       <c r="C11" s="2">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="D11" s="2">
+        <f>82.86+24.9+24.9</f>
+        <v>132.66</v>
+      </c>
+      <c r="D11" s="186">
         <v>1</v>
       </c>
       <c r="E11" s="4">
-        <f t="shared" ref="E11:E13" si="0">C11*D11</f>
-[...1 lines deleted...]
-      </c>
+        <f t="shared" ref="E11:E12" si="1">C11*D11</f>
+        <v>132.66</v>
+      </c>
+      <c r="G11" s="205"/>
     </row>
     <row r="12" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B12" s="2" t="s">
-        <v>6</v>
+        <v>168</v>
       </c>
       <c r="C12" s="2">
+        <v>70.78</v>
+      </c>
+      <c r="D12" s="183">
+        <v>2</v>
+      </c>
+      <c r="E12" s="4">
+        <f t="shared" si="1"/>
+        <v>141.56</v>
+      </c>
+      <c r="G12" s="205"/>
+    </row>
+    <row r="13" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B13" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="D12" s="2">
-[...20 lines deleted...]
-      </c>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2"/>
+      <c r="E13" s="7">
+        <f>SUM(E11:E12)</f>
+        <v>274.22000000000003</v>
+      </c>
+      <c r="G13" s="205"/>
     </row>
     <row r="14" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B14" s="3" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G14" s="205"/>
+    </row>
+    <row r="15" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="G15" s="205"/>
+    </row>
+    <row r="16" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E16"/>
+    </row>
+    <row r="17" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E17"/>
+    </row>
+    <row r="18" spans="5:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E18"/>
+    </row>
+    <row r="19" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E19"/>
+    </row>
+    <row r="20" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E20"/>
+    </row>
+    <row r="21" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E21"/>
+    </row>
+    <row r="22" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E22"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
-  <mergeCells count="2">
+  <sheetProtection sheet="1" selectLockedCells="1"/>
+  <mergeCells count="5">
+    <mergeCell ref="G3:G4"/>
+    <mergeCell ref="G5:G7"/>
+    <mergeCell ref="G8:G15"/>
     <mergeCell ref="B1:E1"/>
     <mergeCell ref="B9:E9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DCC140AD-34CC-4B2B-8810-63982B6E9CDA}">
   <dimension ref="A1:F31"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A19" zoomScale="78" zoomScaleNormal="70" workbookViewId="0">
+    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <selection activeCell="C31" sqref="C31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="76.85546875" customWidth="1"/>
-    <col min="2" max="3" width="28.42578125" style="5" customWidth="1"/>
+    <col min="1" max="1" width="94.140625" customWidth="1"/>
+    <col min="2" max="2" width="34.42578125" style="5" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="28.42578125" style="5" customWidth="1"/>
     <col min="4" max="4" width="39.140625" customWidth="1"/>
     <col min="5" max="5" width="26.7109375" customWidth="1"/>
     <col min="6" max="6" width="31" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="88" t="s">
-[...6 lines deleted...]
-      <c r="D1" s="203"/>
+      <c r="A1" s="87" t="s">
+        <v>34</v>
+      </c>
+      <c r="B1" s="88"/>
+      <c r="C1" s="208" t="s">
+        <v>35</v>
+      </c>
+      <c r="D1" s="208"/>
     </row>
     <row r="2" spans="1:6" ht="109.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="138" t="s">
-[...5 lines deleted...]
-      <c r="D2" s="205"/>
+      <c r="A2" s="135" t="s">
+        <v>102</v>
+      </c>
+      <c r="C2" s="209" t="s">
+        <v>124</v>
+      </c>
+      <c r="D2" s="210"/>
     </row>
     <row r="3" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A3" s="37" t="s">
-[...10 lines deleted...]
-      <c r="D4" s="207"/>
+      <c r="A3" s="36" t="s">
+        <v>103</v>
+      </c>
+      <c r="C3" s="211"/>
+      <c r="D3" s="212"/>
+    </row>
+    <row r="4" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A4" s="36" t="s">
+        <v>125</v>
+      </c>
+      <c r="C4" s="211"/>
+      <c r="D4" s="212"/>
     </row>
     <row r="5" spans="1:6" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="138" t="s">
-[...3 lines deleted...]
-      <c r="D5" s="209"/>
+      <c r="A5" s="135" t="s">
+        <v>74</v>
+      </c>
+      <c r="C5" s="213"/>
+      <c r="D5" s="214"/>
     </row>
     <row r="6" spans="1:6" ht="27" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="7" spans="1:6" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="23" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="B7" s="24" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>93</v>
+      </c>
+      <c r="C7" s="78" t="s">
+        <v>152</v>
       </c>
       <c r="D7" s="23" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E7" s="23" t="s">
-        <v>101</v>
-[...5 lines deleted...]
-    <row r="8" spans="1:6" s="38" customFormat="1" x14ac:dyDescent="0.25">
+        <v>94</v>
+      </c>
+      <c r="F7" s="78" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" s="37" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="B8" s="39">
+        <v>169</v>
+      </c>
+      <c r="B8" s="38">
         <v>1725</v>
       </c>
-      <c r="C8" s="116" t="e">
+      <c r="C8" s="114" t="e">
         <f>'Prévisionnel - déploiement'!F50</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="D8" s="156">
+      <c r="D8" s="153">
         <v>4</v>
       </c>
       <c r="E8" s="4">
         <f>B8*D8</f>
         <v>6900</v>
       </c>
-      <c r="F8" s="118" t="e">
+      <c r="F8" s="116" t="e">
         <f>C8*D8</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
-        <v>130</v>
+        <v>170</v>
       </c>
       <c r="B9" s="4">
         <v>1884</v>
       </c>
-      <c r="C9" s="117" t="e">
+      <c r="C9" s="115" t="e">
         <f>'Prévisionnel - déploiement'!F74</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="D9" s="156">
+      <c r="D9" s="153">
         <v>4</v>
       </c>
       <c r="E9" s="4">
         <f>B9*D9</f>
         <v>7536</v>
       </c>
-      <c r="F9" s="118" t="e">
+      <c r="F9" s="116" t="e">
         <f>C9*D9</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
-        <v>28</v>
+        <v>158</v>
       </c>
       <c r="B10" s="4">
-        <v>238</v>
-[...1 lines deleted...]
-      <c r="C10" s="116">
+        <v>238.3</v>
+      </c>
+      <c r="C10" s="114">
         <f>Supervision!B12</f>
         <v>238.3425</v>
       </c>
-      <c r="D10" s="156">
+      <c r="D10" s="153">
         <v>4</v>
       </c>
       <c r="E10" s="4">
         <f t="shared" ref="E10:E12" si="0">B10*D10</f>
-        <v>952</v>
-[...2 lines deleted...]
-        <f t="shared" ref="F10:F14" si="1">C10*D10</f>
+        <v>953.2</v>
+      </c>
+      <c r="F10" s="117">
+        <f t="shared" ref="F10:F11" si="1">C10*D10</f>
         <v>953.37</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
-        <v>135</v>
+        <v>126</v>
       </c>
       <c r="B11" s="4">
-        <v>1721</v>
-[...1 lines deleted...]
-      <c r="C11" s="117">
+        <v>1721.4</v>
+      </c>
+      <c r="C11" s="115">
         <f>'Partenariats régionaux'!B16</f>
         <v>1721.3625</v>
       </c>
-      <c r="D11" s="40">
+      <c r="D11" s="39">
         <v>1</v>
       </c>
       <c r="E11" s="4">
         <f>B11*D11</f>
-        <v>1721</v>
-[...1 lines deleted...]
-      <c r="F11" s="119">
+        <v>1721.4</v>
+      </c>
+      <c r="F11" s="117">
         <f t="shared" si="1"/>
         <v>1721.3625</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="B12" s="4">
-        <v>4176</v>
-[...1 lines deleted...]
-      <c r="C12" s="117">
+        <v>4176.1000000000004</v>
+      </c>
+      <c r="C12" s="115">
         <f>'Coordo et déploiement'!B54</f>
         <v>4176.0675000000001</v>
       </c>
-      <c r="D12" s="156">
+      <c r="D12" s="153">
         <v>4</v>
       </c>
       <c r="E12" s="4">
         <f t="shared" si="0"/>
-        <v>16704</v>
-[...1 lines deleted...]
-      <c r="F12" s="119">
+        <v>16704.400000000001</v>
+      </c>
+      <c r="F12" s="117">
         <f>C12*D12</f>
         <v>16704.27</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
-        <v>78</v>
-[...4 lines deleted...]
-      <c r="C13" s="117">
+        <v>71</v>
+      </c>
+      <c r="B13" s="184">
+        <v>1244.5999999999999</v>
+      </c>
+      <c r="C13" s="115">
         <f>Achat!E7</f>
-        <v>1045</v>
-[...1 lines deleted...]
-      <c r="D13" s="111">
+        <v>1244.56</v>
+      </c>
+      <c r="D13" s="187">
         <v>1</v>
       </c>
       <c r="E13" s="14">
         <f>B13*D13</f>
-        <v>1045</v>
-[...1 lines deleted...]
-      <c r="F13" s="119">
+        <v>1244.5999999999999</v>
+      </c>
+      <c r="F13" s="117">
         <f>C13*D13</f>
-        <v>1045</v>
+        <v>1244.56</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
-        <v>77</v>
-[...8 lines deleted...]
-      <c r="D14" s="40">
+        <v>70</v>
+      </c>
+      <c r="B14" s="184">
+        <v>274.2</v>
+      </c>
+      <c r="C14" s="114">
+        <f>Achat!E13</f>
+        <v>274.22000000000003</v>
+      </c>
+      <c r="D14" s="188">
         <v>1</v>
       </c>
       <c r="E14" s="14">
-        <f>B14*D14</f>
-[...4 lines deleted...]
-        <v>239</v>
+        <f>C14*D14</f>
+        <v>274.22000000000003</v>
+      </c>
+      <c r="F14" s="117">
+        <f>C14*D14</f>
+        <v>274.22000000000003</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="30" x14ac:dyDescent="0.25">
-      <c r="D17" s="80" t="s">
-        <v>104</v>
+      <c r="D17" s="79" t="s">
+        <v>97</v>
       </c>
       <c r="E17" s="14">
-        <f>E10+E11+E12+E14</f>
-        <v>19616</v>
+        <f>E10+E11+E12+E142+E14</f>
+        <v>19653.22</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="D18" s="80" t="s">
-        <v>103</v>
+      <c r="D18" s="79" t="s">
+        <v>96</v>
       </c>
       <c r="E18" s="14">
         <f>F10+F11+F12+F14</f>
-        <v>19618.002500000002</v>
+        <v>19653.222500000003</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="D19" s="3" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="E19" s="2">
         <f>D12</f>
         <v>4</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="30" x14ac:dyDescent="0.25">
-      <c r="D20" s="134" t="s">
-[...2 lines deleted...]
-      <c r="E20" s="90">
+      <c r="D20" s="131" t="s">
+        <v>98</v>
+      </c>
+      <c r="E20" s="89">
         <f>E17/E19</f>
-        <v>4904</v>
+        <v>4913.3050000000003</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="45" x14ac:dyDescent="0.25">
-      <c r="A21" s="211" t="s">
-[...6 lines deleted...]
-      <c r="E21" s="120">
+      <c r="A21" s="216" t="s">
+        <v>149</v>
+      </c>
+      <c r="B21" s="217"/>
+      <c r="D21" s="79" t="s">
+        <v>99</v>
+      </c>
+      <c r="E21" s="118">
         <f>E18/E19</f>
-        <v>4904.5006250000006</v>
+        <v>4913.3056250000009</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="84.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="91" t="s">
-[...3 lines deleted...]
-        <v>4905</v>
+      <c r="A22" s="90" t="s">
+        <v>132</v>
+      </c>
+      <c r="B22" s="179">
+        <v>4913</v>
       </c>
       <c r="C22" s="35"/>
       <c r="E22" s="35"/>
     </row>
     <row r="23" spans="1:5" ht="44.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="91" t="s">
-[...2 lines deleted...]
-      <c r="B23" s="183">
+      <c r="A23" s="90" t="s">
+        <v>60</v>
+      </c>
+      <c r="B23" s="179">
         <v>1725</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="91" t="s">
-[...2 lines deleted...]
-      <c r="B24" s="183">
+      <c r="A24" s="90" t="s">
+        <v>61</v>
+      </c>
+      <c r="B24" s="179">
         <v>1884</v>
       </c>
     </row>
-    <row r="26" spans="1:5" s="86" customFormat="1" ht="44.25" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-        <v>162</v>
+    <row r="26" spans="1:5" s="85" customFormat="1" ht="44.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="180" t="s">
+        <v>20</v>
+      </c>
+      <c r="B26" s="181" t="s">
+        <v>154</v>
+      </c>
+      <c r="C26" s="181" t="s">
+        <v>153</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
-        <v>136</v>
+        <v>127</v>
       </c>
       <c r="B27" s="4">
         <f>E9+E8</f>
         <v>14436</v>
       </c>
       <c r="C27" s="4" t="e">
         <f>F8+F9</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="B28" s="4">
         <f>E17</f>
-        <v>19616</v>
+        <v>19653.22</v>
       </c>
       <c r="C28" s="4">
         <f>E18</f>
-        <v>19618.002500000002</v>
+        <v>19653.222500000003</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="B29" s="4">
         <f>E13</f>
-        <v>1045</v>
+        <v>1244.5999999999999</v>
       </c>
       <c r="C29" s="4">
         <f>F13</f>
-        <v>1045</v>
+        <v>1244.56</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="B30" s="7">
         <f>B28+B27+B29</f>
-        <v>35097</v>
+        <v>35333.82</v>
       </c>
       <c r="C30" s="7" t="e">
         <f>C29+C28+C27</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A31" s="210" t="s">
-[...3 lines deleted...]
-      <c r="C31" s="157"/>
+      <c r="A31" s="215" t="s">
+        <v>21</v>
+      </c>
+      <c r="B31" s="191"/>
+      <c r="C31" s="189"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection sheet="1" selectLockedCells="1"/>
   <mergeCells count="4">
     <mergeCell ref="C1:D1"/>
     <mergeCell ref="C2:D5"/>
     <mergeCell ref="A31:B31"/>
     <mergeCell ref="A21:B21"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>11</vt:i4>
       </vt:variant>