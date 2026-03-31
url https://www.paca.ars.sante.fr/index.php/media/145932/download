--- v0 (2025-11-06)
+++ v1 (2026-03-31)
@@ -10,115 +10,115 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\ORGANISATION\DSPE\DPPS\COMMUN\THEMATIQUES\Addictions\01.Binome Aurélie - Sophie  addiction jeune\Réorientation\Réorientation 2026\AAP 2026\Mise en ligne AAP\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CCC4F698-31FA-48E8-BD3F-64A5E02036B2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E0CB228B-9D0A-4496-8EDC-740D275D9AC2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" firstSheet="4" activeTab="5" xr2:uid="{E66ED5F8-A868-4184-A1DE-9D40EE11D6EF}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" firstSheet="5" activeTab="7" xr2:uid="{E66ED5F8-A868-4184-A1DE-9D40EE11D6EF}"/>
   </bookViews>
   <sheets>
     <sheet name="Prévisionnel de déploiement" sheetId="14" r:id="rId1"/>
     <sheet name="Formation P2P-softpeers" sheetId="4" r:id="rId2"/>
     <sheet name="Partenariats régionaux" sheetId="7" r:id="rId3"/>
     <sheet name="Coordo et Déploiement P2P" sheetId="11" r:id="rId4"/>
     <sheet name="Coordo et Déploiement softpeers" sheetId="12" r:id="rId5"/>
     <sheet name="Matrice &amp; demande de sub" sheetId="6" r:id="rId6"/>
     <sheet name="Réduction des ISTS" sheetId="8" r:id="rId7"/>
     <sheet name="Version AT" sheetId="15" r:id="rId8"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="F58" i="14" l="1"/>
+  <c r="D19" i="11"/>
+  <c r="B28" i="14"/>
+  <c r="D31" i="14"/>
   <c r="B17" i="6" l="1"/>
   <c r="B16" i="6"/>
-  <c r="B28" i="14"/>
   <c r="B6" i="4"/>
   <c r="D20" i="12"/>
   <c r="B19" i="12"/>
   <c r="B25" i="12"/>
-  <c r="D19" i="11"/>
   <c r="B18" i="11"/>
   <c r="B64" i="14"/>
   <c r="B63" i="14"/>
   <c r="B62" i="14"/>
   <c r="D6" i="4" l="1"/>
   <c r="B10" i="7"/>
   <c r="D24" i="12"/>
   <c r="D23" i="11"/>
   <c r="E12" i="6"/>
-  <c r="F58" i="14" l="1"/>
-  <c r="C5" i="6" s="1"/>
+  <c r="C5" i="6" l="1"/>
   <c r="F5" i="6" s="1"/>
   <c r="C20" i="6" s="1"/>
-  <c r="D31" i="14"/>
   <c r="G10" i="14"/>
   <c r="G11" i="14"/>
   <c r="G12" i="14"/>
   <c r="G13" i="14"/>
   <c r="G14" i="14"/>
   <c r="G15" i="14"/>
   <c r="G16" i="14"/>
   <c r="G17" i="14"/>
   <c r="G18" i="14"/>
   <c r="G19" i="14"/>
   <c r="G20" i="14"/>
   <c r="G21" i="14"/>
   <c r="G22" i="14"/>
   <c r="G23" i="14"/>
   <c r="G24" i="14"/>
   <c r="G9" i="14"/>
   <c r="F25" i="14"/>
   <c r="E25" i="14"/>
   <c r="C22" i="6" l="1"/>
   <c r="B22" i="6"/>
   <c r="G25" i="14"/>
   <c r="B3" i="4" l="1"/>
   <c r="D4" i="4"/>
   <c r="D4" i="12"/>
   <c r="D5" i="12"/>
@@ -159,64 +159,64 @@
   <c r="D6" i="11" s="1"/>
   <c r="B12" i="11"/>
   <c r="D12" i="11" s="1"/>
   <c r="D18" i="11" l="1"/>
   <c r="D19" i="12"/>
   <c r="D6" i="7"/>
   <c r="B9" i="11"/>
   <c r="D9" i="11" s="1"/>
   <c r="D5" i="4"/>
   <c r="D27" i="12" l="1"/>
   <c r="D26" i="12"/>
   <c r="D3" i="12"/>
   <c r="D3" i="11"/>
   <c r="B24" i="11" s="1"/>
   <c r="D9" i="7"/>
   <c r="D25" i="11"/>
   <c r="D26" i="11"/>
   <c r="D25" i="12" l="1"/>
   <c r="D28" i="12" s="1"/>
   <c r="B30" i="12" s="1"/>
   <c r="D7" i="7"/>
   <c r="D8" i="7"/>
   <c r="C8" i="6" l="1"/>
   <c r="F8" i="6" s="1"/>
   <c r="D24" i="11" l="1"/>
-  <c r="D27" i="11" s="1"/>
-[...1 lines deleted...]
-  <c r="C7" i="6" s="1"/>
   <c r="D10" i="7"/>
   <c r="D5" i="7"/>
   <c r="D3" i="4"/>
   <c r="D7" i="4" s="1"/>
   <c r="B15" i="4" s="1"/>
   <c r="D4" i="7"/>
   <c r="D3" i="7"/>
   <c r="D14" i="4"/>
   <c r="D13" i="4"/>
   <c r="D12" i="4"/>
-  <c r="F7" i="6" l="1"/>
+  <c r="C7" i="6" l="1"/>
+  <c r="F7" i="6" s="1"/>
+  <c r="D27" i="11"/>
+  <c r="B29" i="11" s="1"/>
   <c r="D11" i="7"/>
   <c r="B15" i="7" l="1"/>
   <c r="D15" i="7" s="1"/>
   <c r="D16" i="7" s="1"/>
   <c r="B18" i="7" s="1"/>
   <c r="C6" i="6" s="1"/>
   <c r="E7" i="6"/>
   <c r="D15" i="4"/>
   <c r="E6" i="6" l="1"/>
   <c r="F6" i="6"/>
   <c r="E11" i="6" s="1"/>
   <c r="C21" i="6" s="1"/>
   <c r="C23" i="6" s="1"/>
   <c r="D16" i="4"/>
   <c r="E8" i="6"/>
   <c r="E10" i="6" l="1"/>
   <c r="B21" i="6" s="1"/>
   <c r="B18" i="4"/>
   <c r="E14" i="6"/>
   <c r="E5" i="6"/>
   <c r="B20" i="6" s="1"/>
   <c r="B23" i="6" l="1"/>
   <c r="E13" i="6"/>
 </calcChain>
 </file>
@@ -283,51 +283,51 @@
 <file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>MONTEIL, Sophie (ARS-PACA/DSPE/DPPS)</author>
   </authors>
   <commentList>
     <comment ref="C24" authorId="0" shapeId="0" xr:uid="{F34FA6B3-F0E1-4C6F-B0EA-F112B202FB2B}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Doit être égal ou inférieur au montant de la case C23</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="197" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="198" uniqueCount="129">
   <si>
     <t>HEURES</t>
   </si>
   <si>
     <t>COUTS HORAIRE PACA</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>QUANTITE</t>
   </si>
   <si>
     <t xml:space="preserve">PRIX UNITAIRE </t>
   </si>
   <si>
     <t>COUT ARS PACA</t>
   </si>
   <si>
     <t xml:space="preserve">Hebergement </t>
   </si>
   <si>
     <t>Frais de structure : forfait max 10% du temps RH</t>
   </si>
   <si>
@@ -361,56 +361,50 @@
     <t xml:space="preserve">Echange avec le centre ressource </t>
   </si>
   <si>
     <t>COPIL régionaux (lancement en octobre - bilan en juin)</t>
   </si>
   <si>
     <t>COTECH intermédiaires (octobre - février - mai/juin)</t>
   </si>
   <si>
     <t xml:space="preserve">Remplissage des outils de monitoring sur l'intranet d'EPIDAURE (fiche de présence, carnet de route des séances...) et la grille théorique de l'intervention. </t>
   </si>
   <si>
     <t xml:space="preserve">Préparation des 6 séances et achat pour la conception des outils </t>
   </si>
   <si>
     <t>Rédaction du bilan d’évaluation de satisfaction des pairs éducateurs et pairs receveurs, à transmettre à
 Epidaure</t>
   </si>
   <si>
     <t xml:space="preserve">Achat conception outil </t>
   </si>
   <si>
     <t xml:space="preserve">Impression </t>
   </si>
   <si>
-    <t>Déploiement P2P</t>
-[...4 lines deleted...]
-  <si>
     <t>Valorisation du programme auprès des pairs éducateurs (transmettre les attestations d’engagement citoyen)</t>
   </si>
   <si>
     <t>APPROPRIATION DES PROGRAMMES</t>
   </si>
   <si>
     <t xml:space="preserve">Gestion des financements (demande, signature convention et bilan) </t>
   </si>
   <si>
     <t>Frais de mission (repas midi pris en charge par Epidaure)</t>
   </si>
   <si>
     <t>Accompagnement à la mise en place d’une séance
 enseignant.e d’1h à destination des pairs-receveurs (ensemble des lycéens ciblés)</t>
   </si>
   <si>
     <t>Coordination inter structures départementales / régionales</t>
   </si>
   <si>
     <t>Peuvent candidater au programme P2P</t>
   </si>
   <si>
     <t>Peuvent candidater au programme softpeers</t>
   </si>
   <si>
@@ -468,53 +462,50 @@
     <t>Temps moyen de déplacement (A/R) entre la structure de prévention et les établissements scolaires</t>
   </si>
   <si>
     <t xml:space="preserve">Nombre de cycles P2P </t>
   </si>
   <si>
     <t>Nombre de cycles softpeers</t>
   </si>
   <si>
     <t>Total de cycles</t>
   </si>
   <si>
     <t xml:space="preserve">Nom et prénom de la personne formée </t>
   </si>
   <si>
     <t xml:space="preserve">Dates de formation </t>
   </si>
   <si>
     <t>NOMBRE TOTAL DE PERSONNES FORMEES EN 2025</t>
   </si>
   <si>
     <t>Nom et prénom de la personne formée / à former</t>
   </si>
   <si>
     <t>Dates de formation (réalisées ou prévisionnelles)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Distance entre le lieu de formation et la structure de prévention (réalisée ou prévisionnelle)</t>
   </si>
   <si>
     <t>NOMBRE TOTAL DE PERSONNES FORMEES / A FORMER EN 2026</t>
   </si>
   <si>
     <t>COUT MOYEN DE FORMATION</t>
   </si>
   <si>
     <t>COUT UNITAIRE  MAX ARS</t>
   </si>
   <si>
     <t xml:space="preserve">COUT MAX TOTAL ARS </t>
   </si>
   <si>
     <t>TOTAL MAX modèle économique mis à jour hors formation et repas</t>
   </si>
   <si>
     <t>COUT MOYEN  modèle économique mis à jour hors formation et repas</t>
   </si>
   <si>
     <t xml:space="preserve">Montant max formation </t>
   </si>
   <si>
     <t xml:space="preserve">Montant max déploiement du programme P2P - Softpeers (hors formation) </t>
   </si>
@@ -596,83 +587,74 @@
       <t xml:space="preserve"> DOTATION ARS 2026 A P2P-SOFTPEERS</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Lieux de formation </t>
   </si>
   <si>
     <t>COUT RH / PERSONNEL DE PREVENTION (MONTANT MAX SUR FINANCEMENT ARS)</t>
   </si>
   <si>
     <t xml:space="preserve">Pour calculer le cout formation par personnel de prévention dans l'onglet "Prévisionnel de déploiement", veuillez mettre à jour les cases oranges (dans la limite des seuils définis par l'ARS). </t>
   </si>
   <si>
     <t>SYNTHESE</t>
   </si>
   <si>
     <t>QUANTITES</t>
   </si>
   <si>
     <t>Nombre de cycles P2P</t>
   </si>
   <si>
     <t>Nombre de cycles Softpeers</t>
   </si>
   <si>
-    <t xml:space="preserve">Nombre total de cycle </t>
-[...1 lines deleted...]
-  <si>
     <t>Mobilisable en 2026 : oui/non</t>
-  </si>
-[...1 lines deleted...]
-    <t>Nombre de personnel de prévention à former / formé actif pour le déploiement en 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Présentation en visio du programme et de sa mise en oeuvre aux équipes éducatives de l’établissement
 scolaire (avec le soutien d’Epidaure si besoin) et identification les personnes référentes du projet. </t>
   </si>
   <si>
     <t>Envoi de la fiche d’inscription au lycée et transmission à Epidaure une fois qu'elle est complétée et signée</t>
   </si>
   <si>
     <t>Recrutement des pairs éducateurs (plannification de la date avec l'équipe éducative + préparation  + présentation du programme aux lycéens et lycéennes ciblés)</t>
   </si>
   <si>
     <t>Accompagnement des lycéennes et lycéens pairs-éducateurs dans la présentation de leurs outils (plannification + participation + diffusion évaluation de la satisfaction du programme )</t>
   </si>
   <si>
     <t>Frais de déplacement (3h A/R)</t>
   </si>
   <si>
     <t xml:space="preserve">TOTAL MAX ARS hors formation et repas </t>
   </si>
   <si>
     <t xml:space="preserve">COUT MAX / CYCLE DE SOFTPEERS HORS FRAIS DE FORMATION: 
 c’est-à-dire pour une mise en œuvre par une structure de prévention dans quatre lycées différents, situés en moyenne à une heure trente de distance de la structure de prévention avec la prise en charge par l'employeur du repas de midi et un forfait déplacement à 150 euros aller/retour. </t>
-  </si>
-[...1 lines deleted...]
-    <t>Formation des personnels de prévention aux 2 programmes</t>
   </si>
   <si>
     <t>COUT MAX SUR FINANCEMENT ARS  / PERSONNEL DE PREVENTION</t>
   </si>
   <si>
     <t xml:space="preserve">Pas de modification à apporter. Cet onglet est fix quelque soit le nombre de cycles déployés. </t>
   </si>
   <si>
     <t>FRAIS DE STRUCTURE  ET FONCTIONNEMENT / STRUCTURE DE PREVENTION (MONTANT MAX SUR FINANCEMENT ARS)</t>
   </si>
   <si>
     <t>FRAIS DE DEPLACEMENT, STRUCTURE ET FONCTIONNEMENT  / CYCLE (MONTANT MAX SUR FINANCEMENT ARS)</t>
   </si>
   <si>
     <t>FRAIS DE MISSION, DEPLACEMENT, STRUCTURE  ET FONCTIONNEMENT / PERSONNEL DE PREVENTION (MONTANT MAX SUR FINANCEMENT ARS)</t>
   </si>
   <si>
     <t>COUT RH  /  CYCLE  (MONTANT MAX SUR FINANCEMENT ARS)</t>
   </si>
   <si>
     <t xml:space="preserve">Veuillez renseigner les cases vertes avec les informations demandées, selon vos perspectives de déploiement. Veillez à respecter les seuils de déploiement minimaux et maximaux fixés par l'ARS. 
 Les cases blanches, oranges et bleues se calculent automatiquement.
 Pour ajouter des lignes, dévérouillez la feuille (dans onglet "révision" du bandeau) et mettez à jour les formules des cellules oranges et bleues. Verouillez à nouveau la feuille pour éviter les modifications involontaires du document. </t>
   </si>
   <si>
@@ -713,50 +695,71 @@
   </si>
   <si>
     <t xml:space="preserve">COUT MAX / CYCLE DE P2P HORS FRAIS DE FORMATION: c’est-à-dire pour une mise en œuvre par une structure de prévention dans quatre lycées différents, situés en moyenne à une heure trente de distance de la structure de prévention avec la prise en charge par l'employeur du repas de midi et un forfait déplacement à 150 euros aller/retour. </t>
   </si>
   <si>
     <t xml:space="preserve">Veuillez modifier les cellules oranges en fonction de l’éloignement prévisionnel MOYEN entre les lieux d’intervention et la localisation de la structure de prévention (dans la limite des seuils définis par l'ARS) 
 Pour rappel, le temps moyen de déplacement est calculé automatiquement dans l’onglet « Prévisionnel – Déploiement », cellule B28.
 Les cellules relatives aux frais de déplacement doivent également être ajustées afin d’être cohérentes avec le temps de déplacement (cela toujours  dans la limite des seuils définis par l'ARS). </t>
   </si>
   <si>
     <t xml:space="preserve">Veuillez modifier les cellules oranges en fonction de l’éloignement prévisionnel MOYEN entre les lieux d’intervention et la localisation de la structure de prévention (dans la limite des seuils définis par l'ARS) 
 Pour rappel, le temps moyen de déplacement est calculé automatiquement dans l’onglet « Prévisionnel – Déploiement », cellule B28.
 Les cellules relatives aux frais de déplacement doivent également être ajustées afin de rester cohérentes avec le temps de déplacement mis à jour (cela toujours  dans la limite des seuils définis par l'ARS). </t>
   </si>
   <si>
     <t>MONTANT MAX MODELE ECONOMIQUE  MIS A JOUR</t>
   </si>
   <si>
     <t xml:space="preserve">DEMANDE DE SUBVENTION </t>
   </si>
   <si>
     <t>MONTANT MAX SEUILS  ARS</t>
   </si>
   <si>
     <t>En première intention : les lycées professionnels et agricoles sans restriction</t>
+  </si>
+  <si>
+    <t>Cycles P2P</t>
+  </si>
+  <si>
+    <t>Cycles softpeers</t>
+  </si>
+  <si>
+    <t>Temps de trajet en heure (A/R) entre la structure de prévention et le lieu de la formation</t>
+  </si>
+  <si>
+    <t>Distance en KM (A/R) entre le lieu de formation et la structure de prévention (réalisée ou prévisionnelle)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nombre total de cycles </t>
+  </si>
+  <si>
+    <t>Nombre de personnels de prévention à former / formés actifs pour le déploiement en 2026</t>
+  </si>
+  <si>
+    <t>Formation des personnels de prévention aux 2 programmes sur la dotation 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0\ &quot;€&quot;_-;\-* #,##0\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0.0\ &quot;€&quot;_-;\-* #,##0.0\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
   </numFmts>
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -916,51 +919,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF6600"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="18">
+  <borders count="19">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
@@ -1137,50 +1140,63 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color theme="0"/>
+      </left>
+      <right style="thin">
+        <color theme="0"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color theme="0"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="139">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -1311,94 +1327,88 @@
     </xf>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment vertical="top"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="9" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="9" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="9" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="10" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
@@ -1419,75 +1429,80 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="10" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="10" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="10" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="10" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="10" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="10" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="7" fillId="10" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="right" vertical="center"/>
-[...2 lines deleted...]
-    <xf numFmtId="1" fontId="7" fillId="10" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="6" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="7" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1830,962 +1845,977 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{235591AA-29AA-41EB-AB09-94D53BC47860}">
   <dimension ref="A1:I65"/>
   <sheetViews>
     <sheetView topLeftCell="A10" zoomScale="73" zoomScaleNormal="73" workbookViewId="0">
-      <selection activeCell="C19" sqref="C19"/>
+      <selection activeCell="A36" sqref="A36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="67.7109375" customWidth="1"/>
     <col min="2" max="2" width="35" customWidth="1"/>
     <col min="3" max="3" width="58.140625" customWidth="1"/>
     <col min="4" max="4" width="28.42578125" customWidth="1"/>
     <col min="5" max="5" width="42.85546875" customWidth="1"/>
-    <col min="6" max="6" width="29.28515625" customWidth="1"/>
+    <col min="6" max="6" width="33" customWidth="1"/>
     <col min="8" max="8" width="23.5703125" customWidth="1"/>
     <col min="9" max="9" width="24.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="26.25" x14ac:dyDescent="0.35">
       <c r="A1" s="55" t="s">
         <v>15</v>
       </c>
       <c r="C1" s="56" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="2" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="129" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="C2" s="125" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="129"/>
       <c r="C3" s="125"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="129"/>
       <c r="C4" s="125"/>
     </row>
     <row r="5" spans="1:9" ht="114.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="129"/>
       <c r="C5" s="125"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="126" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="B7" s="126"/>
       <c r="C7" s="126"/>
       <c r="D7" s="126"/>
       <c r="E7" s="126"/>
       <c r="F7" s="126"/>
       <c r="G7" s="126"/>
       <c r="H7" s="126"/>
       <c r="I7" s="126"/>
     </row>
     <row r="8" spans="1:9" s="1" customFormat="1" ht="85.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="57" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B8" s="58" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" s="58" t="s">
         <v>44</v>
       </c>
-      <c r="C8" s="58" t="s">
+      <c r="D8" s="57" t="s">
+        <v>77</v>
+      </c>
+      <c r="E8" s="58" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" s="57" t="s">
+        <v>52</v>
+      </c>
+      <c r="G8" s="57" t="s">
+        <v>53</v>
+      </c>
+      <c r="H8" s="57" t="s">
+        <v>45</v>
+      </c>
+      <c r="I8" s="57" t="s">
         <v>46</v>
       </c>
-      <c r="D8" s="57" t="s">
-[...16 lines deleted...]
-      </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A9" s="101"/>
-[...4 lines deleted...]
-      <c r="F9" s="102"/>
+      <c r="A9" s="99"/>
+      <c r="B9" s="99"/>
+      <c r="C9" s="100"/>
+      <c r="D9" s="100"/>
+      <c r="E9" s="100"/>
+      <c r="F9" s="100"/>
       <c r="G9" s="59">
         <f>E9+F9</f>
         <v>0</v>
       </c>
-      <c r="H9" s="102"/>
-      <c r="I9" s="102"/>
+      <c r="H9" s="100"/>
+      <c r="I9" s="100"/>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A10" s="103"/>
-[...4 lines deleted...]
-      <c r="F10" s="104"/>
+      <c r="A10" s="101"/>
+      <c r="B10" s="101"/>
+      <c r="C10" s="102"/>
+      <c r="D10" s="102"/>
+      <c r="E10" s="102"/>
+      <c r="F10" s="102"/>
       <c r="G10" s="59">
         <f t="shared" ref="G10:G24" si="0">E10+F10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="104"/>
-      <c r="I10" s="104"/>
+      <c r="H10" s="102"/>
+      <c r="I10" s="102"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A11" s="103"/>
-[...4 lines deleted...]
-      <c r="F11" s="104"/>
+      <c r="A11" s="101"/>
+      <c r="B11" s="101"/>
+      <c r="C11" s="102"/>
+      <c r="D11" s="102"/>
+      <c r="E11" s="102"/>
+      <c r="F11" s="102"/>
       <c r="G11" s="59">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H11" s="104"/>
-      <c r="I11" s="104"/>
+      <c r="H11" s="102"/>
+      <c r="I11" s="102"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A12" s="103"/>
-[...4 lines deleted...]
-      <c r="F12" s="104"/>
+      <c r="A12" s="101"/>
+      <c r="B12" s="101"/>
+      <c r="C12" s="102"/>
+      <c r="D12" s="102"/>
+      <c r="E12" s="102"/>
+      <c r="F12" s="102"/>
       <c r="G12" s="59">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H12" s="104"/>
-      <c r="I12" s="104"/>
+      <c r="H12" s="102"/>
+      <c r="I12" s="102"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="103"/>
-[...4 lines deleted...]
-      <c r="F13" s="104"/>
+      <c r="A13" s="101"/>
+      <c r="B13" s="101"/>
+      <c r="C13" s="102"/>
+      <c r="D13" s="102"/>
+      <c r="E13" s="102"/>
+      <c r="F13" s="102"/>
       <c r="G13" s="59">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H13" s="104"/>
-      <c r="I13" s="104"/>
+      <c r="H13" s="102"/>
+      <c r="I13" s="102"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A14" s="103"/>
-[...4 lines deleted...]
-      <c r="F14" s="104"/>
+      <c r="A14" s="101"/>
+      <c r="B14" s="101"/>
+      <c r="C14" s="102"/>
+      <c r="D14" s="102"/>
+      <c r="E14" s="102"/>
+      <c r="F14" s="102"/>
       <c r="G14" s="59">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H14" s="104"/>
-      <c r="I14" s="104"/>
+      <c r="H14" s="102"/>
+      <c r="I14" s="102"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A15" s="103"/>
-[...4 lines deleted...]
-      <c r="F15" s="104"/>
+      <c r="A15" s="101"/>
+      <c r="B15" s="101"/>
+      <c r="C15" s="102"/>
+      <c r="D15" s="102"/>
+      <c r="E15" s="102"/>
+      <c r="F15" s="102"/>
       <c r="G15" s="59">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H15" s="104"/>
-      <c r="I15" s="104"/>
+      <c r="H15" s="102"/>
+      <c r="I15" s="102"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A16" s="103"/>
-[...4 lines deleted...]
-      <c r="F16" s="104"/>
+      <c r="A16" s="101"/>
+      <c r="B16" s="101"/>
+      <c r="C16" s="102"/>
+      <c r="D16" s="102"/>
+      <c r="E16" s="102"/>
+      <c r="F16" s="102"/>
       <c r="G16" s="59">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H16" s="104"/>
-      <c r="I16" s="104"/>
+      <c r="H16" s="102"/>
+      <c r="I16" s="102"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A17" s="103"/>
-[...4 lines deleted...]
-      <c r="F17" s="104"/>
+      <c r="A17" s="101"/>
+      <c r="B17" s="101"/>
+      <c r="C17" s="102"/>
+      <c r="D17" s="102"/>
+      <c r="E17" s="102"/>
+      <c r="F17" s="102"/>
       <c r="G17" s="59">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H17" s="104"/>
-      <c r="I17" s="104"/>
+      <c r="H17" s="102"/>
+      <c r="I17" s="102"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A18" s="103"/>
-[...4 lines deleted...]
-      <c r="F18" s="104"/>
+      <c r="A18" s="101"/>
+      <c r="B18" s="101"/>
+      <c r="C18" s="102"/>
+      <c r="D18" s="102"/>
+      <c r="E18" s="102"/>
+      <c r="F18" s="102"/>
       <c r="G18" s="59">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H18" s="104"/>
-      <c r="I18" s="104"/>
+      <c r="H18" s="102"/>
+      <c r="I18" s="102"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A19" s="103"/>
-[...4 lines deleted...]
-      <c r="F19" s="104"/>
+      <c r="A19" s="101"/>
+      <c r="B19" s="101"/>
+      <c r="C19" s="102"/>
+      <c r="D19" s="102"/>
+      <c r="E19" s="102"/>
+      <c r="F19" s="102"/>
       <c r="G19" s="59">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H19" s="104"/>
-      <c r="I19" s="104"/>
+      <c r="H19" s="102"/>
+      <c r="I19" s="102"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A20" s="103"/>
-[...4 lines deleted...]
-      <c r="F20" s="104"/>
+      <c r="A20" s="101"/>
+      <c r="B20" s="101"/>
+      <c r="C20" s="102"/>
+      <c r="D20" s="102"/>
+      <c r="E20" s="102"/>
+      <c r="F20" s="102"/>
       <c r="G20" s="59">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H20" s="104"/>
-      <c r="I20" s="104"/>
+      <c r="H20" s="102"/>
+      <c r="I20" s="102"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A21" s="103"/>
-[...4 lines deleted...]
-      <c r="F21" s="104"/>
+      <c r="A21" s="101"/>
+      <c r="B21" s="101"/>
+      <c r="C21" s="102"/>
+      <c r="D21" s="102"/>
+      <c r="E21" s="102"/>
+      <c r="F21" s="102"/>
       <c r="G21" s="59">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H21" s="104"/>
-      <c r="I21" s="104"/>
+      <c r="H21" s="102"/>
+      <c r="I21" s="102"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A22" s="103"/>
-[...4 lines deleted...]
-      <c r="F22" s="104"/>
+      <c r="A22" s="101"/>
+      <c r="B22" s="101"/>
+      <c r="C22" s="102"/>
+      <c r="D22" s="102"/>
+      <c r="E22" s="102"/>
+      <c r="F22" s="102"/>
       <c r="G22" s="59">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H22" s="104"/>
-      <c r="I22" s="104"/>
+      <c r="H22" s="102"/>
+      <c r="I22" s="102"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A23" s="103"/>
-[...4 lines deleted...]
-      <c r="F23" s="104"/>
+      <c r="A23" s="101"/>
+      <c r="B23" s="101"/>
+      <c r="C23" s="102"/>
+      <c r="D23" s="102"/>
+      <c r="E23" s="102"/>
+      <c r="F23" s="102"/>
       <c r="G23" s="59">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H23" s="104"/>
-      <c r="I23" s="104"/>
+      <c r="H23" s="102"/>
+      <c r="I23" s="102"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A24" s="103"/>
-[...4 lines deleted...]
-      <c r="F24" s="104"/>
+      <c r="A24" s="101"/>
+      <c r="B24" s="101"/>
+      <c r="C24" s="102"/>
+      <c r="D24" s="102"/>
+      <c r="E24" s="102"/>
+      <c r="F24" s="102"/>
       <c r="G24" s="59">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H24" s="104"/>
-      <c r="I24" s="104"/>
+      <c r="H24" s="102"/>
+      <c r="I24" s="102"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="127" t="s">
         <v>2</v>
       </c>
       <c r="B25" s="127"/>
       <c r="C25" s="127"/>
       <c r="D25" s="128"/>
       <c r="E25" s="2">
         <f>SUM(E9:E24)</f>
         <v>0</v>
       </c>
       <c r="F25" s="2">
         <f t="shared" ref="F25" si="1">SUM(F9:F24)</f>
         <v>0</v>
       </c>
       <c r="G25" s="59">
         <f>SUM(G9:G24)</f>
         <v>0</v>
       </c>
       <c r="H25" s="60"/>
       <c r="I25" s="60"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="72" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="B27" s="74" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="28" spans="1:9" s="62" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A28" s="73" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="B28" s="95" t="e">
+        <v>50</v>
+      </c>
+      <c r="B28" s="94" t="e">
         <f>AVERAGE(I9:I24)</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="29" spans="1:9" s="62" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A29" s="70"/>
       <c r="B29" s="71"/>
     </row>
     <row r="30" spans="1:9" s="62" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A30" s="61" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="B30" s="61" t="s">
+        <v>47</v>
+      </c>
+      <c r="C30" s="61" t="s">
+        <v>48</v>
+      </c>
+      <c r="D30" s="61" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="31" spans="1:9" s="62" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A31" s="63" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="B31" s="105"/>
+        <v>78</v>
+      </c>
+      <c r="B31" s="103"/>
       <c r="C31" s="64">
         <v>20</v>
       </c>
-      <c r="D31" s="96">
+      <c r="D31" s="95">
         <f>C31*B31</f>
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="1:6" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:9" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="130" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="B33" s="131"/>
       <c r="C33" s="131"/>
       <c r="D33" s="131"/>
     </row>
-    <row r="34" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="65" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B34" s="66" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C34" s="66" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="D34" s="66" t="s">
-        <v>92</v>
-[...44 lines deleted...]
-    <row r="42" spans="1:6" x14ac:dyDescent="0.25">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A35" s="100"/>
+      <c r="B35" s="100"/>
+      <c r="C35" s="100"/>
+      <c r="D35" s="100"/>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A36" s="102"/>
+      <c r="B36" s="102"/>
+      <c r="C36" s="102"/>
+      <c r="D36" s="102"/>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A37" s="102"/>
+      <c r="B37" s="102"/>
+      <c r="C37" s="102"/>
+      <c r="D37" s="102"/>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A38" s="102"/>
+      <c r="B38" s="102"/>
+      <c r="C38" s="102"/>
+      <c r="D38" s="102"/>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A39" s="102"/>
+      <c r="B39" s="102"/>
+      <c r="C39" s="102"/>
+      <c r="D39" s="102"/>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A40" s="102"/>
+      <c r="B40" s="102"/>
+      <c r="C40" s="102"/>
+      <c r="D40" s="102"/>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A41" s="102"/>
+      <c r="B41" s="102"/>
+      <c r="C41" s="102"/>
+      <c r="D41" s="102"/>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="67"/>
       <c r="B42" s="67"/>
       <c r="C42" s="67"/>
     </row>
-    <row r="43" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="68" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B43" s="68"/>
       <c r="C43" s="68"/>
-      <c r="D43" s="106"/>
-[...1 lines deleted...]
-    <row r="45" spans="1:6" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D43" s="104"/>
+    </row>
+    <row r="45" spans="1:9" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="124" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="B45" s="124"/>
       <c r="C45" s="124"/>
       <c r="D45" s="124"/>
       <c r="E45" s="124"/>
-    </row>
-[...30 lines deleted...]
-      <c r="E48" s="104"/>
+      <c r="F45" s="124"/>
+    </row>
+    <row r="46" spans="1:9" s="62" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A46" s="121" t="s">
+        <v>57</v>
+      </c>
+      <c r="B46" s="122" t="s">
+        <v>58</v>
+      </c>
+      <c r="C46" s="122" t="s">
+        <v>112</v>
+      </c>
+      <c r="D46" s="122" t="s">
+        <v>124</v>
+      </c>
+      <c r="E46" s="122" t="s">
+        <v>125</v>
+      </c>
+      <c r="F46" s="122" t="s">
+        <v>75</v>
+      </c>
+      <c r="H46"/>
+      <c r="I46"/>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A47" s="100"/>
+      <c r="B47" s="100"/>
+      <c r="C47" s="100"/>
+      <c r="D47" s="105"/>
+      <c r="E47" s="100"/>
+      <c r="F47" s="100"/>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A48" s="102"/>
+      <c r="B48" s="102"/>
+      <c r="C48" s="102"/>
+      <c r="D48" s="106"/>
+      <c r="E48" s="102"/>
+      <c r="F48" s="102"/>
     </row>
     <row r="49" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A49" s="104"/>
-[...3 lines deleted...]
-      <c r="E49" s="104"/>
+      <c r="A49" s="102"/>
+      <c r="B49" s="102"/>
+      <c r="C49" s="102"/>
+      <c r="D49" s="106"/>
+      <c r="E49" s="102"/>
+      <c r="F49" s="102"/>
     </row>
     <row r="50" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A50" s="104"/>
-[...3 lines deleted...]
-      <c r="E50" s="104"/>
+      <c r="A50" s="102"/>
+      <c r="B50" s="102"/>
+      <c r="C50" s="102"/>
+      <c r="D50" s="106"/>
+      <c r="E50" s="102"/>
+      <c r="F50" s="102"/>
     </row>
     <row r="51" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A51" s="104"/>
-[...3 lines deleted...]
-      <c r="E51" s="104"/>
+      <c r="A51" s="102"/>
+      <c r="B51" s="102"/>
+      <c r="C51" s="102"/>
+      <c r="D51" s="106"/>
+      <c r="E51" s="102"/>
+      <c r="F51" s="102"/>
     </row>
     <row r="52" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A52" s="104"/>
-[...3 lines deleted...]
-      <c r="E52" s="104"/>
+      <c r="A52" s="102"/>
+      <c r="B52" s="102"/>
+      <c r="C52" s="102"/>
+      <c r="D52" s="106"/>
+      <c r="E52" s="102"/>
+      <c r="F52" s="102"/>
     </row>
     <row r="53" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A53" s="104"/>
-[...3 lines deleted...]
-      <c r="E53" s="104"/>
+      <c r="A53" s="102"/>
+      <c r="B53" s="102"/>
+      <c r="C53" s="102"/>
+      <c r="D53" s="106"/>
+      <c r="E53" s="102"/>
+      <c r="F53" s="102"/>
     </row>
     <row r="54" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A54" s="104"/>
-[...3 lines deleted...]
-      <c r="E54" s="104"/>
+      <c r="A54" s="102"/>
+      <c r="B54" s="102"/>
+      <c r="C54" s="102"/>
+      <c r="D54" s="106"/>
+      <c r="E54" s="102"/>
+      <c r="F54" s="102"/>
     </row>
     <row r="55" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A55" s="104"/>
-[...3 lines deleted...]
-      <c r="E55" s="104"/>
+      <c r="A55" s="102"/>
+      <c r="B55" s="102"/>
+      <c r="C55" s="102"/>
+      <c r="D55" s="106"/>
+      <c r="E55" s="102"/>
+      <c r="F55" s="102"/>
     </row>
     <row r="56" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A56" s="104"/>
-[...3 lines deleted...]
-      <c r="E56" s="104"/>
+      <c r="A56" s="102"/>
+      <c r="B56" s="102"/>
+      <c r="C56" s="102"/>
+      <c r="D56" s="106"/>
+      <c r="E56" s="102"/>
+      <c r="F56" s="102"/>
     </row>
     <row r="57" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="D57" s="76"/>
+      <c r="D57" s="75"/>
     </row>
     <row r="58" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A58" s="68" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="B58" s="68"/>
       <c r="C58" s="68"/>
-      <c r="D58" s="106"/>
+      <c r="D58" s="104"/>
       <c r="E58" s="8" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <f>AVERAGE(E47:E56)</f>
+        <v>60</v>
+      </c>
+      <c r="F58" s="76" t="e">
+        <f>AVERAGE(F47:F56)</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="61" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A61" s="98" t="s">
-[...3 lines deleted...]
-        <v>88</v>
+      <c r="A61" s="96" t="s">
+        <v>84</v>
+      </c>
+      <c r="B61" s="96" t="s">
+        <v>85</v>
       </c>
     </row>
     <row r="62" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A62" s="31" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="B62" s="2">
         <f>E25</f>
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A63" s="2" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="B63" s="2">
         <f>F25</f>
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A64" s="2" t="s">
-        <v>91</v>
+        <v>126</v>
       </c>
       <c r="B64" s="2">
         <f>B63+B62</f>
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:2" ht="30" x14ac:dyDescent="0.25">
       <c r="A65" s="31" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="B65" s="104"/>
+        <v>127</v>
+      </c>
+      <c r="B65" s="102"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection sheet="1" selectLockedCells="1"/>
   <mergeCells count="6">
-    <mergeCell ref="A45:E45"/>
+    <mergeCell ref="A45:F45"/>
     <mergeCell ref="C2:C5"/>
     <mergeCell ref="A7:I7"/>
     <mergeCell ref="A25:D25"/>
     <mergeCell ref="A2:A5"/>
     <mergeCell ref="A33:D33"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E4CCAE18-8156-4921-9D26-88D0AF25AFFD}">
   <dimension ref="A1:F18"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4"/>
+      <selection activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="76.42578125" customWidth="1"/>
     <col min="2" max="2" width="31" customWidth="1"/>
     <col min="3" max="3" width="27.42578125" style="1" customWidth="1"/>
     <col min="4" max="4" width="28.5703125" style="1" customWidth="1"/>
     <col min="6" max="6" width="46.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="132" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="B1" s="132"/>
       <c r="C1" s="132"/>
       <c r="D1" s="132"/>
       <c r="F1" s="29" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="2" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="18" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="B2" s="19" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="19" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="20" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="125" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B3" s="9">
         <f>14</f>
         <v>14</v>
       </c>
       <c r="C3" s="9">
         <v>45</v>
       </c>
       <c r="D3" s="13">
         <f>C3*B3</f>
         <v>630</v>
       </c>
       <c r="F3" s="125"/>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A4" s="111" t="s">
-[...2 lines deleted...]
-      <c r="B4" s="109">
+      <c r="A4" s="109" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" s="107">
         <v>6</v>
       </c>
       <c r="C4" s="54">
         <v>45</v>
       </c>
       <c r="D4" s="13">
         <f>C4*B4</f>
         <v>270</v>
       </c>
       <c r="F4" s="125"/>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B5" s="9">
         <v>7</v>
       </c>
       <c r="C5" s="9">
         <v>45</v>
       </c>
       <c r="D5" s="13">
         <f>C5*B5</f>
         <v>315</v>
       </c>
       <c r="F5" s="125"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="15" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B6" s="9">
         <f>(B3+B4+B5)*7/100</f>
         <v>1.89</v>
       </c>
       <c r="C6" s="9">
         <v>45</v>
       </c>
       <c r="D6" s="11">
         <f>C6*B6</f>
         <v>85.05</v>
       </c>
       <c r="F6" s="125"/>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B7" s="10"/>
       <c r="C7" s="10"/>
       <c r="D7" s="12">
         <f>SUM(D3:D6)</f>
         <v>1300.05</v>
       </c>
     </row>
     <row r="9" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C9"/>
       <c r="D9"/>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="132" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="B10" s="132"/>
       <c r="C10" s="132"/>
       <c r="D10" s="132"/>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="16" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="B11" s="16" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="16" t="s">
         <v>3</v>
       </c>
       <c r="D11" s="17" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A12" s="91" t="s">
+      <c r="A12" s="90" t="s">
         <v>6</v>
       </c>
-      <c r="B12" s="110">
+      <c r="B12" s="108">
         <v>120</v>
       </c>
-      <c r="C12" s="111">
+      <c r="C12" s="109">
         <v>2</v>
       </c>
       <c r="D12" s="4">
         <f>B12*C12</f>
         <v>240</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A13" s="91" t="s">
-[...2 lines deleted...]
-      <c r="B13" s="110">
+      <c r="A13" s="90" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" s="108">
         <v>25</v>
       </c>
-      <c r="C13" s="111">
+      <c r="C13" s="109">
         <v>2</v>
       </c>
       <c r="D13" s="4">
         <f>C13*B13</f>
         <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A14" s="91" t="s">
-[...2 lines deleted...]
-      <c r="B14" s="110">
+      <c r="A14" s="90" t="s">
+        <v>41</v>
+      </c>
+      <c r="B14" s="108">
         <v>150</v>
       </c>
-      <c r="C14" s="111">
+      <c r="C14" s="109">
         <v>1</v>
       </c>
       <c r="D14" s="4">
         <f>C14*B14</f>
         <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="21">
         <f>D7*10/100</f>
         <v>130.005</v>
       </c>
       <c r="C15" s="2">
         <v>1</v>
       </c>
       <c r="D15" s="4">
         <f>C15*B15</f>
         <v>130.005</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B16" s="21"/>
       <c r="C16" s="2"/>
       <c r="D16" s="7">
         <f>SUM(D12:D15)</f>
         <v>570.005</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" s="8" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="B18" s="22">
         <f>D16+D7</f>
         <v>1870.0549999999998</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="F2:F6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F43FD0E5-E9AF-47BB-ADCB-4B71E203F4CB}">
   <dimension ref="A1:F18"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="96.140625" customWidth="1"/>
     <col min="2" max="2" width="31" customWidth="1"/>
     <col min="3" max="3" width="21" customWidth="1"/>
     <col min="4" max="4" width="28.5703125" customWidth="1"/>
     <col min="6" max="6" width="41.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="133" t="s">
         <v>12</v>
       </c>
       <c r="B1" s="133"/>
       <c r="C1" s="133"/>
       <c r="D1" s="133"/>
       <c r="F1" s="29" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="2" spans="1:6" s="40" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A2" s="41" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="B2" s="42" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="42" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="41" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="125" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="26" t="s">
         <v>17</v>
       </c>
       <c r="B3" s="25">
         <v>5</v>
       </c>
       <c r="C3" s="25">
         <v>45</v>
       </c>
       <c r="D3" s="4">
         <f>B3*C3</f>
         <v>225</v>
       </c>
       <c r="F3" s="125"/>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2">
         <v>3</v>
       </c>
@@ -2793,146 +2823,146 @@
         <v>45</v>
       </c>
       <c r="D4" s="4">
         <f>B4*C4</f>
         <v>135</v>
       </c>
       <c r="F4" s="125"/>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B5" s="2">
         <v>3</v>
       </c>
       <c r="C5" s="2">
         <v>45</v>
       </c>
       <c r="D5" s="4">
         <f>B5*C5</f>
         <v>135</v>
       </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B6" s="2">
         <v>4.5</v>
       </c>
       <c r="C6" s="2">
         <v>45</v>
       </c>
       <c r="D6" s="4">
         <f>B6*C6</f>
         <v>202.5</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="2">
         <v>4</v>
       </c>
       <c r="C7" s="2">
         <v>45</v>
       </c>
       <c r="D7" s="4">
         <f t="shared" ref="D7:D9" si="0">B7*C7</f>
         <v>180</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="2">
         <v>6</v>
       </c>
       <c r="C8" s="2">
         <v>45</v>
       </c>
       <c r="D8" s="4">
         <f t="shared" si="0"/>
         <v>270</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="15" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B9" s="2">
         <v>14</v>
       </c>
       <c r="C9" s="2">
         <v>45</v>
       </c>
       <c r="D9" s="4">
         <f t="shared" si="0"/>
         <v>630</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="15" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B10" s="2">
         <f>(B9+B8+B7+B6+B5+B4+B3)*7/100</f>
         <v>2.7650000000000001</v>
       </c>
       <c r="C10" s="2">
         <v>45</v>
       </c>
       <c r="D10" s="4">
         <f>B10*C10</f>
         <v>124.42500000000001</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="7">
         <f>SUM(D3:D10)</f>
         <v>1901.925</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="134" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="B13" s="134"/>
       <c r="C13" s="134"/>
       <c r="D13" s="134"/>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="16" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="B14" s="16" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="16" t="s">
         <v>3</v>
       </c>
       <c r="D14" s="17" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="14">
         <f>D11*10/100</f>
         <v>190.1925</v>
       </c>
       <c r="C15" s="2">
         <v>1</v>
       </c>
       <c r="D15" s="30">
         <f>B15</f>
         <v>190.1925</v>
@@ -2952,387 +2982,387 @@
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="22">
         <f>D11+D16</f>
         <v>2092.1174999999998</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A13:D13"/>
     <mergeCell ref="F2:F4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9973E4E7-DE47-4A9A-93E5-3A0C3102CF51}">
   <dimension ref="A1:F29"/>
   <sheetViews>
-    <sheetView topLeftCell="A14" workbookViewId="0">
-      <selection activeCell="A7" sqref="A7"/>
+    <sheetView topLeftCell="A8" workbookViewId="0">
+      <selection activeCell="B23" sqref="B23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="96.140625" customWidth="1"/>
     <col min="2" max="2" width="31" style="52" customWidth="1"/>
     <col min="3" max="3" width="23.140625" customWidth="1"/>
     <col min="4" max="4" width="28.5703125" customWidth="1"/>
     <col min="6" max="6" width="58" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="133" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="B1" s="133"/>
       <c r="C1" s="133"/>
       <c r="D1" s="133"/>
-      <c r="F1" s="93" t="s">
+      <c r="F1" s="92" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="2" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="45" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="B2" s="47" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="45" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="45" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="125" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="43" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="B3" s="48">
         <v>1.5</v>
       </c>
-      <c r="C3" s="99">
+      <c r="C3" s="97">
         <v>45</v>
       </c>
       <c r="D3" s="44">
         <f t="shared" ref="D3:D18" si="0">B3*C3</f>
         <v>67.5</v>
       </c>
       <c r="F3" s="125"/>
     </row>
     <row r="4" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A4" s="31" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="B4" s="9">
         <v>1.5</v>
       </c>
-      <c r="C4" s="100">
+      <c r="C4" s="98">
         <v>45</v>
       </c>
       <c r="D4" s="44">
         <f t="shared" si="0"/>
         <v>67.5</v>
       </c>
       <c r="F4" s="125"/>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="B5" s="9">
         <v>0.5</v>
       </c>
-      <c r="C5" s="100">
+      <c r="C5" s="98">
         <v>45</v>
       </c>
       <c r="D5" s="44">
         <f t="shared" si="0"/>
         <v>22.5</v>
       </c>
       <c r="F5" s="125"/>
     </row>
     <row r="6" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A6" s="31" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="B6" s="9">
         <f>0.5+0.5+1.5</f>
         <v>2.5</v>
       </c>
-      <c r="C6" s="100">
+      <c r="C6" s="98">
         <v>45</v>
       </c>
       <c r="D6" s="44">
         <f t="shared" si="0"/>
         <v>112.5</v>
       </c>
       <c r="F6" s="125"/>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A7" s="112" t="s">
-[...2 lines deleted...]
-      <c r="B7" s="113">
+      <c r="A7" s="110" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" s="111">
         <v>3</v>
       </c>
-      <c r="C7" s="100">
+      <c r="C7" s="98">
         <v>45</v>
       </c>
       <c r="D7" s="44">
         <f t="shared" si="0"/>
         <v>135</v>
       </c>
       <c r="F7" s="125"/>
     </row>
     <row r="8" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A8" s="32" t="s">
-        <v>115</v>
+        <v>109</v>
       </c>
       <c r="B8" s="36">
         <v>2</v>
       </c>
-      <c r="C8" s="100">
+      <c r="C8" s="98">
         <v>45</v>
       </c>
       <c r="D8" s="44">
         <f t="shared" si="0"/>
         <v>90</v>
       </c>
       <c r="F8" s="125"/>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="31" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="9">
         <f>6+0.5</f>
         <v>6.5</v>
       </c>
-      <c r="C9" s="100">
+      <c r="C9" s="98">
         <v>45</v>
       </c>
       <c r="D9" s="44">
         <f t="shared" si="0"/>
         <v>292.5</v>
       </c>
       <c r="F9" s="125"/>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="33" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B10" s="9">
         <f>12+6</f>
         <v>18</v>
       </c>
-      <c r="C10" s="100">
+      <c r="C10" s="98">
         <v>45</v>
       </c>
       <c r="D10" s="44">
         <f t="shared" si="0"/>
         <v>810</v>
       </c>
       <c r="F10" s="125"/>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A11" s="114" t="s">
-[...2 lines deleted...]
-      <c r="B11" s="113">
+      <c r="A11" s="112" t="s">
+        <v>34</v>
+      </c>
+      <c r="B11" s="111">
         <f>3*6</f>
         <v>18</v>
       </c>
-      <c r="C11" s="100">
+      <c r="C11" s="98">
         <v>45</v>
       </c>
       <c r="D11" s="44">
         <f>B11*C11</f>
         <v>810</v>
       </c>
     </row>
     <row r="12" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A12" s="31" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="9">
         <f>2.5</f>
         <v>2.5</v>
       </c>
-      <c r="C12" s="100">
+      <c r="C12" s="98">
         <v>45</v>
       </c>
       <c r="D12" s="44">
         <f t="shared" si="0"/>
         <v>112.5</v>
       </c>
     </row>
     <row r="13" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A13" s="31" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="B13" s="9">
         <f>0.5+4+1</f>
         <v>5.5</v>
       </c>
-      <c r="C13" s="100">
+      <c r="C13" s="98">
         <v>45</v>
       </c>
       <c r="D13" s="44">
         <f t="shared" si="0"/>
         <v>247.5</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A14" s="114" t="s">
-[...2 lines deleted...]
-      <c r="B14" s="113">
+      <c r="A14" s="112" t="s">
+        <v>36</v>
+      </c>
+      <c r="B14" s="111">
         <v>3</v>
       </c>
-      <c r="C14" s="100">
+      <c r="C14" s="98">
         <v>45</v>
       </c>
       <c r="D14" s="44">
         <f t="shared" si="0"/>
         <v>135</v>
       </c>
     </row>
     <row r="15" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A15" s="31" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="53">
         <v>4</v>
       </c>
-      <c r="C15" s="100">
+      <c r="C15" s="98">
         <v>45</v>
       </c>
       <c r="D15" s="44">
         <f t="shared" si="0"/>
         <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A16" s="31" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B16" s="9">
         <v>2</v>
       </c>
-      <c r="C16" s="100">
+      <c r="C16" s="98">
         <v>45</v>
       </c>
       <c r="D16" s="44">
         <f t="shared" si="0"/>
         <v>90</v>
       </c>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A17" s="114" t="s">
-[...2 lines deleted...]
-      <c r="B17" s="113">
+      <c r="A17" s="112" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" s="111">
         <v>3</v>
       </c>
-      <c r="C17" s="100">
+      <c r="C17" s="98">
         <v>45</v>
       </c>
       <c r="D17" s="44">
         <f t="shared" si="0"/>
         <v>135</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" s="15" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B18" s="34">
         <f>(B17+B16+B15+B14+B13+B12+B11+B10+B9+B8+B7+B6+B5+B4+B3)*7/100</f>
         <v>5.1449999999999996</v>
       </c>
-      <c r="C18" s="100">
+      <c r="C18" s="98">
         <v>45</v>
       </c>
       <c r="D18" s="44">
         <f t="shared" si="0"/>
         <v>231.52499999999998</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B19" s="49"/>
       <c r="C19" s="2"/>
       <c r="D19" s="23">
         <f>SUM(D3:D18)</f>
         <v>3539.0250000000001</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" s="135" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="B21" s="135"/>
       <c r="C21" s="135"/>
       <c r="D21" s="135"/>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A22" s="16" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="B22" s="16" t="s">
         <v>4</v>
       </c>
       <c r="C22" s="16" t="s">
         <v>3</v>
       </c>
       <c r="D22" s="17" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A23" s="111" t="s">
-[...2 lines deleted...]
-      <c r="B23" s="115">
+      <c r="A23" s="109" t="s">
+        <v>93</v>
+      </c>
+      <c r="B23" s="113">
         <v>150</v>
       </c>
-      <c r="C23" s="116">
+      <c r="C23" s="123">
         <v>9</v>
       </c>
       <c r="D23" s="38">
         <f>B23*C23</f>
         <v>1350</v>
       </c>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
         <v>7</v>
       </c>
       <c r="B24" s="50">
         <f>D19*10/100</f>
         <v>353.90249999999997</v>
       </c>
       <c r="C24" s="2">
         <v>1</v>
       </c>
       <c r="D24" s="30">
         <f>B24</f>
         <v>353.90249999999997</v>
       </c>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
@@ -3378,402 +3408,402 @@
     <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B29" s="51">
         <f>D19+D27</f>
         <v>5407.9274999999998</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A21:D21"/>
     <mergeCell ref="F2:F10"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BAD52E37-30E2-4895-BFD3-ABF2E006420E}">
   <dimension ref="A1:F30"/>
   <sheetViews>
-    <sheetView zoomScale="84" workbookViewId="0">
+    <sheetView topLeftCell="A7" zoomScale="84" workbookViewId="0">
       <selection activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="96.140625" customWidth="1"/>
     <col min="2" max="2" width="31" customWidth="1"/>
     <col min="3" max="3" width="23.140625" style="1" customWidth="1"/>
     <col min="4" max="4" width="34.42578125" style="5" customWidth="1"/>
     <col min="6" max="6" width="53" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="133" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="B1" s="133"/>
       <c r="C1" s="133"/>
       <c r="D1" s="133"/>
-      <c r="F1" s="93" t="s">
+      <c r="F1" s="92" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="2" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="41" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="B2" s="41" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="92" t="s">
+      <c r="C2" s="91" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="46" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="125" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="43" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="B3" s="48">
         <v>1.5</v>
       </c>
-      <c r="C3" s="99">
+      <c r="C3" s="97">
         <v>45</v>
       </c>
       <c r="D3" s="35">
         <f t="shared" ref="D3:D18" si="0">B3*C3</f>
         <v>67.5</v>
       </c>
       <c r="F3" s="125"/>
     </row>
     <row r="4" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A4" s="31" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="B4" s="9">
         <v>1.5</v>
       </c>
-      <c r="C4" s="100">
+      <c r="C4" s="98">
         <v>45</v>
       </c>
       <c r="D4" s="35">
         <f t="shared" si="0"/>
         <v>67.5</v>
       </c>
       <c r="F4" s="125"/>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="B5" s="9">
         <v>0.5</v>
       </c>
-      <c r="C5" s="100">
+      <c r="C5" s="98">
         <v>45</v>
       </c>
       <c r="D5" s="35">
         <f t="shared" si="0"/>
         <v>22.5</v>
       </c>
       <c r="F5" s="125"/>
     </row>
     <row r="6" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A6" s="31" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="B6" s="9">
         <f>0.5+0.5+1.5</f>
         <v>2.5</v>
       </c>
-      <c r="C6" s="100">
+      <c r="C6" s="98">
         <v>45</v>
       </c>
       <c r="D6" s="35">
         <f t="shared" si="0"/>
         <v>112.5</v>
       </c>
       <c r="F6" s="125"/>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A7" s="112" t="s">
-[...2 lines deleted...]
-      <c r="B7" s="113">
+      <c r="A7" s="110" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" s="111">
         <v>3</v>
       </c>
-      <c r="C7" s="100">
+      <c r="C7" s="98">
         <v>45</v>
       </c>
       <c r="D7" s="35">
         <f t="shared" si="0"/>
         <v>135</v>
       </c>
       <c r="F7" s="125"/>
     </row>
     <row r="8" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A8" s="32" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="B8" s="36">
         <v>2</v>
       </c>
-      <c r="C8" s="100">
+      <c r="C8" s="98">
         <v>45</v>
       </c>
       <c r="D8" s="35">
         <f t="shared" si="0"/>
         <v>90</v>
       </c>
       <c r="F8" s="125"/>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="31" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="9">
         <f>6+0.5</f>
         <v>6.5</v>
       </c>
-      <c r="C9" s="100">
+      <c r="C9" s="98">
         <v>45</v>
       </c>
       <c r="D9" s="35">
         <f t="shared" si="0"/>
         <v>292.5</v>
       </c>
       <c r="F9" s="125"/>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="33" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B10" s="9">
         <f>12+6</f>
         <v>18</v>
       </c>
-      <c r="C10" s="100">
+      <c r="C10" s="98">
         <v>45</v>
       </c>
       <c r="D10" s="35">
         <f t="shared" si="0"/>
         <v>810</v>
       </c>
       <c r="F10" s="125"/>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A11" s="114" t="s">
-[...2 lines deleted...]
-      <c r="B11" s="113">
+      <c r="A11" s="112" t="s">
+        <v>34</v>
+      </c>
+      <c r="B11" s="111">
         <f>3*6</f>
         <v>18</v>
       </c>
-      <c r="C11" s="100">
+      <c r="C11" s="98">
         <v>45</v>
       </c>
       <c r="D11" s="35">
         <f t="shared" si="0"/>
         <v>810</v>
       </c>
     </row>
     <row r="12" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A12" s="31" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="9">
         <f>2.5</f>
         <v>2.5</v>
       </c>
-      <c r="C12" s="100">
+      <c r="C12" s="98">
         <v>45</v>
       </c>
       <c r="D12" s="35">
         <f t="shared" si="0"/>
         <v>112.5</v>
       </c>
     </row>
     <row r="13" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A13" s="31" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="B13" s="9">
         <f>0.5+4+1</f>
         <v>5.5</v>
       </c>
-      <c r="C13" s="100">
+      <c r="C13" s="98">
         <v>45</v>
       </c>
       <c r="D13" s="35">
         <f t="shared" si="0"/>
         <v>247.5</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A14" s="114" t="s">
-[...2 lines deleted...]
-      <c r="B14" s="113">
+      <c r="A14" s="112" t="s">
+        <v>36</v>
+      </c>
+      <c r="B14" s="111">
         <v>3</v>
       </c>
-      <c r="C14" s="100">
+      <c r="C14" s="98">
         <v>45</v>
       </c>
       <c r="D14" s="35">
         <f t="shared" si="0"/>
         <v>135</v>
       </c>
     </row>
     <row r="15" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A15" s="31" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="53">
         <v>4</v>
       </c>
-      <c r="C15" s="100">
+      <c r="C15" s="98">
         <v>45</v>
       </c>
       <c r="D15" s="35">
         <f t="shared" si="0"/>
         <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A16" s="31" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B16" s="9">
         <v>2</v>
       </c>
-      <c r="C16" s="100">
+      <c r="C16" s="98">
         <v>45</v>
       </c>
       <c r="D16" s="35">
         <f t="shared" si="0"/>
         <v>90</v>
       </c>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A17" s="114" t="s">
-[...2 lines deleted...]
-      <c r="B17" s="113">
+      <c r="A17" s="112" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" s="111">
         <v>3</v>
       </c>
-      <c r="C17" s="100">
+      <c r="C17" s="98">
         <v>45</v>
       </c>
       <c r="D17" s="35">
         <f t="shared" si="0"/>
         <v>135</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="30" x14ac:dyDescent="0.25">
       <c r="A18" s="31" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B18" s="9">
         <v>1</v>
       </c>
-      <c r="C18" s="100">
+      <c r="C18" s="98">
         <v>45</v>
       </c>
       <c r="D18" s="35">
         <f t="shared" si="0"/>
         <v>45</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A19" s="15" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B19" s="34">
         <f>(B18+B17+B16+B15+B14+B13+B12+B11+B10+B9+B8+B7+B6+B5+B4+B3)*7/100</f>
         <v>5.2149999999999999</v>
       </c>
-      <c r="C19" s="99">
+      <c r="C19" s="97">
         <v>45</v>
       </c>
       <c r="D19" s="35">
         <f t="shared" ref="D19" si="1">B19*C19</f>
         <v>234.67499999999998</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="9"/>
       <c r="D20" s="7">
         <f>SUM(D3:D19)</f>
         <v>3587.1750000000002</v>
       </c>
     </row>
     <row r="22" spans="1:4" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="135" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="B22" s="135"/>
       <c r="C22" s="135"/>
       <c r="D22" s="135"/>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" s="16" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="B23" s="16" t="s">
         <v>4</v>
       </c>
       <c r="C23" s="16" t="s">
         <v>3</v>
       </c>
       <c r="D23" s="17" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A24" s="111" t="s">
-[...2 lines deleted...]
-      <c r="B24" s="115">
+      <c r="A24" s="109" t="s">
+        <v>93</v>
+      </c>
+      <c r="B24" s="113">
         <v>150</v>
       </c>
-      <c r="C24" s="117">
+      <c r="C24" s="114">
         <v>9</v>
       </c>
       <c r="D24" s="38">
         <f>B24*C24</f>
         <v>1350</v>
       </c>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
         <v>7</v>
       </c>
       <c r="B25" s="14">
         <f>D20*10/100</f>
         <v>358.71749999999997</v>
       </c>
       <c r="C25" s="9">
         <v>1</v>
       </c>
       <c r="D25" s="30">
         <f>B25</f>
         <v>358.71749999999997</v>
       </c>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
@@ -3818,423 +3848,424 @@
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A30" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B30" s="22">
         <f>D20+D28</f>
         <v>5460.8924999999999</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A22:D22"/>
     <mergeCell ref="F2:F10"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DCC140AD-34CC-4B2B-8810-63982B6E9CDA}">
   <dimension ref="A1:F25"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A9" zoomScale="68" zoomScaleNormal="59" workbookViewId="0">
-      <selection activeCell="C24" sqref="C24"/>
+    <sheetView topLeftCell="A5" zoomScale="68" zoomScaleNormal="59" workbookViewId="0">
+      <selection activeCell="D5" sqref="D5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="98.28515625" customWidth="1"/>
     <col min="2" max="2" width="36.85546875" style="5" customWidth="1"/>
     <col min="3" max="3" width="37.28515625" style="5" customWidth="1"/>
     <col min="4" max="4" width="35.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.7109375" customWidth="1"/>
     <col min="6" max="6" width="36.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="29" t="s">
         <v>15</v>
       </c>
       <c r="C1" s="136" t="s">
         <v>16</v>
       </c>
       <c r="D1" s="136"/>
     </row>
     <row r="2" spans="1:6" ht="161.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="39" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="C2" s="137" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="D2" s="138"/>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="C3"/>
     </row>
     <row r="4" spans="1:6" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="85" t="s">
+      <c r="A4" s="84" t="s">
         <v>8</v>
       </c>
-      <c r="B4" s="86" t="s">
-[...5 lines deleted...]
-      <c r="D4" s="85" t="s">
+      <c r="B4" s="85" t="s">
+        <v>61</v>
+      </c>
+      <c r="C4" s="86" t="s">
+        <v>111</v>
+      </c>
+      <c r="D4" s="84" t="s">
         <v>9</v>
       </c>
-      <c r="E4" s="85" t="s">
-[...3 lines deleted...]
-        <v>117</v>
+      <c r="E4" s="84" t="s">
+        <v>62</v>
+      </c>
+      <c r="F4" s="86" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A5" s="81" t="s">
-[...2 lines deleted...]
-      <c r="B5" s="82">
+      <c r="A5" s="80" t="s">
+        <v>128</v>
+      </c>
+      <c r="B5" s="81">
         <v>1870</v>
       </c>
-      <c r="C5" s="83" t="e">
+      <c r="C5" s="82" t="e">
         <f>'Prévisionnel de déploiement'!F58</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="D5" s="102">
-[...2 lines deleted...]
-      <c r="E5" s="82">
+      <c r="D5" s="100">
+        <v>4</v>
+      </c>
+      <c r="E5" s="81">
         <f>B5*D5</f>
-        <v>1870</v>
-[...1 lines deleted...]
-      <c r="F5" s="84" t="e">
+        <v>7480</v>
+      </c>
+      <c r="F5" s="83" t="e">
         <f>C5*D5</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="4">
         <v>2092</v>
       </c>
-      <c r="C6" s="78">
+      <c r="C6" s="77">
         <f>'Partenariats régionaux'!B18</f>
         <v>2092.1174999999998</v>
       </c>
       <c r="D6" s="37">
         <v>1</v>
       </c>
       <c r="E6" s="4">
         <f t="shared" ref="E6:E8" si="0">B6*D6</f>
         <v>2092</v>
       </c>
-      <c r="F6" s="79">
+      <c r="F6" s="78">
         <f>C6*D6</f>
         <v>2092.1174999999998</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
-        <v>25</v>
+        <v>122</v>
       </c>
       <c r="B7" s="4">
         <v>5408</v>
       </c>
-      <c r="C7" s="78">
+      <c r="C7" s="77">
         <f>'Coordo et Déploiement P2P'!B29</f>
         <v>5407.9274999999998</v>
       </c>
-      <c r="D7" s="118">
-        <v>0</v>
+      <c r="D7" s="115">
+        <v>4</v>
       </c>
       <c r="E7" s="4">
         <f>B7*D7</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F7" s="79">
+        <v>21632</v>
+      </c>
+      <c r="F7" s="78">
         <f>C7*D7</f>
-        <v>0</v>
+        <v>21631.71</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
-        <v>26</v>
+        <v>123</v>
       </c>
       <c r="B8" s="4">
         <v>5461</v>
       </c>
-      <c r="C8" s="78">
+      <c r="C8" s="77">
         <f>'Coordo et Déploiement softpeers'!B30</f>
         <v>5460.8924999999999</v>
       </c>
-      <c r="D8" s="104">
-        <v>4</v>
+      <c r="D8" s="102">
+        <v>0</v>
       </c>
       <c r="E8" s="4">
         <f t="shared" si="0"/>
-        <v>21844</v>
-[...1 lines deleted...]
-      <c r="F8" s="79">
+        <v>0</v>
+      </c>
+      <c r="F8" s="78">
         <f>C8*D8</f>
-        <v>21843.57</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="D10" s="80" t="s">
-        <v>99</v>
+      <c r="D10" s="79" t="s">
+        <v>94</v>
       </c>
       <c r="E10" s="14">
         <f>E8+E7+E6</f>
-        <v>23936</v>
+        <v>23724</v>
       </c>
     </row>
     <row r="11" spans="1:6" ht="52.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="D11" s="80" t="s">
-        <v>66</v>
+      <c r="D11" s="79" t="s">
+        <v>63</v>
       </c>
       <c r="E11" s="30">
         <f>F8+F7+F6</f>
-        <v>23935.6875</v>
+        <v>23723.827499999999</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="D12" s="3" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E12" s="25">
         <f>D8+D7</f>
         <v>4</v>
       </c>
     </row>
     <row r="13" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="D13" s="80" t="s">
-        <v>73</v>
+      <c r="D13" s="79" t="s">
+        <v>70</v>
       </c>
       <c r="E13" s="30">
         <f>E10/E12</f>
-        <v>5984</v>
+        <v>5931</v>
       </c>
     </row>
     <row r="14" spans="1:6" ht="48" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="D14" s="80" t="s">
-        <v>67</v>
+      <c r="D14" s="79" t="s">
+        <v>64</v>
       </c>
       <c r="E14" s="30">
         <f>E11/E12</f>
-        <v>5983.921875</v>
+        <v>5930.9568749999999</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A15" s="119" t="s">
-        <v>120</v>
+      <c r="A15" s="116" t="s">
+        <v>114</v>
       </c>
       <c r="D15" s="27"/>
       <c r="E15" s="28"/>
     </row>
     <row r="16" spans="1:6" ht="60" x14ac:dyDescent="0.25">
-      <c r="A16" s="120" t="s">
-[...2 lines deleted...]
-      <c r="B16" s="121">
+      <c r="A16" s="117" t="s">
+        <v>115</v>
+      </c>
+      <c r="B16" s="118">
         <f>5931+20</f>
         <v>5951</v>
       </c>
       <c r="C16" s="28"/>
       <c r="D16" s="28"/>
       <c r="E16" s="28"/>
     </row>
     <row r="17" spans="1:3" ht="60" x14ac:dyDescent="0.25">
-      <c r="A17" s="120" t="s">
-[...2 lines deleted...]
-      <c r="B17" s="121">
+      <c r="A17" s="117" t="s">
+        <v>95</v>
+      </c>
+      <c r="B17" s="118">
         <f>5984+20</f>
         <v>6004</v>
       </c>
       <c r="C17"/>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.25">
       <c r="C18"/>
     </row>
     <row r="19" spans="1:3" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="122" t="s">
-[...6 lines deleted...]
-        <v>124</v>
+      <c r="A19" s="119" t="s">
+        <v>119</v>
+      </c>
+      <c r="B19" s="120" t="s">
+        <v>120</v>
+      </c>
+      <c r="C19" s="120" t="s">
+        <v>118</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="B20" s="90">
+        <v>65</v>
+      </c>
+      <c r="B20" s="89">
         <f>E5</f>
-        <v>1870</v>
+        <v>7480</v>
       </c>
       <c r="C20" s="2" t="e">
         <f>F5</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="B21" s="90">
+        <v>66</v>
+      </c>
+      <c r="B21" s="89">
         <f>E10</f>
-        <v>23936</v>
+        <v>23724</v>
       </c>
       <c r="C21" s="14">
         <f>E11</f>
-        <v>23935.6875</v>
+        <v>23723.827499999999</v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="B22" s="88">
+        <v>67</v>
+      </c>
+      <c r="B22" s="87">
         <f>'Prévisionnel de déploiement'!D31</f>
         <v>0</v>
       </c>
       <c r="C22" s="69">
         <f>'Prévisionnel de déploiement'!D31</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="B23" s="88">
+        <v>113</v>
+      </c>
+      <c r="B23" s="87">
         <f>B22+B21+B20</f>
-        <v>25806</v>
+        <v>31204</v>
       </c>
       <c r="C23" s="69" t="e">
         <f>C22+C21+C20</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A24" s="74" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-      <c r="C24" s="104"/>
+        <v>40</v>
+      </c>
+      <c r="B24" s="88"/>
+      <c r="C24" s="102"/>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.25">
       <c r="B25"/>
       <c r="C25"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="2">
     <mergeCell ref="C1:D1"/>
     <mergeCell ref="C2:D2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B37A52DB-FF5F-4BFE-B360-F654537ECE35}">
   <dimension ref="A1:A6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A12" sqref="A12"/>
+      <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="82.7109375" customWidth="1"/>
     <col min="2" max="2" width="47.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
     </row>
     <row r="2" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
     </row>
     <row r="3" spans="1:1" ht="45" x14ac:dyDescent="0.25">
       <c r="A3" s="31" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
     </row>
     <row r="5" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:1" ht="45" x14ac:dyDescent="0.25">
       <c r="A6" s="31" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
     </row>
   </sheetData>
+  <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{332BBCD2-F0DC-488A-8EA7-26A3694ACC17}">
   <dimension ref="A1:B1"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection sqref="A1:XFD1048576"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="C6" sqref="C6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="47.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>45968</v>
+        <v>73</v>
+      </c>
+      <c r="B1" s="93">
+        <v>46087</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="8" baseType="lpstr">