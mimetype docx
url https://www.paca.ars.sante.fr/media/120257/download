--- v0 (2025-11-05)
+++ v1 (2026-03-15)
@@ -1,52 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5F153010" w14:textId="77777777" w:rsidR="00AF7DFF" w:rsidRDefault="00AF7DFF" w:rsidP="00AF7DFF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:i/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6F982643" wp14:editId="3B00BF5E">
             <wp:extent cx="1392174" cy="1104900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Image 1"/>
             <wp:cNvGraphicFramePr>
@@ -76,120 +77,120 @@
                       <a:off x="0" y="0"/>
                       <a:ext cx="1392599" cy="1105237"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AE1B951" w14:textId="77777777" w:rsidR="00AF7DFF" w:rsidRDefault="00AF7DFF" w:rsidP="00AF7DFF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="508F3AA8" w14:textId="351896E8" w:rsidR="001C61B6" w:rsidRPr="00846A1F" w:rsidRDefault="00846A1F" w:rsidP="00846A1F">
+    <w:p w14:paraId="508F3AA8" w14:textId="0614BCAA" w:rsidR="001C61B6" w:rsidRPr="00846A1F" w:rsidRDefault="00846A1F" w:rsidP="00846A1F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00846A1F">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Poste</w:t>
       </w:r>
       <w:r w:rsidR="00986744">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00846A1F">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Assistant Spécialiste à Temps Partagé (202</w:t>
       </w:r>
-      <w:r w:rsidR="002021F8">
+      <w:r w:rsidR="00F819A2">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00846A1F">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - 202</w:t>
       </w:r>
-      <w:r w:rsidR="002021F8">
+      <w:r w:rsidR="00F819A2">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>7</w:t>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00846A1F">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21CA1DE5" w14:textId="77777777" w:rsidR="00846A1F" w:rsidRPr="00846A1F" w:rsidRDefault="00846A1F" w:rsidP="00846A1F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
@@ -755,63 +756,69 @@
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="533C8193" w14:textId="77777777" w:rsidR="00B47D6D" w:rsidRDefault="00B47D6D" w:rsidP="00B47D6D">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5343BC4B" w14:textId="77777777" w:rsidR="00342F1C" w:rsidRDefault="00342F1C" w:rsidP="00B47D6D">
-[...11 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5343BC4B" w14:textId="2FD1B261" w:rsidR="00342F1C" w:rsidRDefault="00F819A2" w:rsidP="00B47D6D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Le rôle du futur assistant</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="689B658E" w14:textId="77777777" w:rsidR="00342F1C" w:rsidRDefault="00342F1C" w:rsidP="00B47D6D">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Existence préalable d’une coopération forma</w:t>
       </w:r>
       <w:r w:rsidR="00B47D6D">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
         </w:rPr>
@@ -1686,111 +1693,102 @@
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03BC78A0" w14:textId="77777777" w:rsidR="00C83901" w:rsidRPr="00C83901" w:rsidRDefault="00C83901" w:rsidP="00C83901">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="706C4D3E" w14:textId="77777777" w:rsidR="001D4B09" w:rsidRPr="00C83901" w:rsidRDefault="006F7C39" w:rsidP="001D4B09">
+    <w:p w14:paraId="706C4D3E" w14:textId="4BFBEFAF" w:rsidR="001D4B09" w:rsidRPr="00C83901" w:rsidRDefault="006F7C39" w:rsidP="001D4B09">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
       <w:r w:rsidR="001D4B09" w:rsidRPr="002542AB">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Perspectives de carrières proposées à l’ASTP à l’issue du contrat</w:t>
       </w:r>
       <w:r w:rsidR="001D4B09">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> au sein de l’établissement </w:t>
-[...8 lines deleted...]
-        <w:t>partenaire</w:t>
+        <w:t xml:space="preserve"> au sein de l’établissement partenaire</w:t>
+      </w:r>
+      <w:r w:rsidR="00F819A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001D4B09" w:rsidRPr="00C83901">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>:</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05DC296E" w14:textId="77777777" w:rsidR="00640ED5" w:rsidRDefault="00640ED5" w:rsidP="00640ED5">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A2E15A2" w14:textId="77777777" w:rsidR="006F7C39" w:rsidRPr="00C83901" w:rsidRDefault="006F7C39" w:rsidP="00640ED5">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
@@ -2367,51 +2365,51 @@
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="526E388E" w14:textId="77777777" w:rsidR="003806D5" w:rsidRDefault="003806D5" w:rsidP="003806D5">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="697C7C6B" w14:textId="77777777" w:rsidR="003806D5" w:rsidRDefault="003806D5" w:rsidP="003806D5">
+    <w:p w14:paraId="593C4AD7" w14:textId="3F8D41D5" w:rsidR="003806D5" w:rsidRDefault="003806D5" w:rsidP="0070072C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003806D5">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r w:rsidR="001D4B09">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>les é</w:t>
@@ -2432,491 +2430,590 @@
       <w:r w:rsidRPr="003806D5">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
         </w:rPr>
         <w:t>’accordent sur le projet médical partagé, le recrutement et le reste à charge du poste retenu et financé selon les modalités initialement exigées dans le cahier des charges</w:t>
       </w:r>
       <w:r w:rsidR="001D4B09">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> e</w:t>
       </w:r>
       <w:r w:rsidRPr="003806D5">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
         </w:rPr>
         <w:t>t attestent avoir informé le candidat pressenti des missions attendues sur le poste partagé au sein des services d’accue</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
         </w:rPr>
         <w:t>il.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67BE1718" w14:textId="77777777" w:rsidR="003806D5" w:rsidRDefault="003806D5" w:rsidP="003806D5">
-[...22 lines deleted...]
-    </w:p>
     <w:p w14:paraId="790FF272" w14:textId="77777777" w:rsidR="003806D5" w:rsidRDefault="003806D5" w:rsidP="003806D5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73D4F62C" w14:textId="77777777" w:rsidR="003806D5" w:rsidRDefault="003806D5" w:rsidP="003806D5">
+    <w:p w14:paraId="7EE69968" w14:textId="685C7F51" w:rsidR="00640ED5" w:rsidRDefault="003806D5" w:rsidP="003806D5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003806D5">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Date : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BF4F271" w14:textId="77777777" w:rsidR="003806D5" w:rsidRDefault="003806D5" w:rsidP="003806D5">
-[...287 lines deleted...]
-    <w:sectPr w:rsidR="00640ED5" w:rsidRPr="00846A1F" w:rsidSect="008772F0">
+    <w:p w14:paraId="22D21DA7" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="003806D5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="301456F2" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="003806D5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F0D831A" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="003806D5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15753936" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="003806D5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3020"/>
+        <w:gridCol w:w="3021"/>
+        <w:gridCol w:w="3021"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0070072C" w14:paraId="0CCD4730" w14:textId="77777777" w:rsidTr="0070072C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A5B05DF" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="0070072C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Etablissement porteur (Directeur)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6498C7C4" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="003806D5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0249772A" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="003806D5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16749A25" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="003806D5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="430CDB80" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="003806D5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C389825" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="003806D5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="69C3E757" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="003806D5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3EDED456" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="003806D5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E6A6548" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="003806D5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E7FE785" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="003806D5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D6C9264" w14:textId="45109E0C" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="003806D5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Et le</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43BADD4A" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="003806D5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B95687C" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="0070072C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Chef de service</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03F13BB0" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="003806D5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="154560AC" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="003806D5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="382F72EA" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="003806D5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="46F32616" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="003806D5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6895D781" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="003806D5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6654AA4C" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="003806D5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4265A60D" w14:textId="77777777" w:rsidR="00EC5008" w:rsidRDefault="00EC5008" w:rsidP="003806D5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A20949F" w14:textId="4574E025" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="003806D5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37C09DBD" w14:textId="6E297900" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="0070072C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Etablissement partenaire (Directeur)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73703B57" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="0070072C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33A17716" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="0070072C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="546251D8" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="0070072C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5AEAB6EA" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="0070072C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4880AF7F" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="0070072C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FC593DD" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="0070072C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79781AFA" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="0070072C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6276B43B" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="0070072C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6BC86865" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="0070072C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0FAFDF36" w14:textId="5D5D70C4" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="0070072C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Et le</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6912CDCB" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="0070072C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="116DC0E9" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="0070072C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Chef de service</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A8E6E28" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="0070072C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4EF2A3F4" w14:textId="77777777" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="003806D5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D889BC9" w14:textId="0DD94E10" w:rsidR="0070072C" w:rsidRDefault="0070072C" w:rsidP="003806D5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Candidat </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="73F2DDF9" w14:textId="77777777" w:rsidR="0070072C" w:rsidRPr="00846A1F" w:rsidRDefault="0070072C" w:rsidP="003806D5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="0070072C" w:rsidRPr="00846A1F" w:rsidSect="008772F0">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1276" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="203A2CD5" w14:textId="77777777" w:rsidR="00E7493C" w:rsidRDefault="00E7493C">
+    <w:p w14:paraId="5AE6C367" w14:textId="77777777" w:rsidR="00BE0C59" w:rsidRDefault="00BE0C59">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2EBD4CB2" w14:textId="77777777" w:rsidR="00E7493C" w:rsidRDefault="00E7493C">
+    <w:p w14:paraId="6292A78D" w14:textId="77777777" w:rsidR="00BE0C59" w:rsidRDefault="00BE0C59">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7D870742" w14:textId="77777777" w:rsidR="002021F8" w:rsidRDefault="002021F8" w:rsidP="009E2730">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:snapToGrid w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="402E5ED8" w14:textId="77777777" w:rsidR="002021F8" w:rsidRDefault="00AF7DFF" w:rsidP="009E2730">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C64F00">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:snapToGrid w:val="0"/>
@@ -3028,70 +3125,70 @@
     </w:r>
     <w:r w:rsidRPr="00C64F00">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="4DF965A6" w14:textId="77777777" w:rsidR="002021F8" w:rsidRPr="00C64F00" w:rsidRDefault="002021F8" w:rsidP="009E2730">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="53AA159E" w14:textId="77777777" w:rsidR="00E7493C" w:rsidRDefault="00E7493C">
+    <w:p w14:paraId="74525034" w14:textId="77777777" w:rsidR="00BE0C59" w:rsidRDefault="00BE0C59">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5236A966" w14:textId="77777777" w:rsidR="00E7493C" w:rsidRDefault="00E7493C">
+    <w:p w14:paraId="51401BBD" w14:textId="77777777" w:rsidR="00BE0C59" w:rsidRDefault="00BE0C59">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="622743C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FAC88D06"/>
     <w:lvl w:ilvl="0" w:tplc="040C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3283,134 +3380,145 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="832717380">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1688292237">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AF7DFF"/>
+    <w:rsid w:val="00007BF6"/>
+    <w:rsid w:val="00041647"/>
+    <w:rsid w:val="000962B9"/>
     <w:rsid w:val="00134DBE"/>
     <w:rsid w:val="001C61B6"/>
     <w:rsid w:val="001D4B09"/>
     <w:rsid w:val="001E3170"/>
     <w:rsid w:val="002021F8"/>
     <w:rsid w:val="002542AB"/>
     <w:rsid w:val="002E2F72"/>
     <w:rsid w:val="002F1707"/>
     <w:rsid w:val="00300353"/>
     <w:rsid w:val="00316C96"/>
     <w:rsid w:val="00342F1C"/>
     <w:rsid w:val="003806D5"/>
     <w:rsid w:val="003B235D"/>
     <w:rsid w:val="004839F2"/>
+    <w:rsid w:val="005153F1"/>
     <w:rsid w:val="00582F6D"/>
     <w:rsid w:val="00640ED5"/>
     <w:rsid w:val="006E31E3"/>
     <w:rsid w:val="006F7C39"/>
+    <w:rsid w:val="0070072C"/>
     <w:rsid w:val="007E54A7"/>
     <w:rsid w:val="00846A1F"/>
     <w:rsid w:val="00986744"/>
     <w:rsid w:val="009B66F6"/>
     <w:rsid w:val="009F6831"/>
+    <w:rsid w:val="00A3408B"/>
     <w:rsid w:val="00AF7DFF"/>
     <w:rsid w:val="00B0140A"/>
     <w:rsid w:val="00B47D6D"/>
+    <w:rsid w:val="00BE0C59"/>
     <w:rsid w:val="00C83901"/>
     <w:rsid w:val="00D7004B"/>
+    <w:rsid w:val="00E2357B"/>
     <w:rsid w:val="00E7493C"/>
     <w:rsid w:val="00EA7F2D"/>
+    <w:rsid w:val="00EC5008"/>
+    <w:rsid w:val="00F819A2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="00D1683B"/>
   <w15:docId w15:val="{E5FEE95B-6938-47E8-8A48-238757BD8FB1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3869,55 +3977,74 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="TextedebullesCar">
     <w:name w:val="Texte de bulles Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Textedebulles"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AF7DFF"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00846A1F"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="table" w:styleId="Grilledutableau">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="005153F1"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -4173,65 +4300,94 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>468</Words>
-  <Characters>2579</Characters>
+  <Words>450</Words>
+  <Characters>2481</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministères Chargés des Affaires Sociales</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3041</CharactersWithSpaces>
+  <CharactersWithSpaces>2926</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ludovique</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2026-02-18T11:05:01Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>021f6633-4ab1-437d-a87e-596c45502a68</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>